--- v0 (2025-10-18)
+++ v1 (2025-11-09)
@@ -467,89 +467,89 @@
   <si>
     <t>TCMB</t>
   </si>
   <si>
     <t>WSIB</t>
   </si>
   <si>
     <t>USA - WA</t>
   </si>
   <si>
     <t>38%</t>
   </si>
   <si>
     <t>Danantara</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>77%</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
+    <t>PIC</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>6%</t>
+  </si>
+  <si>
     <t>SWIB</t>
   </si>
   <si>
     <t>USA - WI</t>
   </si>
   <si>
     <t>16%</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>CNB</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
     <t>MPFA</t>
   </si>
   <si>
     <t>MSBI</t>
   </si>
   <si>
     <t>USA - MN</t>
   </si>
   <si>
     <t>NYS TRS</t>
   </si>
   <si>
-    <t>PIC</t>
-[...7 lines deleted...]
-  <si>
     <t>PIFSS-Wafra</t>
   </si>
   <si>
     <t>NDF</t>
   </si>
   <si>
     <t>100%</t>
   </si>
   <si>
     <t>AP7</t>
   </si>
   <si>
     <t>4%</t>
   </si>
   <si>
     <t>AIMCo</t>
   </si>
   <si>
     <t>Canada - AB</t>
   </si>
   <si>
     <t>29%</t>
   </si>
   <si>
     <t>BoC</t>
@@ -632,50 +632,56 @@
   <si>
     <t>PFA JP</t>
   </si>
   <si>
     <t>EIA</t>
   </si>
   <si>
     <t>ATP Groep</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>Amitim</t>
   </si>
   <si>
     <t>CBIraq</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>DN</t>
   </si>
   <si>
+    <t>CBL</t>
+  </si>
+  <si>
+    <t>Libya</t>
+  </si>
+  <si>
     <t>Michigan ORS</t>
   </si>
   <si>
     <t>USA - MI</t>
   </si>
   <si>
     <t>Ohio STF</t>
   </si>
   <si>
     <t>31%</t>
   </si>
   <si>
     <t>OMERS</t>
   </si>
   <si>
     <t>56%</t>
   </si>
   <si>
     <t>Oregon PERF</t>
   </si>
   <si>
     <t>USA - OR</t>
   </si>
   <si>
     <t>49%</t>
@@ -707,407 +713,401 @@
   <si>
     <t>30%</t>
   </si>
   <si>
     <t>BCRP</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>SBV</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>KLP</t>
   </si>
   <si>
     <t>LACERA</t>
   </si>
   <si>
     <t>HostPlus</t>
   </si>
   <si>
+    <t>BCPP</t>
+  </si>
+  <si>
+    <t>12%</t>
+  </si>
+  <si>
+    <t>DIF</t>
+  </si>
+  <si>
+    <t>Samruk Kazyna</t>
+  </si>
+  <si>
+    <t>Kazakhstan</t>
+  </si>
+  <si>
+    <t>62%</t>
+  </si>
+  <si>
+    <t>PNB</t>
+  </si>
+  <si>
+    <t>8%</t>
+  </si>
+  <si>
+    <t>BNR</t>
+  </si>
+  <si>
+    <t>Romania</t>
+  </si>
+  <si>
+    <t>QIC</t>
+  </si>
+  <si>
+    <t>NLGPS</t>
+  </si>
+  <si>
+    <t>SSO</t>
+  </si>
+  <si>
+    <t>Penn PSERS</t>
+  </si>
+  <si>
+    <t>USA - PA</t>
+  </si>
+  <si>
+    <t>KEVA</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>Illinois STRS</t>
+  </si>
+  <si>
+    <t>USA - IL</t>
+  </si>
+  <si>
+    <t>24%</t>
+  </si>
+  <si>
+    <t>DH</t>
+  </si>
+  <si>
+    <t>93%</t>
+  </si>
+  <si>
+    <t>DNB</t>
+  </si>
+  <si>
+    <t>TCorp</t>
+  </si>
+  <si>
+    <t>Australia - NSW</t>
+  </si>
+  <si>
+    <t>NJ DoI</t>
+  </si>
+  <si>
+    <t>USA - NJ</t>
+  </si>
+  <si>
+    <t>28%</t>
+  </si>
+  <si>
+    <t>PKA</t>
+  </si>
+  <si>
+    <t>SARB</t>
+  </si>
+  <si>
+    <t>CBUS</t>
+  </si>
+  <si>
+    <t>Kokkyoren</t>
+  </si>
+  <si>
+    <t>LIA</t>
+  </si>
+  <si>
+    <t>Maryland SRA</t>
+  </si>
+  <si>
+    <t>USA - MD</t>
+  </si>
+  <si>
+    <t>SOFAZ</t>
+  </si>
+  <si>
+    <t>Azerbaijan</t>
+  </si>
+  <si>
+    <t>SRB</t>
+  </si>
+  <si>
+    <t>NF-NIC</t>
+  </si>
+  <si>
+    <t>REST</t>
+  </si>
+  <si>
+    <t>27%</t>
+  </si>
+  <si>
+    <t>COPERA</t>
+  </si>
+  <si>
+    <t>USA - CO</t>
+  </si>
+  <si>
+    <t>BIA</t>
+  </si>
+  <si>
+    <t>Brunei</t>
+  </si>
+  <si>
+    <t>BanRep</t>
+  </si>
+  <si>
+    <t>Colombia</t>
+  </si>
+  <si>
+    <t>HESTA</t>
+  </si>
+  <si>
+    <t>RBA</t>
+  </si>
+  <si>
+    <t>New Mexico SIC</t>
+  </si>
+  <si>
+    <t>USA - NM</t>
+  </si>
+  <si>
+    <t>IMCO</t>
+  </si>
+  <si>
+    <t>44%</t>
+  </si>
+  <si>
+    <t>Bpifrance</t>
+  </si>
+  <si>
+    <t>61%</t>
+  </si>
+  <si>
+    <t>London CIV</t>
+  </si>
+  <si>
+    <t>VFMC</t>
+  </si>
+  <si>
+    <t>Australia - VIC</t>
+  </si>
+  <si>
+    <t>Texas PSF</t>
+  </si>
+  <si>
+    <t>QCB</t>
+  </si>
+  <si>
+    <t>OIA</t>
+  </si>
+  <si>
+    <t>Oman</t>
+  </si>
+  <si>
+    <t>FGS</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>ADPF</t>
+  </si>
+  <si>
+    <t>PensionDanmark</t>
+  </si>
+  <si>
+    <t>NZ Super Fund</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>CBE</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>GPSSA</t>
+  </si>
+  <si>
+    <t>PREVI</t>
+  </si>
+  <si>
+    <t>NBK</t>
+  </si>
+  <si>
+    <t>PUBLICA</t>
+  </si>
+  <si>
+    <t>CBK</t>
+  </si>
+  <si>
+    <t>BVK Zurich</t>
+  </si>
+  <si>
+    <t>EIH</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>Bcentral</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>MNB</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>BKAM</t>
+  </si>
+  <si>
+    <t>Morocco</t>
+  </si>
+  <si>
+    <t>KTCU</t>
+  </si>
+  <si>
+    <t>BNB</t>
+  </si>
+  <si>
+    <t>Bulgaria</t>
+  </si>
+  <si>
+    <t>CBU</t>
+  </si>
+  <si>
+    <t>Uzbekistan</t>
+  </si>
+  <si>
+    <t>ESSS</t>
+  </si>
+  <si>
+    <t>Texas MRS</t>
+  </si>
+  <si>
+    <t>CBN</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>GPF</t>
+  </si>
+  <si>
+    <t>CDG</t>
+  </si>
+  <si>
+    <t>NBB</t>
+  </si>
+  <si>
+    <t>Belgium</t>
+  </si>
+  <si>
+    <t>KWAP</t>
+  </si>
+  <si>
+    <t>CSC</t>
+  </si>
+  <si>
+    <t>Bportugal</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>FTF</t>
+  </si>
+  <si>
     <t>BoA</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
-    <t>BCPP</t>
-[...295 lines deleted...]
-  <si>
     <t>NBU</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Texas PUF</t>
   </si>
   <si>
     <t>59%</t>
   </si>
   <si>
     <t>AIH</t>
   </si>
   <si>
-    <t>BKAM</t>
-[...10 lines deleted...]
-  <si>
     <t>NWF UK</t>
   </si>
   <si>
     <t>OENB</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>GRSIA</t>
   </si>
   <si>
     <t>BVV</t>
   </si>
   <si>
     <t>NBSr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RBNZ</t>
   </si>
   <si>
-    <t>CDG</t>
-[...1 lines deleted...]
-  <si>
     <t>GSIS</t>
   </si>
   <si>
     <t>Khazanah</t>
   </si>
   <si>
     <t>Wyoming STO</t>
   </si>
   <si>
     <t>USA - WY</t>
   </si>
   <si>
     <t>OBAG</t>
   </si>
   <si>
     <t>Baiterek</t>
   </si>
   <si>
     <t>AMCM</t>
   </si>
   <si>
     <t>China - MSAR</t>
   </si>
   <si>
     <t>BCRA</t>
@@ -1142,50 +1142,56 @@
   <si>
     <t>79%</t>
   </si>
   <si>
     <t>VER</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>KENFO</t>
   </si>
   <si>
     <t>CBIran</t>
   </si>
   <si>
     <t>BanGuat</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
+    <t>BCEAO</t>
+  </si>
+  <si>
+    <t>West African System</t>
+  </si>
+  <si>
     <t>FRR</t>
   </si>
   <si>
     <t>NBC</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>CBJ</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>SPF</t>
   </si>
   <si>
     <t>PFR</t>
   </si>
   <si>
     <t>95%</t>
   </si>
   <si>
     <t>Bouwinvest</t>
@@ -1211,423 +1217,417 @@
   <si>
     <t>SP</t>
   </si>
   <si>
     <t>Mumtalakat</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>SK CIC</t>
   </si>
   <si>
     <t>Canada - SK</t>
   </si>
   <si>
     <t>NRB</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
     <t>UFRD</t>
   </si>
   <si>
-    <t>BCEAO</t>
-[...2 lines deleted...]
-    <t>West African System</t>
+    <t>Mutapa IF</t>
+  </si>
+  <si>
+    <t>Zimbabwe</t>
   </si>
   <si>
     <t>TtE</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
+    <t>BNA</t>
+  </si>
+  <si>
+    <t>Angola</t>
+  </si>
+  <si>
     <t>POBA</t>
   </si>
   <si>
     <t>58%</t>
   </si>
   <si>
     <t>BCRD</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
+    <t>BCCR</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>NBSl</t>
+  </si>
+  <si>
+    <t>Slovakia</t>
+  </si>
+  <si>
     <t>BEAC</t>
   </si>
   <si>
     <t>Central African System</t>
   </si>
   <si>
-    <t>BNA</t>
-[...16 lines deleted...]
-  <si>
     <t>Chile ESSF-PRF</t>
   </si>
   <si>
     <t>SIO-MPF</t>
   </si>
   <si>
     <t>GrowthFund</t>
   </si>
   <si>
     <t>CBIreland</t>
   </si>
   <si>
     <t>SFPIM</t>
   </si>
   <si>
     <t>60%</t>
   </si>
   <si>
     <t>SDH / SSH</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>75%</t>
   </si>
   <si>
     <t>ND LF</t>
   </si>
   <si>
     <t>USA - ND</t>
   </si>
   <si>
     <t>SBP</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>CDP Equity</t>
   </si>
   <si>
     <t>81%</t>
   </si>
   <si>
     <t>CBAR</t>
   </si>
   <si>
+    <t>CBKy</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
     <t>INA</t>
   </si>
   <si>
     <t>BCP</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>BCV</t>
   </si>
   <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>CADF</t>
   </si>
   <si>
-    <t>CBKy</t>
-[...2 lines deleted...]
-    <t>Kenya</t>
+    <t>BoM</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
   </si>
   <si>
     <t>BCE</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
+    <t>NBRB</t>
+  </si>
+  <si>
+    <t>Belarus</t>
+  </si>
+  <si>
     <t>BCT</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
-    <t>NBRB</t>
-[...2 lines deleted...]
-    <t>Belarus</t>
+    <t>BoG</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>SCIC</t>
+  </si>
+  <si>
+    <t>HKIC</t>
+  </si>
+  <si>
+    <t>Solidium</t>
+  </si>
+  <si>
+    <t>BCH</t>
+  </si>
+  <si>
+    <t>Honduras</t>
+  </si>
+  <si>
+    <t>BeS</t>
+  </si>
+  <si>
+    <t>Albania</t>
+  </si>
+  <si>
+    <t>SBI</t>
+  </si>
+  <si>
+    <t>Iceland</t>
+  </si>
+  <si>
+    <t>T&amp;T HSF</t>
+  </si>
+  <si>
+    <t>Trinidad &amp; Tobago</t>
+  </si>
+  <si>
+    <t>COFIDES</t>
+  </si>
+  <si>
+    <t>CBTT</t>
+  </si>
+  <si>
+    <t>LiB</t>
+  </si>
+  <si>
+    <t>Lithuania</t>
+  </si>
+  <si>
+    <t>MB</t>
+  </si>
+  <si>
+    <t>Mongolia</t>
+  </si>
+  <si>
+    <t>LaB</t>
+  </si>
+  <si>
+    <t>Latvia</t>
+  </si>
+  <si>
+    <t>BBB IP</t>
+  </si>
+  <si>
+    <t>NIIF</t>
+  </si>
+  <si>
+    <t>BCBo</t>
+  </si>
+  <si>
+    <t>Bolivia</t>
+  </si>
+  <si>
+    <t>FEIP+FMPED</t>
+  </si>
+  <si>
+    <t>CBB</t>
+  </si>
+  <si>
+    <t>KWAN / NTF</t>
+  </si>
+  <si>
+    <t>FAE+FAEP</t>
+  </si>
+  <si>
+    <t>FSDEA</t>
+  </si>
+  <si>
+    <t>DHI</t>
+  </si>
+  <si>
+    <t>Bhutan</t>
+  </si>
+  <si>
+    <t>90%</t>
   </si>
   <si>
     <t>BdM</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
-    <t>BoM</t>
-[...103 lines deleted...]
-  <si>
     <t>FEF</t>
   </si>
   <si>
     <t>NRF</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HNB</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>SAM</t>
   </si>
   <si>
     <t>UAE - Sharjah</t>
   </si>
   <si>
     <t>85%</t>
   </si>
   <si>
     <t>NSIA</t>
   </si>
   <si>
     <t>Sarawak</t>
   </si>
   <si>
     <t>MGI</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Maharlika</t>
   </si>
   <si>
+    <t>RSSB</t>
+  </si>
+  <si>
+    <t>Rwanda</t>
+  </si>
+  <si>
     <t>CIF</t>
   </si>
   <si>
     <t>FFSB</t>
   </si>
   <si>
     <t>ECCB</t>
   </si>
   <si>
     <t>East Caribbean System</t>
   </si>
   <si>
     <t>TSFE</t>
   </si>
   <si>
+    <t>Pula Fund</t>
+  </si>
+  <si>
+    <t>Botswana</t>
+  </si>
+  <si>
+    <t>Ithmar Capital</t>
+  </si>
+  <si>
+    <t>FAP</t>
+  </si>
+  <si>
+    <t>Panama</t>
+  </si>
+  <si>
+    <t>Chinggis Fund</t>
+  </si>
+  <si>
+    <t>GHF+GSF</t>
+  </si>
+  <si>
+    <t>MIC</t>
+  </si>
+  <si>
+    <t>FONSIS</t>
+  </si>
+  <si>
+    <t>Senegal</t>
+  </si>
+  <si>
+    <t>Palestine</t>
+  </si>
+  <si>
+    <t>FGR</t>
+  </si>
+  <si>
+    <t>36%</t>
+  </si>
+  <si>
+    <t>FSI</t>
+  </si>
+  <si>
+    <t>Guinea</t>
+  </si>
+  <si>
     <t>FGIS</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>Ithmar Capital</t>
-[...49 lines deleted...]
-  <si>
     <t>GIIF</t>
   </si>
   <si>
     <t>Agaciro Fund</t>
   </si>
   <si>
     <t>Nauru</t>
-  </si>
-[...4 lines deleted...]
-    <t>Zimbabwe</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1993,51 +1993,51 @@
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2">
         <v>3602.07</v>
       </c>
       <c r="F2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3">
         <v>1997</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3">
-        <v>1944.89</v>
+        <v>2048.09</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
         <v>15</v>
       </c>
       <c r="C4">
         <v>2006</v>
       </c>
       <c r="D4" t="s">
         <v>16</v>
       </c>
       <c r="E4">
         <v>1799.26</v>
       </c>
       <c r="F4" t="s">
         <v>17</v>
       </c>
     </row>
@@ -3307,180 +3307,180 @@
       </c>
       <c r="B68" t="s">
         <v>45</v>
       </c>
       <c r="C68">
         <v>2014</v>
       </c>
       <c r="D68" t="s">
         <v>16</v>
       </c>
       <c r="E68">
         <v>167.54</v>
       </c>
       <c r="F68" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
         <v>151</v>
       </c>
       <c r="B69" t="s">
         <v>152</v>
       </c>
       <c r="C69">
-        <v>1951</v>
+        <v>2015</v>
       </c>
       <c r="D69" t="s">
         <v>16</v>
       </c>
       <c r="E69">
-        <v>162.0</v>
+        <v>165.56</v>
       </c>
       <c r="F69" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>154</v>
       </c>
       <c r="B70" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="C70">
-        <v>1953</v>
+        <v>1951</v>
       </c>
       <c r="D70" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="E70">
-        <v>156.1</v>
+        <v>162.0</v>
       </c>
       <c r="F70" t="s">
-        <v>9</v>
+        <v>156</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B71" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="C71">
-        <v>1993</v>
+        <v>1953</v>
       </c>
       <c r="D71" t="s">
         <v>8</v>
       </c>
       <c r="E71">
-        <v>155.0</v>
+        <v>156.1</v>
       </c>
       <c r="F71" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B72" t="s">
-        <v>59</v>
+        <v>159</v>
       </c>
       <c r="C72">
-        <v>1995</v>
+        <v>1993</v>
       </c>
       <c r="D72" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="E72">
-        <v>150.8</v>
+        <v>155.0</v>
       </c>
       <c r="F72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B73" t="s">
-        <v>159</v>
+        <v>59</v>
       </c>
       <c r="C73">
-        <v>1981</v>
+        <v>1995</v>
       </c>
       <c r="D73" t="s">
         <v>16</v>
       </c>
       <c r="E73">
-        <v>146.0</v>
+        <v>150.8</v>
       </c>
       <c r="F73" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B74" t="s">
-        <v>91</v>
+        <v>162</v>
       </c>
       <c r="C74">
-        <v>1913</v>
+        <v>1981</v>
       </c>
       <c r="D74" t="s">
         <v>16</v>
       </c>
       <c r="E74">
-        <v>145.8</v>
+        <v>146.0</v>
       </c>
       <c r="F74" t="s">
-        <v>125</v>
+        <v>21</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B75" t="s">
-        <v>162</v>
+        <v>91</v>
       </c>
       <c r="C75">
-        <v>2015</v>
+        <v>1913</v>
       </c>
       <c r="D75" t="s">
         <v>16</v>
       </c>
       <c r="E75">
-        <v>142.46</v>
+        <v>145.8</v>
       </c>
       <c r="F75" t="s">
-        <v>163</v>
+        <v>125</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
         <v>164</v>
       </c>
       <c r="B76" t="s">
         <v>29</v>
       </c>
       <c r="C76">
         <v>1955</v>
       </c>
       <c r="D76" t="s">
         <v>16</v>
       </c>
       <c r="E76">
         <v>137.0</v>
       </c>
       <c r="F76" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
         <v>165</v>
@@ -3927,1440 +3927,1440 @@
       </c>
       <c r="B99" t="s">
         <v>201</v>
       </c>
       <c r="C99">
         <v>1818</v>
       </c>
       <c r="D99" t="s">
         <v>8</v>
       </c>
       <c r="E99">
         <v>99.0</v>
       </c>
       <c r="F99" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
         <v>206</v>
       </c>
       <c r="B100" t="s">
         <v>207</v>
       </c>
       <c r="C100">
-        <v>1942</v>
+        <v>1956</v>
       </c>
       <c r="D100" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="E100">
-        <v>97.45</v>
+        <v>98.9</v>
       </c>
       <c r="F100" t="s">
-        <v>177</v>
+        <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
         <v>208</v>
       </c>
       <c r="B101" t="s">
-        <v>182</v>
+        <v>209</v>
       </c>
       <c r="C101">
-        <v>1919</v>
+        <v>1942</v>
       </c>
       <c r="D101" t="s">
         <v>16</v>
       </c>
       <c r="E101">
-        <v>96.9</v>
+        <v>97.45</v>
       </c>
       <c r="F101" t="s">
-        <v>209</v>
+        <v>177</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
         <v>210</v>
       </c>
       <c r="B102" t="s">
-        <v>132</v>
+        <v>182</v>
       </c>
       <c r="C102">
-        <v>1962</v>
+        <v>1919</v>
       </c>
       <c r="D102" t="s">
         <v>16</v>
       </c>
       <c r="E102">
-        <v>96.31</v>
+        <v>96.9</v>
       </c>
       <c r="F102" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
         <v>212</v>
       </c>
       <c r="B103" t="s">
+        <v>132</v>
+      </c>
+      <c r="C103">
+        <v>1962</v>
+      </c>
+      <c r="D103" t="s">
+        <v>16</v>
+      </c>
+      <c r="E103">
+        <v>96.31</v>
+      </c>
+      <c r="F103" t="s">
         <v>213</v>
-      </c>
-[...10 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
+        <v>214</v>
+      </c>
+      <c r="B104" t="s">
         <v>215</v>
       </c>
-      <c r="B104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104">
-        <v>1917</v>
+        <v>1946</v>
       </c>
       <c r="D104" t="s">
         <v>16</v>
       </c>
       <c r="E104">
-        <v>94.58</v>
+        <v>95.98</v>
       </c>
       <c r="F104" t="s">
-        <v>130</v>
+        <v>216</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B105" t="s">
-        <v>109</v>
+        <v>201</v>
       </c>
       <c r="C105">
-        <v>2000</v>
+        <v>1917</v>
       </c>
       <c r="D105" t="s">
         <v>16</v>
       </c>
       <c r="E105">
-        <v>92.68</v>
+        <v>94.58</v>
       </c>
       <c r="F105" t="s">
-        <v>217</v>
+        <v>130</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
         <v>218</v>
       </c>
       <c r="B106" t="s">
-        <v>37</v>
+        <v>109</v>
       </c>
       <c r="C106">
-        <v>2017</v>
+        <v>2000</v>
       </c>
       <c r="D106" t="s">
         <v>16</v>
       </c>
       <c r="E106">
-        <v>89.81</v>
+        <v>92.68</v>
       </c>
       <c r="F106" t="s">
-        <v>35</v>
+        <v>219</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B107" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="C107">
-        <v>1816</v>
+        <v>2017</v>
       </c>
       <c r="D107" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="E107">
-        <v>89.0</v>
+        <v>89.81</v>
       </c>
       <c r="F107" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B108" t="s">
-        <v>221</v>
+        <v>11</v>
       </c>
       <c r="C108">
-        <v>1976</v>
+        <v>1816</v>
       </c>
       <c r="D108" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E108">
-        <v>86.1</v>
+        <v>89.0</v>
       </c>
       <c r="F108" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
         <v>222</v>
       </c>
       <c r="B109" t="s">
-        <v>132</v>
+        <v>223</v>
       </c>
       <c r="C109">
-        <v>1960</v>
+        <v>1976</v>
       </c>
       <c r="D109" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E109">
-        <v>85.72</v>
+        <v>86.1</v>
       </c>
       <c r="F109" t="s">
-        <v>223</v>
+        <v>62</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
         <v>224</v>
       </c>
       <c r="B110" t="s">
+        <v>132</v>
+      </c>
+      <c r="C110">
+        <v>1960</v>
+      </c>
+      <c r="D110" t="s">
+        <v>16</v>
+      </c>
+      <c r="E110">
+        <v>85.72</v>
+      </c>
+      <c r="F110" t="s">
         <v>225</v>
-      </c>
-[...10 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
         <v>226</v>
       </c>
       <c r="B111" t="s">
         <v>227</v>
       </c>
       <c r="C111">
-        <v>1951</v>
+        <v>1922</v>
       </c>
       <c r="D111" t="s">
         <v>8</v>
       </c>
       <c r="E111">
         <v>83.0</v>
       </c>
       <c r="F111" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
         <v>228</v>
       </c>
       <c r="B112" t="s">
-        <v>11</v>
+        <v>229</v>
       </c>
       <c r="C112">
-        <v>1949</v>
+        <v>1951</v>
       </c>
       <c r="D112" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="E112">
-        <v>82.81</v>
+        <v>83.0</v>
       </c>
       <c r="F112" t="s">
-        <v>153</v>
+        <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B113" t="s">
-        <v>53</v>
+        <v>11</v>
       </c>
       <c r="C113">
-        <v>1937</v>
+        <v>1949</v>
       </c>
       <c r="D113" t="s">
         <v>16</v>
       </c>
       <c r="E113">
-        <v>82.2</v>
+        <v>82.81</v>
       </c>
       <c r="F113" t="s">
-        <v>190</v>
+        <v>156</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B114" t="s">
-        <v>109</v>
+        <v>53</v>
       </c>
       <c r="C114">
-        <v>1987</v>
+        <v>1937</v>
       </c>
       <c r="D114" t="s">
         <v>16</v>
       </c>
       <c r="E114">
-        <v>81.68</v>
+        <v>82.2</v>
       </c>
       <c r="F114" t="s">
-        <v>112</v>
+        <v>190</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B115" t="s">
-        <v>232</v>
+        <v>109</v>
       </c>
       <c r="C115">
-        <v>1962</v>
+        <v>1987</v>
       </c>
       <c r="D115" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="E115">
-        <v>81.2</v>
+        <v>81.68</v>
       </c>
       <c r="F115" t="s">
-        <v>9</v>
+        <v>112</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
         <v>233</v>
       </c>
       <c r="B116" t="s">
         <v>135</v>
       </c>
       <c r="C116">
         <v>2018</v>
       </c>
       <c r="D116" t="s">
         <v>16</v>
       </c>
       <c r="E116">
         <v>80.81</v>
       </c>
       <c r="F116" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
         <v>235</v>
       </c>
       <c r="B117" t="s">
-        <v>236</v>
+        <v>69</v>
       </c>
       <c r="C117">
-        <v>1956</v>
+        <v>2024</v>
       </c>
       <c r="D117" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E117">
-        <v>80.7</v>
+        <v>79.7</v>
       </c>
       <c r="F117" t="s">
-        <v>9</v>
+        <v>213</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
+        <v>236</v>
+      </c>
+      <c r="B118" t="s">
         <v>237</v>
       </c>
-      <c r="B118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118">
-        <v>2024</v>
+        <v>2008</v>
       </c>
       <c r="D118" t="s">
         <v>12</v>
       </c>
       <c r="E118">
-        <v>79.7</v>
+        <v>78.8</v>
       </c>
       <c r="F118" t="s">
-        <v>211</v>
+        <v>238</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B119" t="s">
-        <v>239</v>
+        <v>97</v>
       </c>
       <c r="C119">
-        <v>2008</v>
+        <v>1978</v>
       </c>
       <c r="D119" t="s">
         <v>12</v>
       </c>
       <c r="E119">
-        <v>78.8</v>
+        <v>78.05</v>
       </c>
       <c r="F119" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
         <v>241</v>
       </c>
       <c r="B120" t="s">
-        <v>97</v>
+        <v>242</v>
       </c>
       <c r="C120">
-        <v>1978</v>
+        <v>1880</v>
       </c>
       <c r="D120" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E120">
-        <v>78.05</v>
+        <v>78.0</v>
       </c>
       <c r="F120" t="s">
-        <v>242</v>
+        <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
         <v>243</v>
       </c>
       <c r="B121" t="s">
-        <v>244</v>
+        <v>124</v>
       </c>
       <c r="C121">
-        <v>1880</v>
+        <v>1991</v>
       </c>
       <c r="D121" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E121">
-        <v>78.0</v>
+        <v>77.75</v>
       </c>
       <c r="F121" t="s">
-        <v>9</v>
+        <v>171</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="B122" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="C122">
-        <v>1991</v>
+        <v>2019</v>
       </c>
       <c r="D122" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E122">
-        <v>77.75</v>
+        <v>77.05</v>
       </c>
       <c r="F122" t="s">
-        <v>171</v>
+        <v>180</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="B123" t="s">
-        <v>135</v>
+        <v>103</v>
       </c>
       <c r="C123">
-        <v>2019</v>
+        <v>1990</v>
       </c>
       <c r="D123" t="s">
         <v>16</v>
       </c>
       <c r="E123">
-        <v>77.05</v>
+        <v>77.0</v>
       </c>
       <c r="F123" t="s">
-        <v>180</v>
+        <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
+        <v>246</v>
+      </c>
+      <c r="B124" t="s">
         <v>247</v>
       </c>
-      <c r="B124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C124">
-        <v>1990</v>
+        <v>1917</v>
       </c>
       <c r="D124" t="s">
         <v>16</v>
       </c>
       <c r="E124">
-        <v>77.0</v>
+        <v>75.2</v>
       </c>
       <c r="F124" t="s">
-        <v>9</v>
+        <v>190</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
         <v>248</v>
       </c>
       <c r="B125" t="s">
         <v>249</v>
       </c>
       <c r="C125">
-        <v>1917</v>
+        <v>1988</v>
       </c>
       <c r="D125" t="s">
         <v>16</v>
       </c>
       <c r="E125">
-        <v>75.2</v>
+        <v>74.4</v>
       </c>
       <c r="F125" t="s">
-        <v>190</v>
+        <v>21</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
         <v>250</v>
       </c>
       <c r="B126" t="s">
         <v>251</v>
       </c>
       <c r="C126">
-        <v>1988</v>
+        <v>1939</v>
       </c>
       <c r="D126" t="s">
         <v>16</v>
       </c>
       <c r="E126">
-        <v>74.4</v>
+        <v>73.95</v>
       </c>
       <c r="F126" t="s">
-        <v>21</v>
+        <v>252</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B127" t="s">
-        <v>253</v>
+        <v>69</v>
       </c>
       <c r="C127">
-        <v>1939</v>
+        <v>2004</v>
       </c>
       <c r="D127" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E127">
-        <v>73.95</v>
+        <v>72.16</v>
       </c>
       <c r="F127" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
         <v>255</v>
       </c>
       <c r="B128" t="s">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="C128">
-        <v>2004</v>
+        <v>1814</v>
       </c>
       <c r="D128" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E128">
-        <v>72.16</v>
+        <v>72.0</v>
       </c>
       <c r="F128" t="s">
-        <v>256</v>
+        <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
+        <v>256</v>
+      </c>
+      <c r="B129" t="s">
         <v>257</v>
       </c>
-      <c r="B129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C129">
-        <v>1814</v>
+        <v>1983</v>
       </c>
       <c r="D129" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E129">
-        <v>72.0</v>
+        <v>71.53</v>
       </c>
       <c r="F129" t="s">
-        <v>9</v>
+        <v>234</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
         <v>258</v>
       </c>
       <c r="B130" t="s">
         <v>259</v>
       </c>
       <c r="C130">
-        <v>1983</v>
+        <v>1950</v>
       </c>
       <c r="D130" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E130">
-        <v>71.53</v>
+        <v>71.49</v>
       </c>
       <c r="F130" t="s">
-        <v>234</v>
+        <v>260</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B131" t="s">
-        <v>261</v>
+        <v>201</v>
       </c>
       <c r="C131">
-        <v>1950</v>
+        <v>1954</v>
       </c>
       <c r="D131" t="s">
         <v>16</v>
       </c>
       <c r="E131">
-        <v>71.49</v>
+        <v>69.75</v>
       </c>
       <c r="F131" t="s">
-        <v>262</v>
+        <v>240</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B132" t="s">
-        <v>201</v>
+        <v>152</v>
       </c>
       <c r="C132">
-        <v>1954</v>
+        <v>1921</v>
       </c>
       <c r="D132" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="E132">
-        <v>69.75</v>
+        <v>69.74</v>
       </c>
       <c r="F132" t="s">
-        <v>242</v>
+        <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="B133" t="s">
         <v>109</v>
       </c>
       <c r="C133">
         <v>1984</v>
       </c>
       <c r="D133" t="s">
         <v>16</v>
       </c>
       <c r="E133">
         <v>68.6</v>
       </c>
       <c r="F133" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B134" t="s">
         <v>15</v>
       </c>
       <c r="C134">
         <v>2017</v>
       </c>
       <c r="D134" t="s">
         <v>16</v>
       </c>
       <c r="E134">
         <v>68.56</v>
       </c>
       <c r="F134" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="B135" t="s">
-        <v>236</v>
+        <v>207</v>
       </c>
       <c r="C135">
         <v>2006</v>
       </c>
       <c r="D135" t="s">
         <v>12</v>
       </c>
       <c r="E135">
         <v>68.35</v>
       </c>
       <c r="F135" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
+        <v>266</v>
+      </c>
+      <c r="B136" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="C136">
         <v>1941</v>
       </c>
       <c r="D136" t="s">
         <v>16</v>
       </c>
       <c r="E136">
         <v>68.25</v>
       </c>
       <c r="F136" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
+        <v>268</v>
+      </c>
+      <c r="B137" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="C137">
         <v>1999</v>
       </c>
       <c r="D137" t="s">
         <v>12</v>
       </c>
       <c r="E137">
         <v>66.52</v>
       </c>
       <c r="F137" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="B138" t="s">
         <v>139</v>
       </c>
       <c r="C138">
         <v>1668</v>
       </c>
       <c r="D138" t="s">
         <v>8</v>
       </c>
       <c r="E138">
         <v>65.0</v>
       </c>
       <c r="F138" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="B139" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C139">
         <v>2000</v>
       </c>
       <c r="D139" t="s">
         <v>12</v>
       </c>
       <c r="E139">
         <v>64.75</v>
       </c>
       <c r="F139" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="B140" t="s">
         <v>109</v>
       </c>
       <c r="C140">
         <v>1988</v>
       </c>
       <c r="D140" t="s">
         <v>16</v>
       </c>
       <c r="E140">
         <v>64.68</v>
       </c>
       <c r="F140" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
+        <v>274</v>
+      </c>
+      <c r="B141" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="C141">
         <v>1931</v>
       </c>
       <c r="D141" t="s">
         <v>16</v>
       </c>
       <c r="E141">
         <v>64.64</v>
       </c>
       <c r="F141" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
+        <v>276</v>
+      </c>
+      <c r="B142" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="C142">
         <v>1983</v>
       </c>
       <c r="D142" t="s">
         <v>12</v>
       </c>
       <c r="E142">
         <v>64.63</v>
       </c>
       <c r="F142" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
+        <v>278</v>
+      </c>
+      <c r="B143" t="s">
         <v>279</v>
       </c>
-      <c r="B143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143">
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="D143" t="s">
         <v>8</v>
       </c>
       <c r="E143">
-        <v>64.0</v>
+        <v>63.0</v>
       </c>
       <c r="F143" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
         <v>280</v>
       </c>
       <c r="B144" t="s">
-        <v>281</v>
+        <v>109</v>
       </c>
       <c r="C144">
-        <v>1923</v>
+        <v>1999</v>
       </c>
       <c r="D144" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="E144">
-        <v>63.0</v>
+        <v>62.72</v>
       </c>
       <c r="F144" t="s">
-        <v>9</v>
+        <v>225</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="B145" t="s">
         <v>109</v>
       </c>
       <c r="C145">
-        <v>1999</v>
+        <v>1959</v>
       </c>
       <c r="D145" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="E145">
-        <v>62.72</v>
+        <v>62.0</v>
       </c>
       <c r="F145" t="s">
-        <v>223</v>
+        <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
+        <v>282</v>
+      </c>
+      <c r="B146" t="s">
         <v>283</v>
       </c>
-      <c r="B146" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C146">
-        <v>1959</v>
+        <v>1958</v>
       </c>
       <c r="D146" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E146">
-        <v>62.0</v>
+        <v>60.43</v>
       </c>
       <c r="F146" t="s">
-        <v>9</v>
+        <v>171</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
         <v>284</v>
       </c>
       <c r="B147" t="s">
+        <v>132</v>
+      </c>
+      <c r="C147">
+        <v>2016</v>
+      </c>
+      <c r="D147" t="s">
+        <v>16</v>
+      </c>
+      <c r="E147">
+        <v>59.93</v>
+      </c>
+      <c r="F147" t="s">
         <v>285</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
         <v>286</v>
       </c>
       <c r="B148" t="s">
-        <v>132</v>
+        <v>93</v>
       </c>
       <c r="C148">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="D148" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E148">
-        <v>59.93</v>
+        <v>59.63</v>
       </c>
       <c r="F148" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
         <v>288</v>
       </c>
       <c r="B149" t="s">
-        <v>93</v>
+        <v>135</v>
       </c>
       <c r="C149">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="D149" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E149">
-        <v>59.63</v>
+        <v>57.85</v>
       </c>
       <c r="F149" t="s">
-        <v>289</v>
+        <v>127</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
+        <v>289</v>
+      </c>
+      <c r="B150" t="s">
         <v>290</v>
       </c>
-      <c r="B150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150">
-        <v>2015</v>
+        <v>1994</v>
       </c>
       <c r="D150" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E150">
         <v>57.85</v>
       </c>
       <c r="F150" t="s">
-        <v>127</v>
+        <v>225</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
         <v>291</v>
       </c>
       <c r="B151" t="s">
-        <v>292</v>
+        <v>141</v>
       </c>
       <c r="C151">
-        <v>1994</v>
+        <v>1854</v>
       </c>
       <c r="D151" t="s">
         <v>12</v>
       </c>
       <c r="E151">
-        <v>57.85</v>
+        <v>57.3</v>
       </c>
       <c r="F151" t="s">
-        <v>223</v>
+        <v>190</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="B152" t="s">
-        <v>141</v>
+        <v>61</v>
       </c>
       <c r="C152">
-        <v>1854</v>
+        <v>1973</v>
       </c>
       <c r="D152" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E152">
-        <v>57.3</v>
+        <v>54.84</v>
       </c>
       <c r="F152" t="s">
-        <v>190</v>
+        <v>9</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
+        <v>293</v>
+      </c>
+      <c r="B153" t="s">
         <v>294</v>
       </c>
-      <c r="B153" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C153">
-        <v>1973</v>
+        <v>1980</v>
       </c>
       <c r="D153" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E153">
-        <v>54.84</v>
+        <v>53.25</v>
       </c>
       <c r="F153" t="s">
-        <v>9</v>
+        <v>211</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
         <v>295</v>
       </c>
       <c r="B154" t="s">
         <v>296</v>
       </c>
       <c r="C154">
-        <v>1980</v>
+        <v>2008</v>
       </c>
       <c r="D154" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E154">
-        <v>53.25</v>
+        <v>51.77</v>
       </c>
       <c r="F154" t="s">
-        <v>209</v>
+        <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
         <v>297</v>
       </c>
       <c r="B155" t="s">
-        <v>298</v>
+        <v>26</v>
       </c>
       <c r="C155">
-        <v>2008</v>
+        <v>2000</v>
       </c>
       <c r="D155" t="s">
         <v>16</v>
       </c>
       <c r="E155">
-        <v>51.77</v>
+        <v>51.37</v>
       </c>
       <c r="F155" t="s">
-        <v>9</v>
+        <v>137</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="B156" t="s">
-        <v>26</v>
+        <v>201</v>
       </c>
       <c r="C156">
-        <v>2000</v>
+        <v>1993</v>
       </c>
       <c r="D156" t="s">
         <v>16</v>
       </c>
       <c r="E156">
-        <v>51.37</v>
+        <v>49.63</v>
       </c>
       <c r="F156" t="s">
-        <v>137</v>
+        <v>21</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
+        <v>299</v>
+      </c>
+      <c r="B157" t="s">
         <v>300</v>
       </c>
-      <c r="B157" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157">
-        <v>1993</v>
+        <v>2001</v>
       </c>
       <c r="D157" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E157">
-        <v>49.63</v>
+        <v>49.5</v>
       </c>
       <c r="F157" t="s">
-        <v>21</v>
+        <v>180</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
         <v>301</v>
       </c>
       <c r="B158" t="s">
         <v>302</v>
       </c>
       <c r="C158">
-        <v>2001</v>
+        <v>1961</v>
       </c>
       <c r="D158" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E158">
-        <v>49.5</v>
+        <v>48.7</v>
       </c>
       <c r="F158" t="s">
-        <v>180</v>
+        <v>9</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
         <v>303</v>
       </c>
       <c r="B159" t="s">
-        <v>304</v>
+        <v>107</v>
       </c>
       <c r="C159">
-        <v>1961</v>
+        <v>1999</v>
       </c>
       <c r="D159" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="E159">
-        <v>49.04</v>
+        <v>48.7</v>
       </c>
       <c r="F159" t="s">
-        <v>9</v>
+        <v>137</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="B160" t="s">
-        <v>107</v>
+        <v>74</v>
       </c>
       <c r="C160">
-        <v>1999</v>
+        <v>1904</v>
       </c>
       <c r="D160" t="s">
         <v>16</v>
       </c>
       <c r="E160">
-        <v>48.7</v>
+        <v>47.98</v>
       </c>
       <c r="F160" t="s">
-        <v>137</v>
+        <v>89</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="B161" t="s">
-        <v>74</v>
+        <v>237</v>
       </c>
       <c r="C161">
-        <v>1904</v>
+        <v>1993</v>
       </c>
       <c r="D161" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="E161">
-        <v>47.98</v>
+        <v>47.93</v>
       </c>
       <c r="F161" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="B162" t="s">
-        <v>239</v>
+        <v>32</v>
       </c>
       <c r="C162">
-        <v>1993</v>
+        <v>2001</v>
       </c>
       <c r="D162" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="E162">
-        <v>47.93</v>
+        <v>47.05</v>
       </c>
       <c r="F162" t="s">
-        <v>9</v>
+        <v>180</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="B163" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="C163">
-        <v>2001</v>
+        <v>1969</v>
       </c>
       <c r="D163" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="E163">
-        <v>47.05</v>
+        <v>47.03</v>
       </c>
       <c r="F163" t="s">
-        <v>180</v>
+        <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="B164" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C164">
-        <v>1969</v>
+        <v>1926</v>
       </c>
       <c r="D164" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="E164">
-        <v>47.03</v>
+        <v>46.48</v>
       </c>
       <c r="F164" t="s">
-        <v>9</v>
+        <v>180</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
+        <v>309</v>
+      </c>
+      <c r="B165" t="s">
         <v>310</v>
       </c>
-      <c r="B165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165">
-        <v>1926</v>
+        <v>2022</v>
       </c>
       <c r="D165" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E165">
-        <v>46.48</v>
+        <v>46.32</v>
       </c>
       <c r="F165" t="s">
-        <v>180</v>
+        <v>166</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
         <v>311</v>
       </c>
       <c r="B166" t="s">
         <v>312</v>
       </c>
       <c r="C166">
-        <v>2022</v>
+        <v>1925</v>
       </c>
       <c r="D166" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E166">
-        <v>46.32</v>
+        <v>46.0</v>
       </c>
       <c r="F166" t="s">
-        <v>166</v>
+        <v>9</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
         <v>313</v>
       </c>
       <c r="B167" t="s">
         <v>314</v>
       </c>
       <c r="C167">
-        <v>1925</v>
+        <v>1924</v>
       </c>
       <c r="D167" t="s">
         <v>8</v>
       </c>
       <c r="E167">
         <v>46.0</v>
       </c>
       <c r="F167" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
         <v>315</v>
       </c>
       <c r="B168" t="s">
         <v>316</v>
       </c>
       <c r="C168">
-        <v>1924</v>
+        <v>1959</v>
       </c>
       <c r="D168" t="s">
         <v>8</v>
       </c>
       <c r="E168">
-        <v>46.0</v>
+        <v>45.9</v>
       </c>
       <c r="F168" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
         <v>317</v>
       </c>
       <c r="B169" t="s">
         <v>40</v>
       </c>
       <c r="C169">
         <v>1971</v>
       </c>
       <c r="D169" t="s">
         <v>16</v>
       </c>
       <c r="E169">
         <v>45.17</v>
       </c>
       <c r="F169" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
         <v>318</v>
       </c>
       <c r="B170" t="s">
         <v>319</v>
       </c>
       <c r="C170">
         <v>1879</v>
       </c>
       <c r="D170" t="s">
         <v>8</v>
       </c>
       <c r="E170">
         <v>45.0</v>
       </c>
       <c r="F170" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
         <v>320</v>
@@ -5396,411 +5396,411 @@
       </c>
       <c r="E172">
         <v>44.28</v>
       </c>
       <c r="F172" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
         <v>323</v>
       </c>
       <c r="B173" t="s">
         <v>141</v>
       </c>
       <c r="C173">
         <v>1947</v>
       </c>
       <c r="D173" t="s">
         <v>16</v>
       </c>
       <c r="E173">
         <v>44.0</v>
       </c>
       <c r="F173" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
         <v>324</v>
       </c>
       <c r="B174" t="s">
-        <v>103</v>
+        <v>325</v>
       </c>
       <c r="C174">
-        <v>1997</v>
+        <v>1958</v>
       </c>
       <c r="D174" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="E174">
-        <v>42.13</v>
+        <v>43.4</v>
       </c>
       <c r="F174" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B175" t="s">
-        <v>326</v>
+        <v>103</v>
       </c>
       <c r="C175">
-        <v>1850</v>
+        <v>1997</v>
       </c>
       <c r="D175" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="E175">
-        <v>42.0</v>
+        <v>42.13</v>
       </c>
       <c r="F175" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
         <v>327</v>
       </c>
       <c r="B176" t="s">
-        <v>97</v>
+        <v>316</v>
       </c>
       <c r="C176">
-        <v>2007</v>
+        <v>1959</v>
       </c>
       <c r="D176" t="s">
         <v>16</v>
       </c>
       <c r="E176">
-        <v>41.59</v>
+        <v>42.0</v>
       </c>
       <c r="F176" t="s">
-        <v>98</v>
+        <v>35</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
         <v>328</v>
       </c>
       <c r="B177" t="s">
-        <v>109</v>
+        <v>329</v>
       </c>
       <c r="C177">
-        <v>1976</v>
+        <v>1850</v>
       </c>
       <c r="D177" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="E177">
-        <v>41.5</v>
+        <v>42.0</v>
       </c>
       <c r="F177" t="s">
-        <v>262</v>
+        <v>9</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B178" t="s">
-        <v>330</v>
+        <v>97</v>
       </c>
       <c r="C178">
-        <v>1846</v>
+        <v>2007</v>
       </c>
       <c r="D178" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="E178">
-        <v>41.0</v>
+        <v>41.59</v>
       </c>
       <c r="F178" t="s">
-        <v>9</v>
+        <v>98</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
         <v>331</v>
       </c>
       <c r="B179" t="s">
-        <v>11</v>
+        <v>109</v>
       </c>
       <c r="C179">
-        <v>2006</v>
+        <v>1976</v>
       </c>
       <c r="D179" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E179">
-        <v>40.22</v>
+        <v>41.5</v>
       </c>
       <c r="F179" t="s">
-        <v>9</v>
+        <v>260</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
         <v>332</v>
       </c>
       <c r="B180" t="s">
         <v>333</v>
       </c>
       <c r="C180">
-        <v>1839</v>
+        <v>1846</v>
       </c>
       <c r="D180" t="s">
         <v>8</v>
       </c>
       <c r="E180">
-        <v>39.0</v>
+        <v>41.0</v>
       </c>
       <c r="F180" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
         <v>334</v>
       </c>
       <c r="B181" t="s">
-        <v>141</v>
+        <v>11</v>
       </c>
       <c r="C181">
-        <v>1876</v>
+        <v>2006</v>
       </c>
       <c r="D181" t="s">
         <v>12</v>
       </c>
       <c r="E181">
-        <v>37.83</v>
+        <v>40.22</v>
       </c>
       <c r="F181" t="s">
-        <v>335</v>
+        <v>9</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
+        <v>335</v>
+      </c>
+      <c r="B182" t="s">
         <v>336</v>
       </c>
-      <c r="B182" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C182">
-        <v>2021</v>
+        <v>1962</v>
       </c>
       <c r="D182" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E182">
-        <v>37.27</v>
+        <v>39.6</v>
       </c>
       <c r="F182" t="s">
-        <v>166</v>
+        <v>9</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
         <v>337</v>
       </c>
       <c r="B183" t="s">
         <v>338</v>
       </c>
       <c r="C183">
-        <v>1959</v>
+        <v>1839</v>
       </c>
       <c r="D183" t="s">
         <v>8</v>
       </c>
       <c r="E183">
-        <v>37.0</v>
+        <v>39.0</v>
       </c>
       <c r="F183" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
         <v>339</v>
       </c>
       <c r="B184" t="s">
+        <v>141</v>
+      </c>
+      <c r="C184">
+        <v>1876</v>
+      </c>
+      <c r="D184" t="s">
+        <v>12</v>
+      </c>
+      <c r="E184">
+        <v>37.83</v>
+      </c>
+      <c r="F184" t="s">
         <v>340</v>
-      </c>
-[...10 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
         <v>341</v>
       </c>
       <c r="B185" t="s">
-        <v>135</v>
+        <v>269</v>
       </c>
       <c r="C185">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="D185" t="s">
         <v>12</v>
       </c>
       <c r="E185">
-        <v>36.25</v>
+        <v>37.27</v>
       </c>
       <c r="F185" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
         <v>342</v>
       </c>
       <c r="B186" t="s">
-        <v>343</v>
+        <v>135</v>
       </c>
       <c r="C186">
-        <v>1816</v>
+        <v>2024</v>
       </c>
       <c r="D186" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E186">
-        <v>36.0</v>
+        <v>36.25</v>
       </c>
       <c r="F186" t="s">
-        <v>9</v>
+        <v>166</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
+        <v>343</v>
+      </c>
+      <c r="B187" t="s">
         <v>344</v>
       </c>
-      <c r="B187" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C187">
-        <v>2002</v>
+        <v>1816</v>
       </c>
       <c r="D187" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="E187">
-        <v>35.63</v>
+        <v>36.0</v>
       </c>
       <c r="F187" t="s">
-        <v>98</v>
+        <v>9</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
         <v>345</v>
       </c>
       <c r="B188" t="s">
-        <v>83</v>
+        <v>61</v>
       </c>
       <c r="C188">
-        <v>1909</v>
+        <v>2002</v>
       </c>
       <c r="D188" t="s">
         <v>16</v>
       </c>
       <c r="E188">
-        <v>35.07</v>
+        <v>35.63</v>
       </c>
       <c r="F188" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
         <v>346</v>
       </c>
       <c r="B189" t="s">
-        <v>347</v>
+        <v>83</v>
       </c>
       <c r="C189">
-        <v>1884</v>
+        <v>1909</v>
       </c>
       <c r="D189" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="E189">
-        <v>34.0</v>
+        <v>35.07</v>
       </c>
       <c r="F189" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
+        <v>347</v>
+      </c>
+      <c r="B190" t="s">
         <v>348</v>
       </c>
-      <c r="B190" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C190">
-        <v>1934</v>
+        <v>1884</v>
       </c>
       <c r="D190" t="s">
         <v>8</v>
       </c>
       <c r="E190">
-        <v>33.0</v>
+        <v>34.0</v>
       </c>
       <c r="F190" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
         <v>349</v>
       </c>
       <c r="B191" t="s">
-        <v>338</v>
+        <v>300</v>
       </c>
       <c r="C191">
-        <v>1959</v>
+        <v>1934</v>
       </c>
       <c r="D191" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="E191">
-        <v>32.99</v>
+        <v>33.0</v>
       </c>
       <c r="F191" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
         <v>350</v>
       </c>
       <c r="B192" t="s">
         <v>194</v>
       </c>
       <c r="C192">
         <v>1936</v>
       </c>
       <c r="D192" t="s">
         <v>16</v>
       </c>
       <c r="E192">
         <v>31.89</v>
       </c>
       <c r="F192" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
         <v>351</v>
@@ -5824,111 +5824,111 @@
     <row r="194" spans="1:6">
       <c r="A194" t="s">
         <v>352</v>
       </c>
       <c r="B194" t="s">
         <v>353</v>
       </c>
       <c r="C194">
         <v>1975</v>
       </c>
       <c r="D194" t="s">
         <v>12</v>
       </c>
       <c r="E194">
         <v>31.26</v>
       </c>
       <c r="F194" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
         <v>354</v>
       </c>
       <c r="B195" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C195">
         <v>1967</v>
       </c>
       <c r="D195" t="s">
         <v>12</v>
       </c>
       <c r="E195">
         <v>31.06</v>
       </c>
       <c r="F195" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
         <v>355</v>
       </c>
       <c r="B196" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C196">
         <v>2014</v>
       </c>
       <c r="D196" t="s">
         <v>12</v>
       </c>
       <c r="E196">
         <v>30.76</v>
       </c>
       <c r="F196" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
         <v>356</v>
       </c>
       <c r="B197" t="s">
         <v>357</v>
       </c>
       <c r="C197">
         <v>1999</v>
       </c>
       <c r="D197" t="s">
         <v>8</v>
       </c>
       <c r="E197">
         <v>30.7</v>
       </c>
       <c r="F197" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
         <v>358</v>
       </c>
       <c r="B198" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="C198">
         <v>1935</v>
       </c>
       <c r="D198" t="s">
         <v>8</v>
       </c>
       <c r="E198">
         <v>29.0</v>
       </c>
       <c r="F198" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
         <v>359</v>
       </c>
       <c r="B199" t="s">
         <v>360</v>
       </c>
       <c r="C199">
         <v>2004</v>
       </c>
       <c r="D199" t="s">
@@ -5936,51 +5936,51 @@
       </c>
       <c r="E199">
         <v>28.22</v>
       </c>
       <c r="F199" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
         <v>361</v>
       </c>
       <c r="B200" t="s">
         <v>362</v>
       </c>
       <c r="C200">
         <v>2014</v>
       </c>
       <c r="D200" t="s">
         <v>12</v>
       </c>
       <c r="E200">
         <v>28.2</v>
       </c>
       <c r="F200" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
         <v>363</v>
       </c>
       <c r="B201" t="s">
         <v>49</v>
       </c>
       <c r="C201">
         <v>2011</v>
       </c>
       <c r="D201" t="s">
         <v>12</v>
       </c>
       <c r="E201">
         <v>28.14</v>
       </c>
       <c r="F201" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
         <v>364</v>
@@ -6004,51 +6004,51 @@
     <row r="203" spans="1:6">
       <c r="A203" t="s">
         <v>366</v>
       </c>
       <c r="B203" t="s">
         <v>367</v>
       </c>
       <c r="C203">
         <v>2011</v>
       </c>
       <c r="D203" t="s">
         <v>12</v>
       </c>
       <c r="E203">
         <v>26.5</v>
       </c>
       <c r="F203" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
         <v>369</v>
       </c>
       <c r="B204" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C204">
         <v>1990</v>
       </c>
       <c r="D204" t="s">
         <v>16</v>
       </c>
       <c r="E204">
         <v>26.19</v>
       </c>
       <c r="F204" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
         <v>370</v>
       </c>
       <c r="B205" t="s">
         <v>371</v>
       </c>
       <c r="C205">
         <v>1971</v>
       </c>
       <c r="D205" t="s">
@@ -6056,502 +6056,502 @@
       </c>
       <c r="E205">
         <v>26.18</v>
       </c>
       <c r="F205" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
         <v>372</v>
       </c>
       <c r="B206" t="s">
         <v>83</v>
       </c>
       <c r="C206">
         <v>2017</v>
       </c>
       <c r="D206" t="s">
         <v>12</v>
       </c>
       <c r="E206">
         <v>25.59</v>
       </c>
       <c r="F206" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
         <v>373</v>
       </c>
       <c r="B207" t="s">
         <v>367</v>
       </c>
       <c r="C207">
         <v>1960</v>
       </c>
       <c r="D207" t="s">
         <v>8</v>
       </c>
       <c r="E207">
         <v>25.5</v>
       </c>
       <c r="F207" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
         <v>374</v>
       </c>
       <c r="B208" t="s">
         <v>375</v>
       </c>
       <c r="C208">
         <v>1945</v>
       </c>
       <c r="D208" t="s">
         <v>8</v>
       </c>
       <c r="E208">
         <v>24.0</v>
       </c>
       <c r="F208" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
         <v>376</v>
       </c>
       <c r="B209" t="s">
-        <v>93</v>
+        <v>377</v>
       </c>
       <c r="C209">
-        <v>2001</v>
+        <v>1959</v>
       </c>
       <c r="D209" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E209">
-        <v>22.71</v>
+        <v>23.4</v>
       </c>
       <c r="F209" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B210" t="s">
-        <v>378</v>
+        <v>93</v>
       </c>
       <c r="C210">
-        <v>1954</v>
+        <v>2001</v>
       </c>
       <c r="D210" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E210">
-        <v>22.5</v>
+        <v>22.71</v>
       </c>
       <c r="F210" t="s">
-        <v>9</v>
+        <v>89</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
         <v>379</v>
       </c>
       <c r="B211" t="s">
         <v>380</v>
       </c>
       <c r="C211">
-        <v>1964</v>
+        <v>1954</v>
       </c>
       <c r="D211" t="s">
         <v>8</v>
       </c>
       <c r="E211">
-        <v>22.08</v>
+        <v>22.5</v>
       </c>
       <c r="F211" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
         <v>381</v>
       </c>
       <c r="B212" t="s">
-        <v>296</v>
+        <v>382</v>
       </c>
       <c r="C212">
-        <v>2023</v>
+        <v>1964</v>
       </c>
       <c r="D212" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="E212">
-        <v>22.0</v>
+        <v>22.08</v>
       </c>
       <c r="F212" t="s">
-        <v>137</v>
+        <v>9</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B213" t="s">
-        <v>120</v>
+        <v>294</v>
       </c>
       <c r="C213">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="D213" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E213">
-        <v>20.27</v>
+        <v>22.0</v>
       </c>
       <c r="F213" t="s">
-        <v>383</v>
+        <v>137</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
         <v>384</v>
       </c>
       <c r="B214" t="s">
-        <v>45</v>
+        <v>120</v>
       </c>
       <c r="C214">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="D214" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E214">
-        <v>19.98</v>
+        <v>20.27</v>
       </c>
       <c r="F214" t="s">
-        <v>166</v>
+        <v>385</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B215" t="s">
-        <v>296</v>
+        <v>45</v>
       </c>
       <c r="C215">
-        <v>1974</v>
+        <v>2002</v>
       </c>
       <c r="D215" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="E215">
-        <v>19.07</v>
+        <v>19.98</v>
       </c>
       <c r="F215" t="s">
-        <v>9</v>
+        <v>166</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B216" t="s">
-        <v>387</v>
+        <v>294</v>
       </c>
       <c r="C216">
-        <v>1967</v>
+        <v>1974</v>
       </c>
       <c r="D216" t="s">
         <v>8</v>
       </c>
       <c r="E216">
-        <v>19.0</v>
+        <v>19.07</v>
       </c>
       <c r="F216" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
         <v>388</v>
       </c>
       <c r="B217" t="s">
-        <v>132</v>
+        <v>389</v>
       </c>
       <c r="C217">
-        <v>1995</v>
+        <v>1967</v>
       </c>
       <c r="D217" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="E217">
-        <v>18.68</v>
+        <v>19.0</v>
       </c>
       <c r="F217" t="s">
-        <v>122</v>
+        <v>9</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B218" t="s">
-        <v>390</v>
+        <v>132</v>
       </c>
       <c r="C218">
-        <v>2005</v>
+        <v>1995</v>
       </c>
       <c r="D218" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E218">
-        <v>18.25</v>
+        <v>18.68</v>
       </c>
       <c r="F218" t="s">
-        <v>168</v>
+        <v>122</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
         <v>391</v>
       </c>
       <c r="B219" t="s">
-        <v>251</v>
+        <v>392</v>
       </c>
       <c r="C219">
-        <v>1811</v>
+        <v>2005</v>
       </c>
       <c r="D219" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E219">
-        <v>18.0</v>
+        <v>18.25</v>
       </c>
       <c r="F219" t="s">
-        <v>9</v>
+        <v>168</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B220" t="s">
-        <v>393</v>
+        <v>249</v>
       </c>
       <c r="C220">
-        <v>2006</v>
+        <v>1811</v>
       </c>
       <c r="D220" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E220">
-        <v>17.89</v>
+        <v>18.0</v>
       </c>
       <c r="F220" t="s">
-        <v>368</v>
+        <v>9</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
         <v>394</v>
       </c>
       <c r="B221" t="s">
         <v>395</v>
       </c>
       <c r="C221">
-        <v>1947</v>
+        <v>2006</v>
       </c>
       <c r="D221" t="s">
         <v>12</v>
       </c>
       <c r="E221">
-        <v>17.34</v>
+        <v>17.89</v>
       </c>
       <c r="F221" t="s">
-        <v>166</v>
+        <v>368</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
         <v>396</v>
       </c>
       <c r="B222" t="s">
         <v>397</v>
       </c>
       <c r="C222">
-        <v>1956</v>
+        <v>1947</v>
       </c>
       <c r="D222" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E222">
-        <v>16.84</v>
+        <v>17.34</v>
       </c>
       <c r="F222" t="s">
-        <v>9</v>
+        <v>166</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
         <v>398</v>
       </c>
       <c r="B223" t="s">
-        <v>321</v>
+        <v>399</v>
       </c>
       <c r="C223">
-        <v>2006</v>
+        <v>1956</v>
       </c>
       <c r="D223" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E223">
-        <v>16.8</v>
+        <v>16.84</v>
       </c>
       <c r="F223" t="s">
-        <v>95</v>
+        <v>9</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B224" t="s">
-        <v>400</v>
+        <v>321</v>
       </c>
       <c r="C224">
-        <v>1959</v>
+        <v>2006</v>
       </c>
       <c r="D224" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E224">
-        <v>16.0</v>
+        <v>16.8</v>
       </c>
       <c r="F224" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
         <v>401</v>
       </c>
       <c r="B225" t="s">
         <v>402</v>
       </c>
       <c r="C225">
-        <v>1927</v>
+        <v>2024</v>
       </c>
       <c r="D225" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E225">
-        <v>15.87</v>
+        <v>16.0</v>
       </c>
       <c r="F225" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
         <v>403</v>
       </c>
       <c r="B226" t="s">
-        <v>40</v>
+        <v>404</v>
       </c>
       <c r="C226">
-        <v>1975</v>
+        <v>1927</v>
       </c>
       <c r="D226" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="E226">
-        <v>15.2</v>
+        <v>15.87</v>
       </c>
       <c r="F226" t="s">
-        <v>404</v>
+        <v>9</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
         <v>405</v>
       </c>
       <c r="B227" t="s">
         <v>406</v>
       </c>
       <c r="C227">
-        <v>1947</v>
+        <v>1926</v>
       </c>
       <c r="D227" t="s">
         <v>8</v>
       </c>
       <c r="E227">
-        <v>15.0</v>
+        <v>15.66</v>
       </c>
       <c r="F227" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
         <v>407</v>
       </c>
       <c r="B228" t="s">
+        <v>40</v>
+      </c>
+      <c r="C228">
+        <v>1975</v>
+      </c>
+      <c r="D228" t="s">
+        <v>16</v>
+      </c>
+      <c r="E228">
+        <v>15.2</v>
+      </c>
+      <c r="F228" t="s">
         <v>408</v>
-      </c>
-[...10 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
         <v>409</v>
       </c>
       <c r="B229" t="s">
         <v>410</v>
       </c>
       <c r="C229">
-        <v>1926</v>
+        <v>1947</v>
       </c>
       <c r="D229" t="s">
         <v>8</v>
       </c>
       <c r="E229">
         <v>15.0</v>
       </c>
       <c r="F229" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
         <v>411</v>
       </c>
       <c r="B230" t="s">
         <v>412</v>
       </c>
       <c r="C230">
         <v>1950</v>
       </c>
       <c r="D230" t="s">
         <v>8</v>
       </c>
       <c r="E230">
@@ -6564,1443 +6564,1443 @@
     <row r="231" spans="1:6">
       <c r="A231" t="s">
         <v>413</v>
       </c>
       <c r="B231" t="s">
         <v>414</v>
       </c>
       <c r="C231">
         <v>1993</v>
       </c>
       <c r="D231" t="s">
         <v>8</v>
       </c>
       <c r="E231">
         <v>14.0</v>
       </c>
       <c r="F231" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
         <v>415</v>
       </c>
       <c r="B232" t="s">
-        <v>314</v>
+        <v>416</v>
       </c>
       <c r="C232">
-        <v>2006</v>
+        <v>1972</v>
       </c>
       <c r="D232" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E232">
-        <v>13.23</v>
+        <v>13.48</v>
       </c>
       <c r="F232" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B233" t="s">
-        <v>393</v>
+        <v>312</v>
       </c>
       <c r="C233">
-        <v>1976</v>
+        <v>2006</v>
       </c>
       <c r="D233" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E233">
-        <v>12.81</v>
+        <v>13.23</v>
       </c>
       <c r="F233" t="s">
-        <v>223</v>
+        <v>9</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B234" t="s">
-        <v>402</v>
+        <v>395</v>
       </c>
       <c r="C234">
-        <v>2016</v>
+        <v>1976</v>
       </c>
       <c r="D234" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E234">
-        <v>12.18</v>
+        <v>12.81</v>
       </c>
       <c r="F234" t="s">
-        <v>383</v>
+        <v>225</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B235" t="s">
-        <v>362</v>
+        <v>404</v>
       </c>
       <c r="C235">
-        <v>1943</v>
+        <v>2016</v>
       </c>
       <c r="D235" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E235">
-        <v>12.0</v>
+        <v>12.18</v>
       </c>
       <c r="F235" t="s">
-        <v>9</v>
+        <v>385</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B236" t="s">
-        <v>326</v>
+        <v>362</v>
       </c>
       <c r="C236">
-        <v>2006</v>
+        <v>1943</v>
       </c>
       <c r="D236" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E236">
-        <v>11.97</v>
+        <v>12.0</v>
       </c>
       <c r="F236" t="s">
-        <v>420</v>
+        <v>9</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
         <v>421</v>
       </c>
       <c r="B237" t="s">
+        <v>329</v>
+      </c>
+      <c r="C237">
+        <v>2006</v>
+      </c>
+      <c r="D237" t="s">
+        <v>12</v>
+      </c>
+      <c r="E237">
+        <v>11.97</v>
+      </c>
+      <c r="F237" t="s">
         <v>422</v>
-      </c>
-[...10 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
+        <v>423</v>
+      </c>
+      <c r="B238" t="s">
         <v>424</v>
       </c>
-      <c r="B238" t="s">
+      <c r="C238">
+        <v>1993</v>
+      </c>
+      <c r="D238" t="s">
+        <v>12</v>
+      </c>
+      <c r="E238">
+        <v>11.94</v>
+      </c>
+      <c r="F238" t="s">
         <v>425</v>
-      </c>
-[...10 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
         <v>426</v>
       </c>
       <c r="B239" t="s">
         <v>427</v>
       </c>
       <c r="C239">
-        <v>1947</v>
+        <v>2010</v>
       </c>
       <c r="D239" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E239">
-        <v>11.42</v>
+        <v>11.91</v>
       </c>
       <c r="F239" t="s">
-        <v>9</v>
+        <v>240</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
         <v>428</v>
       </c>
       <c r="B240" t="s">
-        <v>105</v>
+        <v>429</v>
       </c>
       <c r="C240">
-        <v>2011</v>
+        <v>1947</v>
       </c>
       <c r="D240" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E240">
-        <v>11.3</v>
+        <v>11.42</v>
       </c>
       <c r="F240" t="s">
-        <v>429</v>
+        <v>9</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
         <v>430</v>
       </c>
       <c r="B241" t="s">
-        <v>270</v>
+        <v>105</v>
       </c>
       <c r="C241">
-        <v>1992</v>
+        <v>2011</v>
       </c>
       <c r="D241" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E241">
-        <v>10.96</v>
+        <v>11.3</v>
       </c>
       <c r="F241" t="s">
-        <v>9</v>
+        <v>431</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B242" t="s">
-        <v>148</v>
+        <v>269</v>
       </c>
       <c r="C242">
-        <v>2020</v>
+        <v>1992</v>
       </c>
       <c r="D242" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E242">
-        <v>10.16</v>
+        <v>10.96</v>
       </c>
       <c r="F242" t="s">
-        <v>125</v>
+        <v>9</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B243" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C243">
-        <v>1952</v>
+        <v>1966</v>
       </c>
       <c r="D243" t="s">
         <v>8</v>
       </c>
       <c r="E243">
-        <v>10.0</v>
+        <v>10.72</v>
       </c>
       <c r="F243" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B244" t="s">
-        <v>435</v>
+        <v>148</v>
       </c>
       <c r="C244">
-        <v>1939</v>
+        <v>2020</v>
       </c>
       <c r="D244" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E244">
-        <v>10.0</v>
+        <v>10.16</v>
       </c>
       <c r="F244" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
         <v>436</v>
       </c>
       <c r="B245" t="s">
-        <v>7</v>
+        <v>437</v>
       </c>
       <c r="C245">
-        <v>2007</v>
+        <v>1952</v>
       </c>
       <c r="D245" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E245">
         <v>10.0</v>
       </c>
       <c r="F245" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B246" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C246">
-        <v>1966</v>
+        <v>1939</v>
       </c>
       <c r="D246" t="s">
         <v>8</v>
       </c>
       <c r="E246">
         <v>10.0</v>
       </c>
       <c r="F246" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B247" t="s">
-        <v>440</v>
+        <v>7</v>
       </c>
       <c r="C247">
-        <v>1927</v>
+        <v>2007</v>
       </c>
       <c r="D247" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E247">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="F247" t="s">
-        <v>9</v>
+        <v>62</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
         <v>441</v>
       </c>
       <c r="B248" t="s">
         <v>442</v>
       </c>
       <c r="C248">
-        <v>1958</v>
+        <v>1967</v>
       </c>
       <c r="D248" t="s">
         <v>8</v>
       </c>
       <c r="E248">
-        <v>9.0</v>
+        <v>9.57</v>
       </c>
       <c r="F248" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
         <v>443</v>
       </c>
       <c r="B249" t="s">
         <v>444</v>
       </c>
       <c r="C249">
-        <v>1990</v>
+        <v>1927</v>
       </c>
       <c r="D249" t="s">
         <v>8</v>
       </c>
       <c r="E249">
         <v>9.0</v>
       </c>
       <c r="F249" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
         <v>445</v>
       </c>
       <c r="B250" t="s">
         <v>446</v>
       </c>
       <c r="C250">
-        <v>1975</v>
+        <v>1990</v>
       </c>
       <c r="D250" t="s">
         <v>8</v>
       </c>
       <c r="E250">
-        <v>8.4</v>
+        <v>9.0</v>
       </c>
       <c r="F250" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
         <v>447</v>
       </c>
       <c r="B251" t="s">
         <v>448</v>
       </c>
       <c r="C251">
-        <v>1967</v>
+        <v>1958</v>
       </c>
       <c r="D251" t="s">
         <v>8</v>
       </c>
       <c r="E251">
-        <v>8.0</v>
+        <v>8.4</v>
       </c>
       <c r="F251" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
         <v>449</v>
       </c>
       <c r="B252" t="s">
-        <v>227</v>
+        <v>450</v>
       </c>
       <c r="C252">
-        <v>2006</v>
+        <v>1957</v>
       </c>
       <c r="D252" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E252">
         <v>8.0</v>
       </c>
       <c r="F252" t="s">
-        <v>166</v>
+        <v>9</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B253" t="s">
-        <v>59</v>
+        <v>229</v>
       </c>
       <c r="C253">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="D253" t="s">
         <v>12</v>
       </c>
       <c r="E253">
-        <v>7.95</v>
+        <v>8.0</v>
       </c>
       <c r="F253" t="s">
-        <v>9</v>
+        <v>166</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B254" t="s">
-        <v>251</v>
+        <v>59</v>
       </c>
       <c r="C254">
-        <v>1991</v>
+        <v>2023</v>
       </c>
       <c r="D254" t="s">
         <v>12</v>
       </c>
       <c r="E254">
-        <v>7.15</v>
+        <v>7.95</v>
       </c>
       <c r="F254" t="s">
-        <v>166</v>
+        <v>9</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B255" t="s">
-        <v>453</v>
+        <v>249</v>
       </c>
       <c r="C255">
-        <v>1950</v>
+        <v>1991</v>
       </c>
       <c r="D255" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E255">
-        <v>7.0</v>
+        <v>7.15</v>
       </c>
       <c r="F255" t="s">
-        <v>9</v>
+        <v>166</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
         <v>454</v>
       </c>
       <c r="B256" t="s">
         <v>455</v>
       </c>
       <c r="C256">
-        <v>1992</v>
+        <v>1950</v>
       </c>
       <c r="D256" t="s">
         <v>8</v>
       </c>
       <c r="E256">
         <v>7.0</v>
       </c>
       <c r="F256" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
         <v>456</v>
       </c>
       <c r="B257" t="s">
         <v>457</v>
       </c>
       <c r="C257">
-        <v>1961</v>
+        <v>1992</v>
       </c>
       <c r="D257" t="s">
         <v>8</v>
       </c>
       <c r="E257">
         <v>7.0</v>
       </c>
       <c r="F257" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
         <v>458</v>
       </c>
       <c r="B258" t="s">
         <v>459</v>
       </c>
       <c r="C258">
-        <v>2000</v>
+        <v>1961</v>
       </c>
       <c r="D258" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E258">
-        <v>6.09</v>
+        <v>7.0</v>
       </c>
       <c r="F258" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
         <v>460</v>
       </c>
       <c r="B259" t="s">
-        <v>192</v>
+        <v>461</v>
       </c>
       <c r="C259">
-        <v>1988</v>
+        <v>2000</v>
       </c>
       <c r="D259" t="s">
         <v>12</v>
       </c>
       <c r="E259">
-        <v>6.04</v>
+        <v>6.09</v>
       </c>
       <c r="F259" t="s">
-        <v>166</v>
+        <v>9</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B260" t="s">
-        <v>462</v>
+        <v>192</v>
       </c>
       <c r="C260">
-        <v>1957</v>
+        <v>1988</v>
       </c>
       <c r="D260" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E260">
-        <v>6.0</v>
+        <v>6.04</v>
       </c>
       <c r="F260" t="s">
-        <v>9</v>
+        <v>166</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
         <v>463</v>
       </c>
       <c r="B261" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="C261">
         <v>1964</v>
       </c>
       <c r="D261" t="s">
         <v>8</v>
       </c>
       <c r="E261">
         <v>6.0</v>
       </c>
       <c r="F261" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
         <v>464</v>
       </c>
       <c r="B262" t="s">
         <v>465</v>
       </c>
       <c r="C262">
         <v>1990</v>
       </c>
       <c r="D262" t="s">
         <v>8</v>
       </c>
       <c r="E262">
         <v>6.0</v>
       </c>
       <c r="F262" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
         <v>466</v>
       </c>
       <c r="B263" t="s">
         <v>467</v>
       </c>
       <c r="C263">
-        <v>1993</v>
+        <v>1991</v>
       </c>
       <c r="D263" t="s">
         <v>8</v>
       </c>
       <c r="E263">
-        <v>5.0</v>
+        <v>5.87</v>
       </c>
       <c r="F263" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
         <v>468</v>
       </c>
       <c r="B264" t="s">
-        <v>135</v>
+        <v>469</v>
       </c>
       <c r="C264">
-        <v>2014</v>
+        <v>1993</v>
       </c>
       <c r="D264" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E264">
-        <v>4.95</v>
+        <v>5.0</v>
       </c>
       <c r="F264" t="s">
-        <v>166</v>
+        <v>9</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B265" t="s">
-        <v>47</v>
+        <v>135</v>
       </c>
       <c r="C265">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="D265" t="s">
         <v>12</v>
       </c>
       <c r="E265">
-        <v>4.9</v>
+        <v>4.95</v>
       </c>
       <c r="F265" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B266" t="s">
-        <v>471</v>
+        <v>47</v>
       </c>
       <c r="C266">
-        <v>1991</v>
+        <v>2015</v>
       </c>
       <c r="D266" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E266">
-        <v>4.76</v>
+        <v>4.9</v>
       </c>
       <c r="F266" t="s">
-        <v>9</v>
+        <v>166</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
         <v>472</v>
       </c>
       <c r="B267" t="s">
         <v>473</v>
       </c>
       <c r="C267">
         <v>1928</v>
       </c>
       <c r="D267" t="s">
         <v>8</v>
       </c>
       <c r="E267">
         <v>4.73</v>
       </c>
       <c r="F267" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
         <v>474</v>
       </c>
       <c r="B268" t="s">
         <v>116</v>
       </c>
       <c r="C268">
         <v>2000</v>
       </c>
       <c r="D268" t="s">
         <v>12</v>
       </c>
       <c r="E268">
         <v>4.7</v>
       </c>
       <c r="F268" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
         <v>475</v>
       </c>
       <c r="B269" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C269">
         <v>2006</v>
       </c>
       <c r="D269" t="s">
         <v>8</v>
       </c>
       <c r="E269">
         <v>4.6</v>
       </c>
       <c r="F269" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
         <v>476</v>
       </c>
       <c r="B270" t="s">
         <v>97</v>
       </c>
       <c r="C270">
         <v>1988</v>
       </c>
       <c r="D270" t="s">
         <v>12</v>
       </c>
       <c r="E270">
         <v>4.5</v>
       </c>
       <c r="F270" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
         <v>477</v>
       </c>
       <c r="B271" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C271">
         <v>1995</v>
       </c>
       <c r="D271" t="s">
         <v>12</v>
       </c>
       <c r="E271">
         <v>4.3</v>
       </c>
       <c r="F271" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
         <v>478</v>
       </c>
       <c r="B272" t="s">
-        <v>479</v>
+        <v>406</v>
       </c>
       <c r="C272">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="D272" t="s">
         <v>12</v>
       </c>
       <c r="E272">
-        <v>4.06</v>
+        <v>4.19</v>
       </c>
       <c r="F272" t="s">
-        <v>480</v>
+        <v>19</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
+        <v>479</v>
+      </c>
+      <c r="B273" t="s">
+        <v>480</v>
+      </c>
+      <c r="C273">
+        <v>2007</v>
+      </c>
+      <c r="D273" t="s">
+        <v>12</v>
+      </c>
+      <c r="E273">
+        <v>4.06</v>
+      </c>
+      <c r="F273" t="s">
         <v>481</v>
-      </c>
-[...13 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
         <v>482</v>
       </c>
       <c r="B274" t="s">
-        <v>225</v>
+        <v>483</v>
       </c>
       <c r="C274">
-        <v>1999</v>
+        <v>1975</v>
       </c>
       <c r="D274" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E274">
-        <v>3.21</v>
+        <v>3.77</v>
       </c>
       <c r="F274" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B275" t="s">
-        <v>484</v>
+        <v>227</v>
       </c>
       <c r="C275">
-        <v>2019</v>
+        <v>1999</v>
       </c>
       <c r="D275" t="s">
         <v>12</v>
       </c>
       <c r="E275">
-        <v>3.19</v>
+        <v>3.21</v>
       </c>
       <c r="F275" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
         <v>485</v>
       </c>
       <c r="B276" t="s">
         <v>486</v>
       </c>
       <c r="C276">
-        <v>1990</v>
+        <v>2019</v>
       </c>
       <c r="D276" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E276">
-        <v>3.0</v>
+        <v>3.19</v>
       </c>
       <c r="F276" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
         <v>487</v>
       </c>
       <c r="B277" t="s">
         <v>488</v>
       </c>
       <c r="C277">
-        <v>2008</v>
+        <v>1990</v>
       </c>
       <c r="D277" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E277">
         <v>3.0</v>
       </c>
       <c r="F277" t="s">
-        <v>489</v>
+        <v>9</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
+        <v>489</v>
+      </c>
+      <c r="B278" t="s">
         <v>490</v>
       </c>
-      <c r="B278" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C278">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="D278" t="s">
         <v>12</v>
       </c>
       <c r="E278">
-        <v>2.86</v>
+        <v>3.0</v>
       </c>
       <c r="F278" t="s">
-        <v>420</v>
+        <v>491</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B279" t="s">
-        <v>97</v>
+        <v>325</v>
       </c>
       <c r="C279">
-        <v>2024</v>
+        <v>2011</v>
       </c>
       <c r="D279" t="s">
         <v>12</v>
       </c>
       <c r="E279">
-        <v>2.32</v>
+        <v>2.86</v>
       </c>
       <c r="F279" t="s">
-        <v>9</v>
+        <v>422</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B280" t="s">
-        <v>493</v>
+        <v>97</v>
       </c>
       <c r="C280">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="D280" t="s">
         <v>12</v>
       </c>
       <c r="E280">
-        <v>2.3</v>
+        <v>2.32</v>
       </c>
       <c r="F280" t="s">
-        <v>166</v>
+        <v>9</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
         <v>494</v>
       </c>
       <c r="B281" t="s">
-        <v>194</v>
+        <v>495</v>
       </c>
       <c r="C281">
-        <v>2023</v>
+        <v>2015</v>
       </c>
       <c r="D281" t="s">
         <v>12</v>
       </c>
       <c r="E281">
-        <v>2.26</v>
+        <v>2.3</v>
       </c>
       <c r="F281" t="s">
-        <v>9</v>
+        <v>166</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B282" t="s">
-        <v>118</v>
+        <v>194</v>
       </c>
       <c r="C282">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="D282" t="s">
         <v>12</v>
       </c>
       <c r="E282">
-        <v>2.08</v>
+        <v>2.26</v>
       </c>
       <c r="F282" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B283" t="s">
-        <v>74</v>
+        <v>498</v>
       </c>
       <c r="C283">
-        <v>2021</v>
+        <v>2010</v>
       </c>
       <c r="D283" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E283">
-        <v>2.07</v>
+        <v>2.17</v>
       </c>
       <c r="F283" t="s">
-        <v>9</v>
+        <v>180</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B284" t="s">
-        <v>498</v>
+        <v>118</v>
       </c>
       <c r="C284">
-        <v>1983</v>
+        <v>2022</v>
       </c>
       <c r="D284" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E284">
-        <v>2.0</v>
+        <v>2.08</v>
       </c>
       <c r="F284" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B285" t="s">
-        <v>304</v>
+        <v>74</v>
       </c>
       <c r="C285">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="D285" t="s">
         <v>12</v>
       </c>
       <c r="E285">
-        <v>2.0</v>
+        <v>2.07</v>
       </c>
       <c r="F285" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B286" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C286">
-        <v>2012</v>
+        <v>1983</v>
       </c>
       <c r="D286" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E286">
-        <v>1.89</v>
+        <v>2.0</v>
       </c>
       <c r="F286" t="s">
-        <v>166</v>
+        <v>9</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B287" t="s">
-        <v>338</v>
+        <v>302</v>
       </c>
       <c r="C287">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="D287" t="s">
         <v>12</v>
       </c>
       <c r="E287">
-        <v>1.84</v>
+        <v>2.0</v>
       </c>
       <c r="F287" t="s">
-        <v>87</v>
+        <v>30</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B288" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C288">
         <v>1994</v>
       </c>
       <c r="D288" t="s">
         <v>12</v>
       </c>
       <c r="E288">
-        <v>1.83</v>
+        <v>1.92</v>
       </c>
       <c r="F288" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B289" t="s">
-        <v>506</v>
+        <v>316</v>
       </c>
       <c r="C289">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="D289" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E289">
-        <v>1.7</v>
+        <v>1.84</v>
       </c>
       <c r="F289" t="s">
-        <v>180</v>
+        <v>87</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
         <v>507</v>
       </c>
       <c r="B290" t="s">
         <v>508</v>
       </c>
       <c r="C290">
         <v>2012</v>
       </c>
       <c r="D290" t="s">
         <v>12</v>
       </c>
       <c r="E290">
         <v>1.65</v>
       </c>
       <c r="F290" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
         <v>509</v>
       </c>
       <c r="B291" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="C291">
-        <v>2011</v>
+        <v>2025</v>
       </c>
       <c r="D291" t="s">
         <v>12</v>
       </c>
       <c r="E291">
-        <v>1.46</v>
+        <v>1.49</v>
       </c>
       <c r="F291" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
         <v>510</v>
       </c>
       <c r="B292" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="C292">
-        <v>2020</v>
+        <v>2011</v>
       </c>
       <c r="D292" t="s">
         <v>12</v>
       </c>
       <c r="E292">
-        <v>1.26</v>
+        <v>1.42</v>
       </c>
       <c r="F292" t="s">
-        <v>166</v>
+        <v>9</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
         <v>511</v>
       </c>
       <c r="B293" t="s">
-        <v>512</v>
+        <v>442</v>
       </c>
       <c r="C293">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="D293" t="s">
         <v>12</v>
       </c>
       <c r="E293">
-        <v>1.23</v>
+        <v>1.26</v>
       </c>
       <c r="F293" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
+        <v>512</v>
+      </c>
+      <c r="B294" t="s">
         <v>513</v>
       </c>
-      <c r="B294" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C294">
-        <v>2025</v>
+        <v>2012</v>
       </c>
       <c r="D294" t="s">
         <v>12</v>
       </c>
       <c r="E294">
-        <v>1.2</v>
+        <v>1.0</v>
       </c>
       <c r="F294" t="s">
-        <v>9</v>
+        <v>166</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
         <v>514</v>
       </c>
       <c r="B295" t="s">
         <v>514</v>
       </c>
       <c r="C295">
         <v>2003</v>
       </c>
       <c r="D295" t="s">
         <v>12</v>
       </c>
       <c r="E295">
         <v>0.96</v>
       </c>
       <c r="F295" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
         <v>515</v>
       </c>
       <c r="B296" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C296">
         <v>2006</v>
       </c>
       <c r="D296" t="s">
         <v>12</v>
       </c>
       <c r="E296">
         <v>0.92</v>
       </c>
       <c r="F296" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
         <v>517</v>
       </c>
       <c r="B297" t="s">
         <v>518</v>
       </c>
       <c r="C297">
         <v>2013</v>
       </c>
       <c r="D297" t="s">
         <v>12</v>
       </c>
       <c r="E297">
         <v>0.7</v>
       </c>
       <c r="F297" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
         <v>519</v>
       </c>
       <c r="B298" t="s">
-        <v>462</v>
+        <v>520</v>
       </c>
       <c r="C298">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="D298" t="s">
         <v>12</v>
       </c>
       <c r="E298">
-        <v>0.32</v>
+        <v>0.5</v>
       </c>
       <c r="F298" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="B299" t="s">
-        <v>506</v>
+        <v>450</v>
       </c>
       <c r="C299">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="D299" t="s">
         <v>12</v>
       </c>
       <c r="E299">
-        <v>0.25</v>
+        <v>0.35</v>
       </c>
       <c r="F299" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B300" t="s">
-        <v>521</v>
+        <v>498</v>
       </c>
       <c r="C300">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="D300" t="s">
         <v>12</v>
       </c>
       <c r="E300">
-        <v>0.16</v>
+        <v>0.3</v>
       </c>
       <c r="F300" t="s">
-        <v>234</v>
+        <v>153</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B301" t="s">
         <v>523</v>
       </c>
       <c r="C301">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="D301" t="s">
         <v>12</v>
       </c>
       <c r="E301">
-        <v>0.02</v>
+        <v>0.16</v>
       </c>
       <c r="F301" t="s">
-        <v>9</v>
+        <v>234</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">