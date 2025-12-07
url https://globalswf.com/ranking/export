--- v1 (2025-11-09)
+++ v2 (2025-12-07)
@@ -12,817 +12,880 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="524">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="543">
   <si>
     <t>Investor</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Est</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>AuM ($b)*</t>
   </si>
   <si>
     <t>Alternatives (%) **</t>
   </si>
   <si>
+    <t>Domestic (%)</t>
+  </si>
+  <si>
     <t>PBoC</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>CB</t>
   </si>
   <si>
     <t>0%</t>
   </si>
   <si>
     <t>NBIM</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>SWF</t>
   </si>
   <si>
     <t>2%</t>
   </si>
   <si>
     <t>GPIF</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>PPF</t>
   </si>
   <si>
     <t>1%</t>
   </si>
   <si>
+    <t>51%</t>
+  </si>
+  <si>
     <t>SAFE IC</t>
   </si>
   <si>
     <t>22%</t>
   </si>
   <si>
+    <t>74%</t>
+  </si>
+  <si>
     <t>CIC</t>
   </si>
   <si>
     <t>25%</t>
   </si>
   <si>
+    <t>67%</t>
+  </si>
+  <si>
     <t>ECB</t>
   </si>
   <si>
     <t>Eurosystem</t>
   </si>
   <si>
     <t>BoJ</t>
   </si>
   <si>
     <t>ADIA</t>
   </si>
   <si>
     <t>UAE - Abu Dhabi</t>
   </si>
   <si>
     <t>32%</t>
   </si>
   <si>
     <t>KIA</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>23%</t>
   </si>
   <si>
+    <t>10%</t>
+  </si>
+  <si>
     <t>SNB</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>GIC</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>33%</t>
   </si>
   <si>
     <t>PIF</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>37%</t>
   </si>
   <si>
+    <t>80%</t>
+  </si>
+  <si>
     <t>NPS</t>
   </si>
   <si>
     <t>South Korea</t>
   </si>
   <si>
     <t>15%</t>
   </si>
   <si>
+    <t>55%</t>
+  </si>
+  <si>
     <t>FRTIB</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
+    <t>100%</t>
+  </si>
+  <si>
     <t>APG</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
+    <t>5%</t>
+  </si>
+  <si>
     <t>RBI</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>CBR</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
+    <t>CalPERS</t>
+  </si>
+  <si>
+    <t>USA - CA</t>
+  </si>
+  <si>
+    <t>34%</t>
+  </si>
+  <si>
     <t>CBC</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
-    <t>CalPERS</t>
-[...2 lines deleted...]
-    <t>USA - CA</t>
+    <t>CPP</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>12%</t>
+  </si>
+  <si>
+    <t>HKMA EF</t>
+  </si>
+  <si>
+    <t>China - HKSAR</t>
+  </si>
+  <si>
+    <t>QIA</t>
+  </si>
+  <si>
+    <t>Qatar</t>
+  </si>
+  <si>
+    <t>41%</t>
+  </si>
+  <si>
+    <t>29%</t>
+  </si>
+  <si>
+    <t>SAMA</t>
+  </si>
+  <si>
+    <t>CPF</t>
+  </si>
+  <si>
+    <t>NSSF</t>
+  </si>
+  <si>
+    <t>14%</t>
+  </si>
+  <si>
+    <t>91%</t>
+  </si>
+  <si>
+    <t>BoK</t>
+  </si>
+  <si>
+    <t>ICD</t>
+  </si>
+  <si>
+    <t>UAE - Dubai</t>
+  </si>
+  <si>
+    <t>65%</t>
+  </si>
+  <si>
+    <t>49%</t>
+  </si>
+  <si>
+    <t>MAS</t>
+  </si>
+  <si>
+    <t>GOSI</t>
+  </si>
+  <si>
+    <t>85%</t>
+  </si>
+  <si>
+    <t>BCBr</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>CalSTRS</t>
+  </si>
+  <si>
+    <t>La Caisse</t>
+  </si>
+  <si>
+    <t>Canada - QC</t>
+  </si>
+  <si>
+    <t>42%</t>
+  </si>
+  <si>
+    <t>27%</t>
+  </si>
+  <si>
+    <t>TWF</t>
+  </si>
+  <si>
+    <t>Turkiye</t>
+  </si>
+  <si>
+    <t>DB</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Mubadala</t>
+  </si>
+  <si>
+    <t>Temasek</t>
+  </si>
+  <si>
+    <t>52%</t>
+  </si>
+  <si>
+    <t>EPFO</t>
+  </si>
+  <si>
+    <t>NYC Compt</t>
+  </si>
+  <si>
+    <t>USA - NY</t>
+  </si>
+  <si>
+    <t>81%</t>
+  </si>
+  <si>
+    <t>BdF</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>NYSCRF</t>
+  </si>
+  <si>
+    <t>90%</t>
+  </si>
+  <si>
+    <t>KWSP / EPF</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>11%</t>
+  </si>
+  <si>
+    <t>SBA Florida</t>
+  </si>
+  <si>
+    <t>USA - FL</t>
+  </si>
+  <si>
+    <t>75%</t>
+  </si>
+  <si>
+    <t>PGGM</t>
   </si>
   <si>
     <t>18%</t>
   </si>
   <si>
-    <t>CPP</t>
-[...137 lines deleted...]
-    <t>PGGM</t>
+    <t>24%</t>
   </si>
   <si>
     <t>BoT</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>BdI</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>CBUAE</t>
   </si>
   <si>
     <t>UAE</t>
   </si>
   <si>
     <t>AustralianSuper</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>21%</t>
   </si>
   <si>
+    <t>45%</t>
+  </si>
+  <si>
     <t>ADQ</t>
   </si>
   <si>
-    <t>45%</t>
-[...1 lines deleted...]
-  <si>
     <t>Fed</t>
   </si>
   <si>
     <t>BLF</t>
   </si>
   <si>
+    <t>48%</t>
+  </si>
+  <si>
     <t>Banxico</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>BoI</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
+    <t>AP1-6</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>26%</t>
+  </si>
+  <si>
     <t>NBP</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PSP</t>
   </si>
   <si>
     <t>53%</t>
   </si>
   <si>
+    <t>19%</t>
+  </si>
+  <si>
     <t>ART</t>
   </si>
   <si>
     <t>Australia - QLD</t>
   </si>
   <si>
-    <t>26%</t>
+    <t>50%</t>
   </si>
   <si>
     <t>KIC</t>
   </si>
   <si>
     <t>17%</t>
   </si>
   <si>
     <t>BCI</t>
   </si>
   <si>
     <t>Canada - BC</t>
   </si>
   <si>
     <t>39%</t>
   </si>
   <si>
     <t>OTPP</t>
   </si>
   <si>
     <t>Canada - ON</t>
   </si>
   <si>
     <t>69%</t>
   </si>
   <si>
+    <t>35%</t>
+  </si>
+  <si>
     <t>BoE</t>
   </si>
   <si>
     <t>UK</t>
   </si>
   <si>
     <t>Future Fund</t>
   </si>
   <si>
     <t>40%</t>
   </si>
   <si>
-    <t>AP1-6</t>
-[...2 lines deleted...]
-    <t>Sweden</t>
+    <t>20%</t>
   </si>
   <si>
     <t>Texas TRS</t>
   </si>
   <si>
     <t>USA - TX</t>
   </si>
   <si>
     <t>Chikyoren</t>
   </si>
   <si>
+    <t>58%</t>
+  </si>
+  <si>
     <t>TCMB</t>
   </si>
   <si>
     <t>WSIB</t>
   </si>
   <si>
     <t>USA - WA</t>
   </si>
   <si>
     <t>38%</t>
   </si>
   <si>
+    <t>60%</t>
+  </si>
+  <si>
     <t>Danantara</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>77%</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>PIC</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>6%</t>
   </si>
   <si>
+    <t>93%</t>
+  </si>
+  <si>
     <t>SWIB</t>
   </si>
   <si>
     <t>USA - WI</t>
   </si>
   <si>
     <t>16%</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>CNB</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
     <t>MPFA</t>
   </si>
   <si>
     <t>MSBI</t>
   </si>
   <si>
     <t>USA - MN</t>
   </si>
   <si>
+    <t>72%</t>
+  </si>
+  <si>
     <t>NYS TRS</t>
   </si>
   <si>
+    <t>78%</t>
+  </si>
+  <si>
     <t>PIFSS-Wafra</t>
   </si>
   <si>
     <t>NDF</t>
   </si>
   <si>
-    <t>100%</t>
-[...1 lines deleted...]
-  <si>
     <t>AP7</t>
   </si>
   <si>
     <t>4%</t>
   </si>
   <si>
     <t>AIMCo</t>
   </si>
   <si>
     <t>Canada - AB</t>
   </si>
   <si>
-    <t>29%</t>
+    <t>43%</t>
   </si>
   <si>
     <t>BoC</t>
   </si>
   <si>
     <t>NCRS</t>
   </si>
   <si>
     <t>USA - NC</t>
   </si>
   <si>
-    <t>19%</t>
-[...1 lines deleted...]
-  <si>
     <t>BVK</t>
   </si>
   <si>
     <t>47%</t>
   </si>
   <si>
     <t>Alecta</t>
   </si>
   <si>
     <t>Aware Super</t>
   </si>
   <si>
-    <t>20%</t>
-[...1 lines deleted...]
-  <si>
     <t>Ohio PERS</t>
   </si>
   <si>
     <t>USA - OH</t>
   </si>
   <si>
     <t>NWF RU</t>
   </si>
   <si>
+    <t>83%</t>
+  </si>
+  <si>
     <t>BNM</t>
   </si>
   <si>
     <t>Virginia RS</t>
   </si>
   <si>
     <t>USA - VA</t>
   </si>
   <si>
     <t>NPST</t>
   </si>
   <si>
     <t>MassPRIM</t>
   </si>
   <si>
     <t>USA - MA</t>
   </si>
   <si>
-    <t>35%</t>
-[...1 lines deleted...]
-  <si>
     <t>BdE</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>BSP</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Georgia TRS</t>
   </si>
   <si>
     <t>USA - GA</t>
   </si>
   <si>
     <t>3%</t>
   </si>
   <si>
     <t>PFA JP</t>
   </si>
   <si>
     <t>EIA</t>
   </si>
   <si>
     <t>ATP Groep</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
+    <t>56%</t>
+  </si>
+  <si>
     <t>Amitim</t>
   </si>
   <si>
+    <t>64%</t>
+  </si>
+  <si>
     <t>CBIraq</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>DN</t>
   </si>
   <si>
     <t>CBL</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>Michigan ORS</t>
   </si>
   <si>
     <t>USA - MI</t>
   </si>
   <si>
     <t>Ohio STF</t>
   </si>
   <si>
     <t>31%</t>
   </si>
   <si>
+    <t>79%</t>
+  </si>
+  <si>
     <t>OMERS</t>
   </si>
   <si>
-    <t>56%</t>
-[...1 lines deleted...]
-  <si>
     <t>Oregon PERF</t>
   </si>
   <si>
     <t>USA - OR</t>
   </si>
   <si>
-    <t>49%</t>
-[...1 lines deleted...]
-  <si>
     <t>PFA DK</t>
   </si>
   <si>
     <t>UniSuper</t>
   </si>
   <si>
-    <t>10%</t>
-[...1 lines deleted...]
-  <si>
     <t>Aramco PF</t>
   </si>
   <si>
     <t>NB</t>
   </si>
   <si>
     <t>Alaska PFC</t>
   </si>
   <si>
     <t>USA - AK</t>
   </si>
   <si>
+    <t>73%</t>
+  </si>
+  <si>
     <t>HOOPP</t>
   </si>
   <si>
     <t>30%</t>
   </si>
   <si>
     <t>BCRP</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>SBV</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>KLP</t>
   </si>
   <si>
     <t>LACERA</t>
   </si>
   <si>
     <t>HostPlus</t>
   </si>
   <si>
     <t>BCPP</t>
   </si>
   <si>
-    <t>12%</t>
-[...1 lines deleted...]
-  <si>
     <t>DIF</t>
   </si>
   <si>
     <t>Samruk Kazyna</t>
   </si>
   <si>
     <t>Kazakhstan</t>
   </si>
   <si>
     <t>62%</t>
   </si>
   <si>
     <t>PNB</t>
   </si>
   <si>
     <t>8%</t>
   </si>
   <si>
+    <t>84%</t>
+  </si>
+  <si>
     <t>BNR</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>QIC</t>
   </si>
   <si>
     <t>NLGPS</t>
   </si>
   <si>
     <t>SSO</t>
   </si>
   <si>
     <t>Penn PSERS</t>
   </si>
   <si>
     <t>USA - PA</t>
   </si>
   <si>
     <t>KEVA</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>Illinois STRS</t>
   </si>
   <si>
     <t>USA - IL</t>
   </si>
   <si>
-    <t>24%</t>
-[...1 lines deleted...]
-  <si>
     <t>DH</t>
   </si>
   <si>
-    <t>93%</t>
-[...1 lines deleted...]
-  <si>
     <t>DNB</t>
   </si>
   <si>
     <t>TCorp</t>
   </si>
   <si>
     <t>Australia - NSW</t>
   </si>
   <si>
     <t>NJ DoI</t>
   </si>
   <si>
     <t>USA - NJ</t>
   </si>
   <si>
     <t>28%</t>
   </si>
   <si>
     <t>PKA</t>
   </si>
   <si>
     <t>SARB</t>
   </si>
   <si>
     <t>CBUS</t>
@@ -833,53 +896,50 @@
   <si>
     <t>LIA</t>
   </si>
   <si>
     <t>Maryland SRA</t>
   </si>
   <si>
     <t>USA - MD</t>
   </si>
   <si>
     <t>SOFAZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
     <t>SRB</t>
   </si>
   <si>
     <t>NF-NIC</t>
   </si>
   <si>
     <t>REST</t>
   </si>
   <si>
-    <t>27%</t>
-[...1 lines deleted...]
-  <si>
     <t>COPERA</t>
   </si>
   <si>
     <t>USA - CO</t>
   </si>
   <si>
     <t>BIA</t>
   </si>
   <si>
     <t>Brunei</t>
   </si>
   <si>
     <t>BanRep</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>HESTA</t>
   </si>
   <si>
     <t>RBA</t>
   </si>
   <si>
     <t>New Mexico SIC</t>
@@ -887,92 +947,101 @@
   <si>
     <t>USA - NM</t>
   </si>
   <si>
     <t>IMCO</t>
   </si>
   <si>
     <t>44%</t>
   </si>
   <si>
     <t>Bpifrance</t>
   </si>
   <si>
     <t>61%</t>
   </si>
   <si>
     <t>London CIV</t>
   </si>
   <si>
     <t>VFMC</t>
   </si>
   <si>
     <t>Australia - VIC</t>
   </si>
   <si>
+    <t>54%</t>
+  </si>
+  <si>
     <t>Texas PSF</t>
   </si>
   <si>
     <t>QCB</t>
   </si>
   <si>
     <t>OIA</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
     <t>FGS</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>ADPF</t>
   </si>
   <si>
     <t>PensionDanmark</t>
   </si>
   <si>
     <t>NZ Super Fund</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
+    <t>13%</t>
+  </si>
+  <si>
     <t>CBE</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>GPSSA</t>
   </si>
   <si>
     <t>PREVI</t>
   </si>
   <si>
+    <t>99%</t>
+  </si>
+  <si>
     <t>NBK</t>
   </si>
   <si>
     <t>PUBLICA</t>
   </si>
   <si>
     <t>CBK</t>
   </si>
   <si>
     <t>BVK Zurich</t>
   </si>
   <si>
     <t>EIH</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Bcentral</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>MNB</t>
@@ -983,50 +1052,53 @@
   <si>
     <t>BKAM</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>KTCU</t>
   </si>
   <si>
     <t>BNB</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>CBU</t>
   </si>
   <si>
     <t>Uzbekistan</t>
   </si>
   <si>
     <t>ESSS</t>
   </si>
   <si>
+    <t>70%</t>
+  </si>
+  <si>
     <t>Texas MRS</t>
   </si>
   <si>
     <t>CBN</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>GPF</t>
   </si>
   <si>
     <t>CDG</t>
   </si>
   <si>
     <t>NBB</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>KWAP</t>
   </si>
   <si>
     <t>CSC</t>
@@ -1070,101 +1142,104 @@
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>GRSIA</t>
   </si>
   <si>
     <t>BVV</t>
   </si>
   <si>
     <t>NBSr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RBNZ</t>
   </si>
   <si>
     <t>GSIS</t>
   </si>
   <si>
     <t>Khazanah</t>
   </si>
   <si>
+    <t>66%</t>
+  </si>
+  <si>
     <t>Wyoming STO</t>
   </si>
   <si>
     <t>USA - WY</t>
   </si>
   <si>
     <t>OBAG</t>
   </si>
   <si>
     <t>Baiterek</t>
   </si>
   <si>
     <t>AMCM</t>
   </si>
   <si>
     <t>China - MSAR</t>
   </si>
   <si>
     <t>BCRA</t>
   </si>
   <si>
     <t>FDC</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>ISIF</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>RDIF</t>
   </si>
   <si>
+    <t>96%</t>
+  </si>
+  <si>
     <t>BdL</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>NDFI</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
-    <t>79%</t>
-[...1 lines deleted...]
-  <si>
     <t>VER</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>KENFO</t>
   </si>
   <si>
     <t>CBIran</t>
   </si>
   <si>
     <t>BanGuat</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>BCEAO</t>
   </si>
   <si>
     <t>West African System</t>
@@ -1238,122 +1313,110 @@
   <si>
     <t>UFRD</t>
   </si>
   <si>
     <t>Mutapa IF</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TtE</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
     <t>BNA</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>POBA</t>
   </si>
   <si>
-    <t>58%</t>
-[...1 lines deleted...]
-  <si>
     <t>BCRD</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>BCCR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
+    <t>Chile ESSF-PRF</t>
+  </si>
+  <si>
     <t>NBSl</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>BEAC</t>
   </si>
   <si>
     <t>Central African System</t>
   </si>
   <si>
-    <t>Chile ESSF-PRF</t>
-[...1 lines deleted...]
-  <si>
     <t>SIO-MPF</t>
   </si>
   <si>
     <t>GrowthFund</t>
   </si>
   <si>
     <t>CBIreland</t>
   </si>
   <si>
     <t>SFPIM</t>
   </si>
   <si>
-    <t>60%</t>
-[...1 lines deleted...]
-  <si>
     <t>SDH / SSH</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
-    <t>75%</t>
-[...1 lines deleted...]
-  <si>
     <t>ND LF</t>
   </si>
   <si>
     <t>USA - ND</t>
   </si>
   <si>
     <t>SBP</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>CDP Equity</t>
   </si>
   <si>
-    <t>81%</t>
-[...1 lines deleted...]
-  <si>
     <t>CBAR</t>
   </si>
   <si>
     <t>CBKy</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>INA</t>
   </si>
   <si>
     <t>BCP</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>BCV</t>
   </si>
   <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>CADF</t>
@@ -1457,81 +1520,75 @@
   <si>
     <t>Bolivia</t>
   </si>
   <si>
     <t>FEIP+FMPED</t>
   </si>
   <si>
     <t>CBB</t>
   </si>
   <si>
     <t>KWAN / NTF</t>
   </si>
   <si>
     <t>FAE+FAEP</t>
   </si>
   <si>
     <t>FSDEA</t>
   </si>
   <si>
     <t>DHI</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
-    <t>90%</t>
-[...1 lines deleted...]
-  <si>
     <t>BdM</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>FEF</t>
   </si>
   <si>
     <t>NRF</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HNB</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>SAM</t>
   </si>
   <si>
     <t>UAE - Sharjah</t>
-  </si>
-[...1 lines deleted...]
-    <t>85%</t>
   </si>
   <si>
     <t>NSIA</t>
   </si>
   <si>
     <t>Sarawak</t>
   </si>
   <si>
     <t>MGI</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Maharlika</t>
   </si>
   <si>
     <t>RSSB</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>CIF</t>
   </si>
@@ -1931,6076 +1988,6979 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F301"/>
+  <dimension ref="A1:G301"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:6">
+    <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
-    </row>
-    <row r="2" spans="1:6">
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B2" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C2">
         <v>1948</v>
       </c>
       <c r="D2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E2">
         <v>3602.07</v>
       </c>
       <c r="F2" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C3">
         <v>1997</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E3">
         <v>2048.09</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:6">
+        <v>14</v>
+      </c>
+      <c r="G3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C4">
         <v>2006</v>
       </c>
       <c r="D4" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E4">
         <v>1799.26</v>
       </c>
       <c r="F4" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:6">
+        <v>18</v>
+      </c>
+      <c r="G4" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C5">
         <v>1997</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E5">
         <v>1581.82</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:6">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C6">
         <v>2007</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E6">
         <v>1332.07</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:6">
+        <v>24</v>
+      </c>
+      <c r="G6" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B7" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="C7">
         <v>1998</v>
       </c>
       <c r="D7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E7">
         <v>1319.0</v>
       </c>
       <c r="F7" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B8" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C8">
         <v>1882</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E8">
         <v>1230.72</v>
       </c>
       <c r="F8" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C9">
         <v>1967</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E9">
         <v>1109.83</v>
       </c>
       <c r="F9" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:6">
+        <v>31</v>
+      </c>
+      <c r="G9" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C10">
         <v>1953</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E10">
         <v>1002.03</v>
       </c>
       <c r="F10" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:6">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B11" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="C11">
         <v>1907</v>
       </c>
       <c r="D11" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E11">
         <v>950.0</v>
       </c>
       <c r="F11" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B12" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C12">
         <v>1981</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E12">
         <v>935.98</v>
       </c>
       <c r="F12" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:6">
+        <v>40</v>
+      </c>
+      <c r="G12" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="B13" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C13">
         <v>1971</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E13">
         <v>930.0</v>
       </c>
       <c r="F13" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:6">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="B14" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="C14">
         <v>1988</v>
       </c>
       <c r="D14" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E14">
         <v>902.87</v>
       </c>
       <c r="F14" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:6">
+        <v>47</v>
+      </c>
+      <c r="G14" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="B15" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="C15">
         <v>1986</v>
       </c>
       <c r="D15" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E15">
         <v>856.92</v>
       </c>
       <c r="F15" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G15" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="C16">
         <v>1922</v>
       </c>
       <c r="D16" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E16">
         <v>641.01</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:6">
+        <v>24</v>
+      </c>
+      <c r="G16" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="C17">
         <v>1935</v>
       </c>
       <c r="D17" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E17">
         <v>638.7</v>
       </c>
       <c r="F17" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G17" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="B18" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="C18">
         <v>1990</v>
       </c>
       <c r="D18" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E18">
         <v>632.7</v>
       </c>
       <c r="F18" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G18" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="B19" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="C19">
+        <v>1932</v>
+      </c>
+      <c r="D19" t="s">
+        <v>17</v>
+      </c>
+      <c r="E19">
+        <v>585.0</v>
+      </c>
+      <c r="F19" t="s">
+        <v>61</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7">
+      <c r="A20" t="s">
+        <v>62</v>
+      </c>
+      <c r="B20" t="s">
+        <v>63</v>
+      </c>
+      <c r="C20">
         <v>1924</v>
       </c>
-      <c r="D19" t="s">
-[...2 lines deleted...]
-      <c r="E19">
+      <c r="D20" t="s">
+        <v>9</v>
+      </c>
+      <c r="E20">
         <v>577.58</v>
       </c>
-      <c r="F19" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="F20" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G20" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="B21" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="C21">
         <v>1997</v>
       </c>
       <c r="D21" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E21">
-        <v>534.78</v>
+        <v>558.71</v>
       </c>
       <c r="F21" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:6">
+        <v>48</v>
+      </c>
+      <c r="G21" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="B22" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="C22">
         <v>1993</v>
       </c>
       <c r="D22" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E22">
         <v>525.81</v>
       </c>
       <c r="F22" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G22" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="B23" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="C23">
         <v>2005</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E23">
         <v>523.64</v>
       </c>
       <c r="F23" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:6">
+        <v>71</v>
+      </c>
+      <c r="G23" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="B24" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C24">
         <v>1952</v>
       </c>
       <c r="D24" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E24">
         <v>457.37</v>
       </c>
       <c r="F24" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G24" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="B25" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C25">
         <v>1955</v>
       </c>
       <c r="D25" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E25">
         <v>456.0</v>
       </c>
       <c r="F25" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G25" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="B26" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C26">
         <v>2000</v>
       </c>
       <c r="D26" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E26">
         <v>424.15</v>
       </c>
       <c r="F26" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:6">
+        <v>76</v>
+      </c>
+      <c r="G26" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="B27" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="C27">
         <v>1950</v>
       </c>
       <c r="D27" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E27">
         <v>415.6</v>
       </c>
       <c r="F27" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G27" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>68</v>
+        <v>79</v>
       </c>
       <c r="B28" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="C28">
         <v>2006</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E28">
         <v>399.78</v>
       </c>
       <c r="F28" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:6">
+        <v>81</v>
+      </c>
+      <c r="G28" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="B29" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C29">
         <v>1971</v>
       </c>
       <c r="D29" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E29">
         <v>379.32</v>
       </c>
       <c r="F29" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G29" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>72</v>
+        <v>84</v>
       </c>
       <c r="B30" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C30">
         <v>1958</v>
       </c>
       <c r="D30" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E30">
         <v>373.66</v>
       </c>
       <c r="F30" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:6">
+        <v>40</v>
+      </c>
+      <c r="G30" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="B31" t="s">
-        <v>74</v>
+        <v>87</v>
       </c>
       <c r="C31">
         <v>1964</v>
       </c>
       <c r="D31" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E31">
         <v>372.0</v>
       </c>
       <c r="F31" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G31" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>75</v>
+        <v>88</v>
       </c>
       <c r="B32" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C32">
         <v>1913</v>
       </c>
       <c r="D32" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E32">
         <v>369.6</v>
       </c>
       <c r="F32" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:6">
+        <v>40</v>
+      </c>
+      <c r="G32" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>76</v>
+        <v>89</v>
       </c>
       <c r="B33" t="s">
-        <v>77</v>
+        <v>90</v>
       </c>
       <c r="C33">
         <v>1965</v>
       </c>
       <c r="D33" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E33">
         <v>362.53</v>
       </c>
       <c r="F33" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:6">
+        <v>91</v>
+      </c>
+      <c r="G33" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="B34" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="C34">
         <v>2017</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E34">
         <v>360.11</v>
       </c>
       <c r="F34" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:6">
+        <v>44</v>
+      </c>
+      <c r="G34" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>82</v>
+        <v>95</v>
       </c>
       <c r="B35" t="s">
-        <v>83</v>
+        <v>96</v>
       </c>
       <c r="C35">
         <v>1957</v>
       </c>
       <c r="D35" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E35">
         <v>345.0</v>
       </c>
       <c r="F35" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G35" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="B36" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C36">
         <v>1984</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E36">
         <v>329.66</v>
       </c>
       <c r="F36" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:6">
+        <v>25</v>
+      </c>
+      <c r="G36" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="B37" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C37">
         <v>1974</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E37">
         <v>324.0</v>
       </c>
       <c r="F37" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:6">
+        <v>99</v>
+      </c>
+      <c r="G37" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="B38" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="C38">
         <v>1952</v>
       </c>
       <c r="D38" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E38">
         <v>296.79</v>
       </c>
       <c r="F38" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:6">
+        <v>54</v>
+      </c>
+      <c r="G38" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="B39" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="C39">
         <v>1920</v>
       </c>
       <c r="D39" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E39">
         <v>294.61</v>
       </c>
       <c r="F39" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:6">
+        <v>34</v>
+      </c>
+      <c r="G39" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>92</v>
+        <v>104</v>
       </c>
       <c r="B40" t="s">
-        <v>93</v>
+        <v>105</v>
       </c>
       <c r="C40">
         <v>1800</v>
       </c>
       <c r="D40" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E40">
         <v>288.0</v>
       </c>
       <c r="F40" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G40" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>94</v>
+        <v>106</v>
       </c>
       <c r="B41" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="C41">
         <v>1983</v>
       </c>
       <c r="D41" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E41">
         <v>283.9</v>
       </c>
       <c r="F41" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:6">
+        <v>61</v>
+      </c>
+      <c r="G41" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
       <c r="B42" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="C42">
         <v>1951</v>
       </c>
       <c r="D42" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E42">
         <v>280.13</v>
       </c>
       <c r="F42" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:6">
+        <v>110</v>
+      </c>
+      <c r="G42" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>99</v>
+        <v>111</v>
       </c>
       <c r="B43" t="s">
-        <v>100</v>
+        <v>112</v>
       </c>
       <c r="C43">
         <v>1943</v>
       </c>
       <c r="D43" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E43">
         <v>274.8</v>
       </c>
       <c r="F43" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:6">
+        <v>24</v>
+      </c>
+      <c r="G43" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>101</v>
+        <v>114</v>
       </c>
       <c r="B44" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="C44">
         <v>1969</v>
       </c>
       <c r="D44" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E44">
         <v>269.52</v>
       </c>
       <c r="F44" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:6">
+        <v>115</v>
+      </c>
+      <c r="G44" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>102</v>
+        <v>117</v>
       </c>
       <c r="B45" t="s">
-        <v>103</v>
+        <v>118</v>
       </c>
       <c r="C45">
         <v>1942</v>
       </c>
       <c r="D45" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E45">
         <v>267.93</v>
       </c>
       <c r="F45" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G45" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>104</v>
+        <v>119</v>
       </c>
       <c r="B46" t="s">
-        <v>105</v>
+        <v>120</v>
       </c>
       <c r="C46">
         <v>1893</v>
       </c>
       <c r="D46" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E46">
         <v>264.0</v>
       </c>
       <c r="F46" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G46" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>106</v>
+        <v>121</v>
       </c>
       <c r="B47" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="C47">
         <v>1980</v>
       </c>
       <c r="D47" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E47">
         <v>259.22</v>
       </c>
       <c r="F47" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G47" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="B48" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="C48">
         <v>2006</v>
       </c>
       <c r="D48" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E48">
         <v>251.52</v>
       </c>
       <c r="F48" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:6">
+        <v>125</v>
+      </c>
+      <c r="G48" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>111</v>
+        <v>127</v>
       </c>
       <c r="B49" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C49">
         <v>2018</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E49">
         <v>251.0</v>
       </c>
       <c r="F49" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:6">
+        <v>126</v>
+      </c>
+      <c r="G49" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>113</v>
+        <v>128</v>
       </c>
       <c r="B50" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="C50">
         <v>1913</v>
       </c>
       <c r="D50" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E50">
         <v>251.0</v>
       </c>
       <c r="F50" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G50" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>114</v>
+        <v>129</v>
       </c>
       <c r="B51" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="C51">
         <v>2014</v>
       </c>
       <c r="D51" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E51">
         <v>237.89</v>
       </c>
       <c r="F51" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:6">
+        <v>110</v>
+      </c>
+      <c r="G51" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>115</v>
+        <v>131</v>
       </c>
       <c r="B52" t="s">
-        <v>116</v>
+        <v>132</v>
       </c>
       <c r="C52">
         <v>1925</v>
       </c>
       <c r="D52" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E52">
         <v>231.0</v>
       </c>
       <c r="F52" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G52" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>117</v>
+        <v>133</v>
       </c>
       <c r="B53" t="s">
-        <v>118</v>
+        <v>134</v>
       </c>
       <c r="C53">
         <v>1954</v>
       </c>
       <c r="D53" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E53">
         <v>226.77</v>
       </c>
       <c r="F53" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G53" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>119</v>
+        <v>135</v>
       </c>
       <c r="B54" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="C54">
+        <v>1974</v>
+      </c>
+      <c r="D54" t="s">
+        <v>17</v>
+      </c>
+      <c r="E54">
+        <v>226.32</v>
+      </c>
+      <c r="F54" t="s">
+        <v>137</v>
+      </c>
+      <c r="G54" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7">
+      <c r="A55" t="s">
+        <v>138</v>
+      </c>
+      <c r="B55" t="s">
+        <v>139</v>
+      </c>
+      <c r="C55">
         <v>1945</v>
       </c>
-      <c r="D54" t="s">
-[...2 lines deleted...]
-      <c r="E54">
+      <c r="D55" t="s">
+        <v>9</v>
+      </c>
+      <c r="E55">
         <v>219.0</v>
       </c>
-      <c r="F54" t="s">
-[...10 lines deleted...]
-      <c r="C55">
+      <c r="F55" t="s">
+        <v>10</v>
+      </c>
+      <c r="G55" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7">
+      <c r="A56" t="s">
+        <v>140</v>
+      </c>
+      <c r="B56" t="s">
+        <v>65</v>
+      </c>
+      <c r="C56">
         <v>1999</v>
       </c>
-      <c r="D55" t="s">
-[...2 lines deleted...]
-      <c r="E55">
+      <c r="D56" t="s">
+        <v>17</v>
+      </c>
+      <c r="E56">
         <v>209.46</v>
       </c>
-      <c r="F55" t="s">
-[...7 lines deleted...]
-      <c r="B56" t="s">
+      <c r="F56" t="s">
+        <v>141</v>
+      </c>
+      <c r="G56" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7">
+      <c r="A57" t="s">
+        <v>143</v>
+      </c>
+      <c r="B57" t="s">
+        <v>144</v>
+      </c>
+      <c r="C57">
+        <v>2022</v>
+      </c>
+      <c r="D57" t="s">
+        <v>17</v>
+      </c>
+      <c r="E57">
+        <v>207.34</v>
+      </c>
+      <c r="F57" t="s">
+        <v>137</v>
+      </c>
+      <c r="G57" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7">
+      <c r="A58" t="s">
+        <v>146</v>
+      </c>
+      <c r="B58" t="s">
+        <v>46</v>
+      </c>
+      <c r="C58">
+        <v>2005</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58">
+        <v>206.5</v>
+      </c>
+      <c r="F58" t="s">
+        <v>147</v>
+      </c>
+      <c r="G58" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7">
+      <c r="A59" t="s">
+        <v>148</v>
+      </c>
+      <c r="B59" t="s">
+        <v>149</v>
+      </c>
+      <c r="C59">
+        <v>1999</v>
+      </c>
+      <c r="D59" t="s">
+        <v>17</v>
+      </c>
+      <c r="E59">
+        <v>206.18</v>
+      </c>
+      <c r="F59" t="s">
+        <v>150</v>
+      </c>
+      <c r="G59" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7">
+      <c r="A60" t="s">
+        <v>151</v>
+      </c>
+      <c r="B60" t="s">
+        <v>152</v>
+      </c>
+      <c r="C60">
+        <v>1917</v>
+      </c>
+      <c r="D60" t="s">
+        <v>17</v>
+      </c>
+      <c r="E60">
+        <v>197.05</v>
+      </c>
+      <c r="F60" t="s">
+        <v>153</v>
+      </c>
+      <c r="G60" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7">
+      <c r="A61" t="s">
+        <v>155</v>
+      </c>
+      <c r="B61" t="s">
+        <v>156</v>
+      </c>
+      <c r="C61">
+        <v>1694</v>
+      </c>
+      <c r="D61" t="s">
+        <v>9</v>
+      </c>
+      <c r="E61">
+        <v>194.0</v>
+      </c>
+      <c r="F61" t="s">
+        <v>10</v>
+      </c>
+      <c r="G61" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7">
+      <c r="A62" t="s">
+        <v>157</v>
+      </c>
+      <c r="B62" t="s">
         <v>124</v>
       </c>
-      <c r="C56">
-[...99 lines deleted...]
-      <c r="C61">
+      <c r="C62">
         <v>2006</v>
       </c>
-      <c r="D61" t="s">
-[...2 lines deleted...]
-      <c r="E61">
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62">
         <v>193.27</v>
       </c>
-      <c r="F61" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="F62" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:6">
+        <v>158</v>
+      </c>
+      <c r="G62" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>140</v>
+        <v>160</v>
       </c>
       <c r="B63" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="C63">
         <v>1937</v>
       </c>
       <c r="D63" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E63">
         <v>187.17</v>
       </c>
       <c r="F63" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:6">
+        <v>71</v>
+      </c>
+      <c r="G63" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="B64" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C64">
         <v>1984</v>
       </c>
       <c r="D64" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E64">
         <v>183.48</v>
       </c>
       <c r="F64" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:6">
+        <v>18</v>
+      </c>
+      <c r="G64" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="B65" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="C65">
         <v>1931</v>
       </c>
       <c r="D65" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E65">
         <v>174.4</v>
       </c>
       <c r="F65" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G65" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="B66" t="s">
-        <v>145</v>
+        <v>166</v>
       </c>
       <c r="C66">
         <v>2005</v>
       </c>
       <c r="D66" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E66">
         <v>172.89</v>
       </c>
       <c r="F66" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:6">
+        <v>167</v>
+      </c>
+      <c r="G66" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>147</v>
+        <v>169</v>
       </c>
       <c r="B67" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="C67">
         <v>2025</v>
       </c>
       <c r="D67" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E67">
         <v>172.0</v>
       </c>
       <c r="F67" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:6">
+        <v>171</v>
+      </c>
+      <c r="G67" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>150</v>
+        <v>172</v>
       </c>
       <c r="B68" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="C68">
         <v>2014</v>
       </c>
       <c r="D68" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E68">
         <v>167.54</v>
       </c>
       <c r="F68" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:6">
+        <v>137</v>
+      </c>
+      <c r="G68" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>151</v>
+        <v>173</v>
       </c>
       <c r="B69" t="s">
-        <v>152</v>
+        <v>174</v>
       </c>
       <c r="C69">
         <v>2015</v>
       </c>
       <c r="D69" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E69">
         <v>165.56</v>
       </c>
       <c r="F69" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:6">
+        <v>175</v>
+      </c>
+      <c r="G69" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>154</v>
+        <v>177</v>
       </c>
       <c r="B70" t="s">
-        <v>155</v>
+        <v>178</v>
       </c>
       <c r="C70">
         <v>1951</v>
       </c>
       <c r="D70" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E70">
         <v>162.0</v>
       </c>
       <c r="F70" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:6">
+        <v>179</v>
+      </c>
+      <c r="G70" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>157</v>
+        <v>180</v>
       </c>
       <c r="B71" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="C71">
         <v>1953</v>
       </c>
       <c r="D71" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E71">
         <v>156.1</v>
       </c>
       <c r="F71" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G71" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>158</v>
+        <v>181</v>
       </c>
       <c r="B72" t="s">
-        <v>159</v>
+        <v>182</v>
       </c>
       <c r="C72">
         <v>1993</v>
       </c>
       <c r="D72" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E72">
         <v>155.0</v>
       </c>
       <c r="F72" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G72" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>160</v>
+        <v>183</v>
       </c>
       <c r="B73" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="C73">
         <v>1995</v>
       </c>
       <c r="D73" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E73">
         <v>150.8</v>
       </c>
       <c r="F73" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G73" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>161</v>
+        <v>184</v>
       </c>
       <c r="B74" t="s">
-        <v>162</v>
+        <v>185</v>
       </c>
       <c r="C74">
         <v>1981</v>
       </c>
       <c r="D74" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E74">
         <v>146.0</v>
       </c>
       <c r="F74" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:6">
+        <v>24</v>
+      </c>
+      <c r="G74" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>163</v>
+        <v>187</v>
       </c>
       <c r="B75" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="C75">
         <v>1913</v>
       </c>
       <c r="D75" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E75">
         <v>145.8</v>
       </c>
       <c r="F75" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:6">
+        <v>137</v>
+      </c>
+      <c r="G75" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>164</v>
+        <v>189</v>
       </c>
       <c r="B76" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C76">
         <v>1955</v>
       </c>
       <c r="D76" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E76">
         <v>137.0</v>
       </c>
       <c r="F76" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:6">
+        <v>158</v>
+      </c>
+      <c r="G76" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>165</v>
+        <v>190</v>
       </c>
       <c r="B77" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C77">
         <v>2017</v>
       </c>
       <c r="D77" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E77">
         <v>132.38</v>
       </c>
       <c r="F77" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:6">
+        <v>51</v>
+      </c>
+      <c r="G77" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>167</v>
+        <v>191</v>
       </c>
       <c r="B78" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C78">
         <v>2000</v>
       </c>
       <c r="D78" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E78">
         <v>130.61</v>
       </c>
       <c r="F78" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:6">
+        <v>192</v>
+      </c>
+      <c r="G78" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>169</v>
+        <v>193</v>
       </c>
       <c r="B79" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="C79">
         <v>1976</v>
       </c>
       <c r="D79" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E79">
         <v>125.16</v>
       </c>
       <c r="F79" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:6">
+        <v>72</v>
+      </c>
+      <c r="G79" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>172</v>
+        <v>196</v>
       </c>
       <c r="B80" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="C80">
         <v>1935</v>
       </c>
       <c r="D80" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E80">
         <v>124.0</v>
       </c>
       <c r="F80" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G80" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>173</v>
+        <v>197</v>
       </c>
       <c r="B81" t="s">
-        <v>174</v>
+        <v>198</v>
       </c>
       <c r="C81">
         <v>1941</v>
       </c>
       <c r="D81" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E81">
         <v>123.04</v>
       </c>
       <c r="F81" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:6">
+        <v>142</v>
+      </c>
+      <c r="G81" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>176</v>
+        <v>199</v>
       </c>
       <c r="B82" t="s">
-        <v>83</v>
+        <v>96</v>
       </c>
       <c r="C82">
         <v>1995</v>
       </c>
       <c r="D82" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E82">
         <v>121.75</v>
       </c>
       <c r="F82" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:6">
+        <v>200</v>
+      </c>
+      <c r="G82" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>178</v>
+        <v>201</v>
       </c>
       <c r="B83" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C83">
         <v>1917</v>
       </c>
       <c r="D83" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E83">
         <v>119.27</v>
       </c>
       <c r="F83" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:6">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>179</v>
+        <v>202</v>
       </c>
       <c r="B84" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="C84">
         <v>2020</v>
       </c>
       <c r="D84" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E84">
         <v>118.12</v>
       </c>
       <c r="F84" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:6">
+        <v>159</v>
+      </c>
+      <c r="G84" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>181</v>
+        <v>203</v>
       </c>
       <c r="B85" t="s">
-        <v>182</v>
+        <v>204</v>
       </c>
       <c r="C85">
         <v>1935</v>
       </c>
       <c r="D85" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E85">
         <v>117.5</v>
       </c>
       <c r="F85" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:6">
+        <v>34</v>
+      </c>
+      <c r="G85" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>183</v>
+        <v>205</v>
       </c>
       <c r="B86" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="C86">
         <v>2008</v>
       </c>
       <c r="D86" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E86">
         <v>116.84</v>
       </c>
       <c r="F86" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:6">
+        <v>159</v>
+      </c>
+      <c r="G86" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>184</v>
+        <v>207</v>
       </c>
       <c r="B87" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="C87">
         <v>1959</v>
       </c>
       <c r="D87" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E87">
         <v>116.2</v>
       </c>
       <c r="F87" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G87" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>185</v>
+        <v>208</v>
       </c>
       <c r="B88" t="s">
-        <v>186</v>
+        <v>209</v>
       </c>
       <c r="C88">
         <v>1942</v>
       </c>
       <c r="D88" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E88">
         <v>113.9</v>
       </c>
       <c r="F88" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:6">
+        <v>61</v>
+      </c>
+      <c r="G88" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>187</v>
+        <v>210</v>
       </c>
       <c r="B89" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="C89">
         <v>2008</v>
       </c>
       <c r="D89" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E89">
         <v>109.66</v>
       </c>
       <c r="F89" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G89" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>188</v>
+        <v>211</v>
       </c>
       <c r="B90" t="s">
-        <v>189</v>
+        <v>212</v>
       </c>
       <c r="C90">
         <v>1983</v>
       </c>
       <c r="D90" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E90">
         <v>109.3</v>
       </c>
       <c r="F90" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:6">
+        <v>154</v>
+      </c>
+      <c r="G90" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>191</v>
+        <v>213</v>
       </c>
       <c r="B91" t="s">
-        <v>192</v>
+        <v>214</v>
       </c>
       <c r="C91">
         <v>1782</v>
       </c>
       <c r="D91" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E91">
         <v>107.0</v>
       </c>
       <c r="F91" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G91" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>193</v>
+        <v>215</v>
       </c>
       <c r="B92" t="s">
-        <v>194</v>
+        <v>216</v>
       </c>
       <c r="C92">
         <v>1993</v>
       </c>
       <c r="D92" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E92">
         <v>106.83</v>
       </c>
       <c r="F92" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G92" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>195</v>
+        <v>217</v>
       </c>
       <c r="B93" t="s">
-        <v>196</v>
+        <v>218</v>
       </c>
       <c r="C93">
         <v>1943</v>
       </c>
       <c r="D93" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E93">
         <v>105.8</v>
       </c>
       <c r="F93" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:6">
+        <v>219</v>
+      </c>
+      <c r="G93" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>198</v>
+        <v>220</v>
       </c>
       <c r="B94" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C94">
         <v>1967</v>
       </c>
       <c r="D94" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E94">
         <v>103.32</v>
       </c>
       <c r="F94" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G94" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>199</v>
+        <v>221</v>
       </c>
       <c r="B95" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="C95">
         <v>2007</v>
       </c>
       <c r="D95" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E95">
         <v>101.5</v>
       </c>
       <c r="F95" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:6">
+        <v>125</v>
+      </c>
+      <c r="G95" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>200</v>
+        <v>222</v>
       </c>
       <c r="B96" t="s">
-        <v>201</v>
+        <v>223</v>
       </c>
       <c r="C96">
         <v>1964</v>
       </c>
       <c r="D96" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E96">
         <v>100.16</v>
       </c>
       <c r="F96" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:6">
+        <v>154</v>
+      </c>
+      <c r="G96" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>202</v>
+        <v>225</v>
       </c>
       <c r="B97" t="s">
-        <v>118</v>
+        <v>134</v>
       </c>
       <c r="C97">
         <v>2011</v>
       </c>
       <c r="D97" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E97">
         <v>99.86</v>
       </c>
       <c r="F97" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:6">
+        <v>24</v>
+      </c>
+      <c r="G97" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>203</v>
+        <v>227</v>
       </c>
       <c r="B98" t="s">
-        <v>204</v>
+        <v>228</v>
       </c>
       <c r="C98">
         <v>1947</v>
       </c>
       <c r="D98" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E98">
         <v>99.84</v>
       </c>
       <c r="F98" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G98" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>205</v>
+        <v>229</v>
       </c>
       <c r="B99" t="s">
-        <v>201</v>
+        <v>223</v>
       </c>
       <c r="C99">
         <v>1818</v>
       </c>
       <c r="D99" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E99">
         <v>99.0</v>
       </c>
       <c r="F99" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G99" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>206</v>
+        <v>230</v>
       </c>
       <c r="B100" t="s">
-        <v>207</v>
+        <v>231</v>
       </c>
       <c r="C100">
         <v>1956</v>
       </c>
       <c r="D100" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E100">
         <v>98.9</v>
       </c>
       <c r="F100" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G100" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>208</v>
+        <v>232</v>
       </c>
       <c r="B101" t="s">
-        <v>209</v>
+        <v>233</v>
       </c>
       <c r="C101">
         <v>1942</v>
       </c>
       <c r="D101" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E101">
         <v>97.45</v>
       </c>
       <c r="F101" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:6">
+        <v>200</v>
+      </c>
+      <c r="G101" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>210</v>
+        <v>234</v>
       </c>
       <c r="B102" t="s">
-        <v>182</v>
+        <v>204</v>
       </c>
       <c r="C102">
         <v>1919</v>
       </c>
       <c r="D102" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E102">
         <v>96.9</v>
       </c>
       <c r="F102" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:6">
+        <v>235</v>
+      </c>
+      <c r="G102" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>212</v>
+        <v>237</v>
       </c>
       <c r="B103" t="s">
-        <v>132</v>
+        <v>152</v>
       </c>
       <c r="C103">
         <v>1962</v>
       </c>
       <c r="D103" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E103">
         <v>96.31</v>
       </c>
       <c r="F103" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:6">
+        <v>224</v>
+      </c>
+      <c r="G103" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>214</v>
+        <v>238</v>
       </c>
       <c r="B104" t="s">
-        <v>215</v>
+        <v>239</v>
       </c>
       <c r="C104">
         <v>1946</v>
       </c>
       <c r="D104" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E104">
         <v>95.98</v>
       </c>
       <c r="F104" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:6">
+        <v>82</v>
+      </c>
+      <c r="G104" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>217</v>
+        <v>240</v>
       </c>
       <c r="B105" t="s">
-        <v>201</v>
+        <v>223</v>
       </c>
       <c r="C105">
         <v>1917</v>
       </c>
       <c r="D105" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E105">
         <v>94.58</v>
       </c>
       <c r="F105" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:6">
+        <v>150</v>
+      </c>
+      <c r="G105" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>218</v>
+        <v>241</v>
       </c>
       <c r="B106" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="C106">
         <v>2000</v>
       </c>
       <c r="D106" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E106">
         <v>92.68</v>
       </c>
       <c r="F106" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:6">
+        <v>35</v>
+      </c>
+      <c r="G106" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>220</v>
+        <v>242</v>
       </c>
       <c r="B107" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C107">
         <v>2017</v>
       </c>
       <c r="D107" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E107">
         <v>89.81</v>
       </c>
       <c r="F107" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:6">
+        <v>40</v>
+      </c>
+      <c r="G107" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>221</v>
+        <v>243</v>
       </c>
       <c r="B108" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C108">
         <v>1816</v>
       </c>
       <c r="D108" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E108">
         <v>89.0</v>
       </c>
       <c r="F108" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G108" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>222</v>
+        <v>244</v>
       </c>
       <c r="B109" t="s">
-        <v>223</v>
+        <v>245</v>
       </c>
       <c r="C109">
         <v>1976</v>
       </c>
       <c r="D109" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E109">
         <v>86.1</v>
       </c>
       <c r="F109" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:6">
+        <v>71</v>
+      </c>
+      <c r="G109" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>224</v>
+        <v>247</v>
       </c>
       <c r="B110" t="s">
-        <v>132</v>
+        <v>152</v>
       </c>
       <c r="C110">
         <v>1960</v>
       </c>
       <c r="D110" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E110">
         <v>85.72</v>
       </c>
       <c r="F110" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:6">
+        <v>248</v>
+      </c>
+      <c r="G110" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>226</v>
+        <v>249</v>
       </c>
       <c r="B111" t="s">
-        <v>227</v>
+        <v>250</v>
       </c>
       <c r="C111">
         <v>1922</v>
       </c>
       <c r="D111" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E111">
         <v>83.0</v>
       </c>
       <c r="F111" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G111" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>228</v>
+        <v>251</v>
       </c>
       <c r="B112" t="s">
-        <v>229</v>
+        <v>252</v>
       </c>
       <c r="C112">
         <v>1951</v>
       </c>
       <c r="D112" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E112">
         <v>83.0</v>
       </c>
       <c r="F112" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G112" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>230</v>
+        <v>253</v>
       </c>
       <c r="B113" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C113">
         <v>1949</v>
       </c>
       <c r="D113" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E113">
         <v>82.81</v>
       </c>
       <c r="F113" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:6">
+        <v>179</v>
+      </c>
+      <c r="G113" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>231</v>
+        <v>254</v>
       </c>
       <c r="B114" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C114">
         <v>1937</v>
       </c>
       <c r="D114" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E114">
         <v>82.2</v>
       </c>
       <c r="F114" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:6">
+        <v>154</v>
+      </c>
+      <c r="G114" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>232</v>
+        <v>255</v>
       </c>
       <c r="B115" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="C115">
         <v>1987</v>
       </c>
       <c r="D115" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E115">
         <v>81.68</v>
       </c>
       <c r="F115" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:6">
+        <v>126</v>
+      </c>
+      <c r="G115" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>233</v>
+        <v>256</v>
       </c>
       <c r="B116" t="s">
-        <v>135</v>
+        <v>156</v>
       </c>
       <c r="C116">
         <v>2018</v>
       </c>
       <c r="D116" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E116">
         <v>80.81</v>
       </c>
       <c r="F116" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:6">
+        <v>66</v>
+      </c>
+      <c r="G116" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>235</v>
+        <v>257</v>
       </c>
       <c r="B117" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="C117">
         <v>2024</v>
       </c>
       <c r="D117" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E117">
         <v>79.7</v>
       </c>
       <c r="F117" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:6">
+        <v>224</v>
+      </c>
+      <c r="G117" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>236</v>
+        <v>258</v>
       </c>
       <c r="B118" t="s">
-        <v>237</v>
+        <v>259</v>
       </c>
       <c r="C118">
         <v>2008</v>
       </c>
       <c r="D118" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E118">
         <v>78.8</v>
       </c>
       <c r="F118" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:6">
+        <v>260</v>
+      </c>
+      <c r="G118" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>239</v>
+        <v>261</v>
       </c>
       <c r="B119" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="C119">
         <v>1978</v>
       </c>
       <c r="D119" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E119">
         <v>78.05</v>
       </c>
       <c r="F119" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:6">
+        <v>262</v>
+      </c>
+      <c r="G119" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>241</v>
+        <v>264</v>
       </c>
       <c r="B120" t="s">
-        <v>242</v>
+        <v>265</v>
       </c>
       <c r="C120">
         <v>1880</v>
       </c>
       <c r="D120" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E120">
         <v>78.0</v>
       </c>
       <c r="F120" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G120" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>243</v>
+        <v>266</v>
       </c>
       <c r="B121" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="C121">
         <v>1991</v>
       </c>
       <c r="D121" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E121">
         <v>77.75</v>
       </c>
       <c r="F121" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:6">
+        <v>72</v>
+      </c>
+      <c r="G121" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>244</v>
+        <v>267</v>
       </c>
       <c r="B122" t="s">
-        <v>135</v>
+        <v>156</v>
       </c>
       <c r="C122">
         <v>2019</v>
       </c>
       <c r="D122" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E122">
         <v>77.05</v>
       </c>
       <c r="F122" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:6">
+        <v>159</v>
+      </c>
+      <c r="G122" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>245</v>
+        <v>268</v>
       </c>
       <c r="B123" t="s">
-        <v>103</v>
+        <v>118</v>
       </c>
       <c r="C123">
         <v>1990</v>
       </c>
       <c r="D123" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E123">
         <v>77.0</v>
       </c>
       <c r="F123" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G123" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>246</v>
+        <v>269</v>
       </c>
       <c r="B124" t="s">
-        <v>247</v>
+        <v>270</v>
       </c>
       <c r="C124">
         <v>1917</v>
       </c>
       <c r="D124" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E124">
         <v>75.2</v>
       </c>
       <c r="F124" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:6">
+        <v>154</v>
+      </c>
+      <c r="G124" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>248</v>
+        <v>271</v>
       </c>
       <c r="B125" t="s">
-        <v>249</v>
+        <v>272</v>
       </c>
       <c r="C125">
         <v>1988</v>
       </c>
       <c r="D125" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E125">
         <v>74.4</v>
       </c>
       <c r="F125" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:6">
+        <v>24</v>
+      </c>
+      <c r="G125" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>250</v>
+        <v>273</v>
       </c>
       <c r="B126" t="s">
-        <v>251</v>
+        <v>274</v>
       </c>
       <c r="C126">
         <v>1939</v>
       </c>
       <c r="D126" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E126">
         <v>73.95</v>
       </c>
       <c r="F126" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:6">
+        <v>116</v>
+      </c>
+      <c r="G126" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>253</v>
+        <v>275</v>
       </c>
       <c r="B127" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="C127">
         <v>2004</v>
       </c>
       <c r="D127" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E127">
         <v>72.16</v>
       </c>
       <c r="F127" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:6">
+        <v>176</v>
+      </c>
+      <c r="G127" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>255</v>
+        <v>276</v>
       </c>
       <c r="B128" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="C128">
         <v>1814</v>
       </c>
       <c r="D128" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E128">
         <v>72.0</v>
       </c>
       <c r="F128" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G128" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>256</v>
+        <v>277</v>
       </c>
       <c r="B129" t="s">
-        <v>257</v>
+        <v>278</v>
       </c>
       <c r="C129">
         <v>1983</v>
       </c>
       <c r="D129" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E129">
         <v>71.53</v>
       </c>
       <c r="F129" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:6">
+        <v>66</v>
+      </c>
+      <c r="G129" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>258</v>
+        <v>279</v>
       </c>
       <c r="B130" t="s">
-        <v>259</v>
+        <v>280</v>
       </c>
       <c r="C130">
         <v>1950</v>
       </c>
       <c r="D130" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E130">
         <v>71.49</v>
       </c>
       <c r="F130" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:6">
+        <v>281</v>
+      </c>
+      <c r="G130" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>261</v>
+        <v>282</v>
       </c>
       <c r="B131" t="s">
-        <v>201</v>
+        <v>223</v>
       </c>
       <c r="C131">
         <v>1954</v>
       </c>
       <c r="D131" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E131">
         <v>69.75</v>
       </c>
       <c r="F131" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:6">
+        <v>262</v>
+      </c>
+      <c r="G131" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>262</v>
+        <v>283</v>
       </c>
       <c r="B132" t="s">
-        <v>152</v>
+        <v>174</v>
       </c>
       <c r="C132">
         <v>1921</v>
       </c>
       <c r="D132" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E132">
         <v>69.74</v>
       </c>
       <c r="F132" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G132" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>263</v>
+        <v>284</v>
       </c>
       <c r="B133" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="C133">
         <v>1984</v>
       </c>
       <c r="D133" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E133">
         <v>68.6</v>
       </c>
       <c r="F133" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:6">
+        <v>24</v>
+      </c>
+      <c r="G133" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>264</v>
+        <v>285</v>
       </c>
       <c r="B134" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C134">
         <v>2017</v>
       </c>
       <c r="D134" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E134">
         <v>68.56</v>
       </c>
       <c r="F134" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G134" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>265</v>
+        <v>286</v>
       </c>
       <c r="B135" t="s">
-        <v>207</v>
+        <v>231</v>
       </c>
       <c r="C135">
         <v>2006</v>
       </c>
       <c r="D135" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E135">
         <v>68.35</v>
       </c>
       <c r="F135" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:6">
+        <v>34</v>
+      </c>
+      <c r="G135" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>266</v>
+        <v>287</v>
       </c>
       <c r="B136" t="s">
-        <v>267</v>
+        <v>288</v>
       </c>
       <c r="C136">
         <v>1941</v>
       </c>
       <c r="D136" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E136">
         <v>68.25</v>
       </c>
       <c r="F136" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:6">
+        <v>248</v>
+      </c>
+      <c r="G136" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>268</v>
+        <v>289</v>
       </c>
       <c r="B137" t="s">
-        <v>269</v>
+        <v>290</v>
       </c>
       <c r="C137">
         <v>1999</v>
       </c>
       <c r="D137" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E137">
         <v>66.52</v>
       </c>
       <c r="F137" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:6">
+        <v>262</v>
+      </c>
+      <c r="G137" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>270</v>
+        <v>291</v>
       </c>
       <c r="B138" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C138">
         <v>1668</v>
       </c>
       <c r="D138" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E138">
         <v>65.0</v>
       </c>
       <c r="F138" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G138" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>271</v>
+        <v>292</v>
       </c>
       <c r="B139" t="s">
-        <v>237</v>
+        <v>259</v>
       </c>
       <c r="C139">
         <v>2000</v>
       </c>
       <c r="D139" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E139">
         <v>64.75</v>
       </c>
       <c r="F139" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:6">
+        <v>54</v>
+      </c>
+      <c r="G139" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>272</v>
+        <v>293</v>
       </c>
       <c r="B140" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="C140">
         <v>1988</v>
       </c>
       <c r="D140" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E140">
         <v>64.68</v>
       </c>
       <c r="F140" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:6">
+        <v>92</v>
+      </c>
+      <c r="G140" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="B141" t="s">
-        <v>275</v>
+        <v>295</v>
       </c>
       <c r="C141">
         <v>1931</v>
       </c>
       <c r="D141" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E141">
         <v>64.64</v>
       </c>
       <c r="F141" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:6">
+        <v>159</v>
+      </c>
+      <c r="G141" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>276</v>
+        <v>296</v>
       </c>
       <c r="B142" t="s">
-        <v>277</v>
+        <v>297</v>
       </c>
       <c r="C142">
         <v>1983</v>
       </c>
       <c r="D142" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E142">
         <v>64.63</v>
       </c>
       <c r="F142" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:6">
+        <v>115</v>
+      </c>
+      <c r="G142" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>278</v>
+        <v>298</v>
       </c>
       <c r="B143" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="C143">
         <v>1923</v>
       </c>
       <c r="D143" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E143">
         <v>63.0</v>
       </c>
       <c r="F143" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G143" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>280</v>
+        <v>300</v>
       </c>
       <c r="B144" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="C144">
         <v>1999</v>
       </c>
       <c r="D144" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E144">
         <v>62.72</v>
       </c>
       <c r="F144" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:6">
+        <v>248</v>
+      </c>
+      <c r="G144" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>281</v>
+        <v>301</v>
       </c>
       <c r="B145" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="C145">
         <v>1959</v>
       </c>
       <c r="D145" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E145">
         <v>62.0</v>
       </c>
       <c r="F145" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G145" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>282</v>
+        <v>302</v>
       </c>
       <c r="B146" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="C146">
         <v>1958</v>
       </c>
       <c r="D146" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E146">
         <v>60.43</v>
       </c>
       <c r="F146" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:6">
+        <v>72</v>
+      </c>
+      <c r="G146" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>284</v>
+        <v>304</v>
       </c>
       <c r="B147" t="s">
-        <v>132</v>
+        <v>152</v>
       </c>
       <c r="C147">
         <v>2016</v>
       </c>
       <c r="D147" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E147">
         <v>59.93</v>
       </c>
       <c r="F147" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:6">
+        <v>305</v>
+      </c>
+      <c r="G147" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>286</v>
+        <v>306</v>
       </c>
       <c r="B148" t="s">
-        <v>93</v>
+        <v>105</v>
       </c>
       <c r="C148">
         <v>2008</v>
       </c>
       <c r="D148" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E148">
         <v>59.63</v>
       </c>
       <c r="F148" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:6">
+        <v>307</v>
+      </c>
+      <c r="G148" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>288</v>
+        <v>308</v>
       </c>
       <c r="B149" t="s">
-        <v>135</v>
+        <v>156</v>
       </c>
       <c r="C149">
         <v>2015</v>
       </c>
       <c r="D149" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E149">
         <v>57.85</v>
       </c>
       <c r="F149" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:6">
+        <v>147</v>
+      </c>
+      <c r="G149" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>289</v>
+        <v>309</v>
       </c>
       <c r="B150" t="s">
-        <v>290</v>
+        <v>310</v>
       </c>
       <c r="C150">
         <v>1994</v>
       </c>
       <c r="D150" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E150">
         <v>57.85</v>
       </c>
       <c r="F150" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:6">
+        <v>248</v>
+      </c>
+      <c r="G150" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>291</v>
+        <v>312</v>
       </c>
       <c r="B151" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="C151">
         <v>1854</v>
       </c>
       <c r="D151" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E151">
         <v>57.3</v>
       </c>
       <c r="F151" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:6">
+        <v>154</v>
+      </c>
+      <c r="G151" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>292</v>
+        <v>313</v>
       </c>
       <c r="B152" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="C152">
         <v>1973</v>
       </c>
       <c r="D152" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E152">
         <v>54.84</v>
       </c>
       <c r="F152" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G152" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>293</v>
+        <v>314</v>
       </c>
       <c r="B153" t="s">
-        <v>294</v>
+        <v>315</v>
       </c>
       <c r="C153">
         <v>1980</v>
       </c>
       <c r="D153" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E153">
         <v>53.25</v>
       </c>
       <c r="F153" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:6">
+        <v>235</v>
+      </c>
+      <c r="G153" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>295</v>
+        <v>316</v>
       </c>
       <c r="B154" t="s">
-        <v>296</v>
+        <v>317</v>
       </c>
       <c r="C154">
         <v>2008</v>
       </c>
       <c r="D154" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E154">
         <v>51.77</v>
       </c>
       <c r="F154" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G154" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>297</v>
+        <v>318</v>
       </c>
       <c r="B155" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C155">
         <v>2000</v>
       </c>
       <c r="D155" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E155">
         <v>51.37</v>
       </c>
       <c r="F155" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:6">
+        <v>158</v>
+      </c>
+      <c r="G155" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>298</v>
+        <v>319</v>
       </c>
       <c r="B156" t="s">
-        <v>201</v>
+        <v>223</v>
       </c>
       <c r="C156">
         <v>1993</v>
       </c>
       <c r="D156" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E156">
         <v>49.63</v>
       </c>
       <c r="F156" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:6">
+        <v>24</v>
+      </c>
+      <c r="G156" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>299</v>
+        <v>320</v>
       </c>
       <c r="B157" t="s">
-        <v>300</v>
+        <v>321</v>
       </c>
       <c r="C157">
         <v>2001</v>
       </c>
       <c r="D157" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E157">
         <v>49.5</v>
       </c>
       <c r="F157" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:6">
+        <v>159</v>
+      </c>
+      <c r="G157" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>301</v>
+        <v>323</v>
       </c>
       <c r="B158" t="s">
-        <v>302</v>
+        <v>324</v>
       </c>
       <c r="C158">
         <v>1961</v>
       </c>
       <c r="D158" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E158">
         <v>48.7</v>
       </c>
       <c r="F158" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G158" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>303</v>
+        <v>325</v>
       </c>
       <c r="B159" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="C159">
         <v>1999</v>
       </c>
       <c r="D159" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E159">
         <v>48.7</v>
       </c>
       <c r="F159" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:6">
+        <v>158</v>
+      </c>
+      <c r="G159" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>304</v>
+        <v>326</v>
       </c>
       <c r="B160" t="s">
-        <v>74</v>
+        <v>87</v>
       </c>
       <c r="C160">
         <v>1904</v>
       </c>
       <c r="D160" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E160">
         <v>47.98</v>
       </c>
       <c r="F160" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:6">
+        <v>54</v>
+      </c>
+      <c r="G160" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>305</v>
+        <v>328</v>
       </c>
       <c r="B161" t="s">
-        <v>237</v>
+        <v>259</v>
       </c>
       <c r="C161">
         <v>1993</v>
       </c>
       <c r="D161" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E161">
         <v>47.93</v>
       </c>
       <c r="F161" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G161" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>306</v>
+        <v>329</v>
       </c>
       <c r="B162" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="C162">
         <v>2001</v>
       </c>
       <c r="D162" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E162">
         <v>47.05</v>
       </c>
       <c r="F162" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:6">
+        <v>159</v>
+      </c>
+      <c r="G162" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>307</v>
+        <v>330</v>
       </c>
       <c r="B163" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C163">
         <v>1969</v>
       </c>
       <c r="D163" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E163">
         <v>47.03</v>
       </c>
       <c r="F163" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G163" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>308</v>
+        <v>331</v>
       </c>
       <c r="B164" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="C164">
         <v>1926</v>
       </c>
       <c r="D164" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E164">
         <v>46.48</v>
       </c>
       <c r="F164" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:6">
+        <v>159</v>
+      </c>
+      <c r="G164" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>309</v>
+        <v>332</v>
       </c>
       <c r="B165" t="s">
-        <v>310</v>
+        <v>333</v>
       </c>
       <c r="C165">
         <v>2022</v>
       </c>
       <c r="D165" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E165">
         <v>46.32</v>
       </c>
       <c r="F165" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:6">
+        <v>51</v>
+      </c>
+      <c r="G165" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>311</v>
+        <v>334</v>
       </c>
       <c r="B166" t="s">
-        <v>312</v>
+        <v>335</v>
       </c>
       <c r="C166">
         <v>1925</v>
       </c>
       <c r="D166" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E166">
         <v>46.0</v>
       </c>
       <c r="F166" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G166" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>313</v>
+        <v>336</v>
       </c>
       <c r="B167" t="s">
-        <v>314</v>
+        <v>337</v>
       </c>
       <c r="C167">
         <v>1924</v>
       </c>
       <c r="D167" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E167">
         <v>46.0</v>
       </c>
       <c r="F167" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G167" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>315</v>
+        <v>338</v>
       </c>
       <c r="B168" t="s">
-        <v>316</v>
+        <v>339</v>
       </c>
       <c r="C168">
         <v>1959</v>
       </c>
       <c r="D168" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E168">
         <v>45.9</v>
       </c>
       <c r="F168" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G168" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>317</v>
+        <v>340</v>
       </c>
       <c r="B169" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="C169">
         <v>1971</v>
       </c>
       <c r="D169" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E169">
         <v>45.17</v>
       </c>
       <c r="F169" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:6">
+        <v>224</v>
+      </c>
+      <c r="G169" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>318</v>
+        <v>341</v>
       </c>
       <c r="B170" t="s">
-        <v>319</v>
+        <v>342</v>
       </c>
       <c r="C170">
         <v>1879</v>
       </c>
       <c r="D170" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E170">
         <v>45.0</v>
       </c>
       <c r="F170" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G170" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>320</v>
+        <v>343</v>
       </c>
       <c r="B171" t="s">
-        <v>321</v>
+        <v>344</v>
       </c>
       <c r="C171">
         <v>1991</v>
       </c>
       <c r="D171" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E171">
         <v>44.94</v>
       </c>
       <c r="F171" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G171" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>322</v>
+        <v>345</v>
       </c>
       <c r="B172" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="C172">
         <v>1977</v>
       </c>
       <c r="D172" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E172">
         <v>44.28</v>
       </c>
       <c r="F172" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:6">
+        <v>54</v>
+      </c>
+      <c r="G172" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>323</v>
+        <v>347</v>
       </c>
       <c r="B173" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="C173">
         <v>1947</v>
       </c>
       <c r="D173" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E173">
         <v>44.0</v>
       </c>
       <c r="F173" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:6">
+        <v>82</v>
+      </c>
+      <c r="G173" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>324</v>
+        <v>348</v>
       </c>
       <c r="B174" t="s">
-        <v>325</v>
+        <v>349</v>
       </c>
       <c r="C174">
         <v>1958</v>
       </c>
       <c r="D174" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E174">
         <v>43.4</v>
       </c>
       <c r="F174" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G174" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>326</v>
+        <v>350</v>
       </c>
       <c r="B175" t="s">
-        <v>103</v>
+        <v>118</v>
       </c>
       <c r="C175">
         <v>1997</v>
       </c>
       <c r="D175" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E175">
         <v>42.13</v>
       </c>
       <c r="F175" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:6">
+        <v>115</v>
+      </c>
+      <c r="G175" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>327</v>
+        <v>351</v>
       </c>
       <c r="B176" t="s">
-        <v>316</v>
+        <v>339</v>
       </c>
       <c r="C176">
         <v>1959</v>
       </c>
       <c r="D176" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E176">
         <v>42.0</v>
       </c>
       <c r="F176" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:6">
+        <v>40</v>
+      </c>
+      <c r="G176" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>328</v>
+        <v>352</v>
       </c>
       <c r="B177" t="s">
-        <v>329</v>
+        <v>353</v>
       </c>
       <c r="C177">
         <v>1850</v>
       </c>
       <c r="D177" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E177">
         <v>42.0</v>
       </c>
       <c r="F177" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G177" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>330</v>
+        <v>354</v>
       </c>
       <c r="B178" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="C178">
         <v>2007</v>
       </c>
       <c r="D178" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E178">
         <v>41.59</v>
       </c>
       <c r="F178" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:6">
+        <v>110</v>
+      </c>
+      <c r="G178" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>331</v>
+        <v>355</v>
       </c>
       <c r="B179" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="C179">
         <v>1976</v>
       </c>
       <c r="D179" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E179">
         <v>41.5</v>
       </c>
       <c r="F179" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:6">
+        <v>281</v>
+      </c>
+      <c r="G179" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>332</v>
+        <v>356</v>
       </c>
       <c r="B180" t="s">
-        <v>333</v>
+        <v>357</v>
       </c>
       <c r="C180">
         <v>1846</v>
       </c>
       <c r="D180" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E180">
         <v>41.0</v>
       </c>
       <c r="F180" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G180" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>334</v>
+        <v>358</v>
       </c>
       <c r="B181" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C181">
         <v>2006</v>
       </c>
       <c r="D181" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E181">
         <v>40.22</v>
       </c>
       <c r="F181" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G181" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>335</v>
+        <v>359</v>
       </c>
       <c r="B182" t="s">
-        <v>336</v>
+        <v>360</v>
       </c>
       <c r="C182">
         <v>1962</v>
       </c>
       <c r="D182" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E182">
         <v>39.6</v>
       </c>
       <c r="F182" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G182" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>337</v>
+        <v>361</v>
       </c>
       <c r="B183" t="s">
-        <v>338</v>
+        <v>362</v>
       </c>
       <c r="C183">
         <v>1839</v>
       </c>
       <c r="D183" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E183">
         <v>39.0</v>
       </c>
       <c r="F183" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G183" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>339</v>
+        <v>363</v>
       </c>
       <c r="B184" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="C184">
         <v>1876</v>
       </c>
       <c r="D184" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E184">
         <v>37.83</v>
       </c>
       <c r="F184" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:6">
+        <v>364</v>
+      </c>
+      <c r="G184" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>341</v>
+        <v>365</v>
       </c>
       <c r="B185" t="s">
-        <v>269</v>
+        <v>290</v>
       </c>
       <c r="C185">
         <v>2021</v>
       </c>
       <c r="D185" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E185">
         <v>37.27</v>
       </c>
       <c r="F185" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:6">
+        <v>51</v>
+      </c>
+      <c r="G185" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>342</v>
+        <v>366</v>
       </c>
       <c r="B186" t="s">
-        <v>135</v>
+        <v>156</v>
       </c>
       <c r="C186">
         <v>2024</v>
       </c>
       <c r="D186" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E186">
         <v>36.25</v>
       </c>
       <c r="F186" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:6">
+        <v>51</v>
+      </c>
+      <c r="G186" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>343</v>
+        <v>367</v>
       </c>
       <c r="B187" t="s">
-        <v>344</v>
+        <v>368</v>
       </c>
       <c r="C187">
         <v>1816</v>
       </c>
       <c r="D187" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E187">
         <v>36.0</v>
       </c>
       <c r="F187" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G187" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>345</v>
+        <v>369</v>
       </c>
       <c r="B188" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="C188">
         <v>2002</v>
       </c>
       <c r="D188" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E188">
         <v>35.63</v>
       </c>
       <c r="F188" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:6">
+        <v>110</v>
+      </c>
+      <c r="G188" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>346</v>
+        <v>370</v>
       </c>
       <c r="B189" t="s">
-        <v>83</v>
+        <v>96</v>
       </c>
       <c r="C189">
         <v>1909</v>
       </c>
       <c r="D189" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E189">
         <v>35.07</v>
       </c>
       <c r="F189" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:6">
+        <v>18</v>
+      </c>
+      <c r="G189" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="B190" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="C190">
         <v>1884</v>
       </c>
       <c r="D190" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E190">
         <v>34.0</v>
       </c>
       <c r="F190" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G190" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>349</v>
+        <v>373</v>
       </c>
       <c r="B191" t="s">
-        <v>300</v>
+        <v>321</v>
       </c>
       <c r="C191">
         <v>1934</v>
       </c>
       <c r="D191" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E191">
         <v>33.0</v>
       </c>
       <c r="F191" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G191" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>350</v>
+        <v>374</v>
       </c>
       <c r="B192" t="s">
-        <v>194</v>
+        <v>216</v>
       </c>
       <c r="C192">
         <v>1936</v>
       </c>
       <c r="D192" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E192">
         <v>31.89</v>
       </c>
       <c r="F192" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:6">
+        <v>54</v>
+      </c>
+      <c r="G192" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>351</v>
+        <v>375</v>
       </c>
       <c r="B193" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="C193">
         <v>1993</v>
       </c>
       <c r="D193" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E193">
         <v>31.58</v>
       </c>
       <c r="F193" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:6">
+        <v>72</v>
+      </c>
+      <c r="G193" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>352</v>
+        <v>377</v>
       </c>
       <c r="B194" t="s">
-        <v>353</v>
+        <v>378</v>
       </c>
       <c r="C194">
         <v>1975</v>
       </c>
       <c r="D194" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E194">
         <v>31.26</v>
       </c>
       <c r="F194" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:6">
+        <v>66</v>
+      </c>
+      <c r="G194" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>354</v>
+        <v>379</v>
       </c>
       <c r="B195" t="s">
-        <v>344</v>
+        <v>368</v>
       </c>
       <c r="C195">
         <v>1967</v>
       </c>
       <c r="D195" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E195">
         <v>31.06</v>
       </c>
       <c r="F195" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:6">
+        <v>92</v>
+      </c>
+      <c r="G195" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>355</v>
+        <v>380</v>
       </c>
       <c r="B196" t="s">
-        <v>237</v>
+        <v>259</v>
       </c>
       <c r="C196">
         <v>2014</v>
       </c>
       <c r="D196" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E196">
         <v>30.76</v>
       </c>
       <c r="F196" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:6">
+        <v>51</v>
+      </c>
+      <c r="G196" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>356</v>
+        <v>381</v>
       </c>
       <c r="B197" t="s">
-        <v>357</v>
+        <v>382</v>
       </c>
       <c r="C197">
         <v>1999</v>
       </c>
       <c r="D197" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E197">
         <v>30.7</v>
       </c>
       <c r="F197" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G197" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>358</v>
+        <v>383</v>
       </c>
       <c r="B198" t="s">
-        <v>296</v>
+        <v>317</v>
       </c>
       <c r="C198">
         <v>1935</v>
       </c>
       <c r="D198" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E198">
         <v>29.0</v>
       </c>
       <c r="F198" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G198" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>359</v>
+        <v>384</v>
       </c>
       <c r="B199" t="s">
-        <v>360</v>
+        <v>385</v>
       </c>
       <c r="C199">
         <v>2004</v>
       </c>
       <c r="D199" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E199">
         <v>28.22</v>
       </c>
       <c r="F199" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:6">
+        <v>54</v>
+      </c>
+      <c r="G199" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>361</v>
+        <v>386</v>
       </c>
       <c r="B200" t="s">
-        <v>362</v>
+        <v>387</v>
       </c>
       <c r="C200">
         <v>2014</v>
       </c>
       <c r="D200" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E200">
         <v>28.2</v>
       </c>
       <c r="F200" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:6">
+        <v>235</v>
+      </c>
+      <c r="G200" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>363</v>
+        <v>388</v>
       </c>
       <c r="B201" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="C201">
         <v>2011</v>
       </c>
       <c r="D201" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E201">
         <v>28.14</v>
       </c>
       <c r="F201" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:6">
+        <v>51</v>
+      </c>
+      <c r="G201" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>364</v>
+        <v>390</v>
       </c>
       <c r="B202" t="s">
-        <v>365</v>
+        <v>391</v>
       </c>
       <c r="C202">
         <v>1964</v>
       </c>
       <c r="D202" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E202">
         <v>28.0</v>
       </c>
       <c r="F202" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G202" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>366</v>
+        <v>392</v>
       </c>
       <c r="B203" t="s">
-        <v>367</v>
+        <v>393</v>
       </c>
       <c r="C203">
         <v>2011</v>
       </c>
       <c r="D203" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E203">
         <v>26.5</v>
       </c>
       <c r="F203" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:6">
+        <v>236</v>
+      </c>
+      <c r="G203" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>369</v>
+        <v>394</v>
       </c>
       <c r="B204" t="s">
-        <v>249</v>
+        <v>272</v>
       </c>
       <c r="C204">
         <v>1990</v>
       </c>
       <c r="D204" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E204">
         <v>26.19</v>
       </c>
       <c r="F204" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:6">
+        <v>110</v>
+      </c>
+      <c r="G204" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>370</v>
+        <v>395</v>
       </c>
       <c r="B205" t="s">
-        <v>371</v>
+        <v>396</v>
       </c>
       <c r="C205">
         <v>1971</v>
       </c>
       <c r="D205" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E205">
         <v>26.18</v>
       </c>
       <c r="F205" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G205" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>372</v>
+        <v>397</v>
       </c>
       <c r="B206" t="s">
-        <v>83</v>
+        <v>96</v>
       </c>
       <c r="C206">
         <v>2017</v>
       </c>
       <c r="D206" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E206">
         <v>25.59</v>
       </c>
       <c r="F206" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:6">
+        <v>35</v>
+      </c>
+      <c r="G206" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>373</v>
+        <v>398</v>
       </c>
       <c r="B207" t="s">
-        <v>367</v>
+        <v>393</v>
       </c>
       <c r="C207">
         <v>1960</v>
       </c>
       <c r="D207" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E207">
         <v>25.5</v>
       </c>
       <c r="F207" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G207" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>374</v>
+        <v>399</v>
       </c>
       <c r="B208" t="s">
-        <v>375</v>
+        <v>400</v>
       </c>
       <c r="C208">
         <v>1945</v>
       </c>
       <c r="D208" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E208">
         <v>24.0</v>
       </c>
       <c r="F208" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G208" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>376</v>
+        <v>401</v>
       </c>
       <c r="B209" t="s">
-        <v>377</v>
+        <v>402</v>
       </c>
       <c r="C209">
         <v>1959</v>
       </c>
       <c r="D209" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E209">
         <v>23.4</v>
       </c>
       <c r="F209" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G209" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>378</v>
+        <v>403</v>
       </c>
       <c r="B210" t="s">
-        <v>93</v>
+        <v>105</v>
       </c>
       <c r="C210">
         <v>2001</v>
       </c>
       <c r="D210" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E210">
         <v>22.71</v>
       </c>
       <c r="F210" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:6">
+        <v>54</v>
+      </c>
+      <c r="G210" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>379</v>
+        <v>404</v>
       </c>
       <c r="B211" t="s">
-        <v>380</v>
+        <v>405</v>
       </c>
       <c r="C211">
         <v>1954</v>
       </c>
       <c r="D211" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E211">
         <v>22.5</v>
       </c>
       <c r="F211" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G211" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>381</v>
+        <v>406</v>
       </c>
       <c r="B212" t="s">
-        <v>382</v>
+        <v>407</v>
       </c>
       <c r="C212">
         <v>1964</v>
       </c>
       <c r="D212" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E212">
         <v>22.08</v>
       </c>
       <c r="F212" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G212" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>383</v>
+        <v>408</v>
       </c>
       <c r="B213" t="s">
-        <v>294</v>
+        <v>315</v>
       </c>
       <c r="C213">
         <v>2023</v>
       </c>
       <c r="D213" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E213">
         <v>22.0</v>
       </c>
       <c r="F213" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:6">
+        <v>158</v>
+      </c>
+      <c r="G213" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>384</v>
+        <v>409</v>
       </c>
       <c r="B214" t="s">
-        <v>120</v>
+        <v>139</v>
       </c>
       <c r="C214">
         <v>2016</v>
       </c>
       <c r="D214" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E214">
         <v>20.27</v>
       </c>
       <c r="F214" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:6">
+        <v>410</v>
+      </c>
+      <c r="G214" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>386</v>
+        <v>411</v>
       </c>
       <c r="B215" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="C215">
         <v>2002</v>
       </c>
       <c r="D215" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E215">
         <v>19.98</v>
       </c>
       <c r="F215" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:6">
+        <v>51</v>
+      </c>
+      <c r="G215" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>387</v>
+        <v>412</v>
       </c>
       <c r="B216" t="s">
-        <v>294</v>
+        <v>315</v>
       </c>
       <c r="C216">
         <v>1974</v>
       </c>
       <c r="D216" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E216">
         <v>19.07</v>
       </c>
       <c r="F216" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G216" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>388</v>
+        <v>413</v>
       </c>
       <c r="B217" t="s">
-        <v>389</v>
+        <v>414</v>
       </c>
       <c r="C217">
         <v>1967</v>
       </c>
       <c r="D217" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E217">
         <v>19.0</v>
       </c>
       <c r="F217" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G217" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>390</v>
+        <v>415</v>
       </c>
       <c r="B218" t="s">
-        <v>132</v>
+        <v>152</v>
       </c>
       <c r="C218">
         <v>1995</v>
       </c>
       <c r="D218" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E218">
         <v>18.68</v>
       </c>
       <c r="F218" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:6">
+        <v>141</v>
+      </c>
+      <c r="G218" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>391</v>
+        <v>416</v>
       </c>
       <c r="B219" t="s">
-        <v>392</v>
+        <v>417</v>
       </c>
       <c r="C219">
         <v>2005</v>
       </c>
       <c r="D219" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E219">
         <v>18.25</v>
       </c>
       <c r="F219" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:6">
+        <v>192</v>
+      </c>
+      <c r="G219" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>393</v>
+        <v>418</v>
       </c>
       <c r="B220" t="s">
-        <v>249</v>
+        <v>272</v>
       </c>
       <c r="C220">
         <v>1811</v>
       </c>
       <c r="D220" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E220">
         <v>18.0</v>
       </c>
       <c r="F220" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G220" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>394</v>
+        <v>419</v>
       </c>
       <c r="B221" t="s">
-        <v>395</v>
+        <v>420</v>
       </c>
       <c r="C221">
         <v>2006</v>
       </c>
       <c r="D221" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E221">
         <v>17.89</v>
       </c>
       <c r="F221" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:6">
+        <v>236</v>
+      </c>
+      <c r="G221" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>396</v>
+        <v>421</v>
       </c>
       <c r="B222" t="s">
-        <v>397</v>
+        <v>422</v>
       </c>
       <c r="C222">
         <v>1947</v>
       </c>
       <c r="D222" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E222">
         <v>17.34</v>
       </c>
       <c r="F222" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:6">
+        <v>51</v>
+      </c>
+      <c r="G222" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>398</v>
+        <v>423</v>
       </c>
       <c r="B223" t="s">
-        <v>399</v>
+        <v>424</v>
       </c>
       <c r="C223">
         <v>1956</v>
       </c>
       <c r="D223" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E223">
         <v>16.84</v>
       </c>
       <c r="F223" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G223" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>400</v>
+        <v>425</v>
       </c>
       <c r="B224" t="s">
-        <v>321</v>
+        <v>344</v>
       </c>
       <c r="C224">
         <v>2006</v>
       </c>
       <c r="D224" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E224">
         <v>16.8</v>
       </c>
       <c r="F224" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:6">
+        <v>61</v>
+      </c>
+      <c r="G224" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>401</v>
+        <v>426</v>
       </c>
       <c r="B225" t="s">
-        <v>402</v>
+        <v>427</v>
       </c>
       <c r="C225">
         <v>2024</v>
       </c>
       <c r="D225" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E225">
         <v>16.0</v>
       </c>
       <c r="F225" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:6">
+        <v>51</v>
+      </c>
+      <c r="G225" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="B226" t="s">
-        <v>404</v>
+        <v>429</v>
       </c>
       <c r="C226">
         <v>1927</v>
       </c>
       <c r="D226" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E226">
         <v>15.87</v>
       </c>
       <c r="F226" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G226" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>405</v>
+        <v>430</v>
       </c>
       <c r="B227" t="s">
-        <v>406</v>
+        <v>431</v>
       </c>
       <c r="C227">
         <v>1926</v>
       </c>
       <c r="D227" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E227">
         <v>15.66</v>
       </c>
       <c r="F227" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G227" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>407</v>
+        <v>432</v>
       </c>
       <c r="B228" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="C228">
         <v>1975</v>
       </c>
       <c r="D228" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E228">
         <v>15.2</v>
       </c>
       <c r="F228" t="s">
-        <v>408</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:6">
+        <v>163</v>
+      </c>
+      <c r="G228" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>409</v>
+        <v>433</v>
       </c>
       <c r="B229" t="s">
-        <v>410</v>
+        <v>434</v>
       </c>
       <c r="C229">
         <v>1947</v>
       </c>
       <c r="D229" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E229">
         <v>15.0</v>
       </c>
       <c r="F229" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G229" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>411</v>
+        <v>435</v>
       </c>
       <c r="B230" t="s">
-        <v>412</v>
+        <v>436</v>
       </c>
       <c r="C230">
         <v>1950</v>
       </c>
       <c r="D230" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E230">
         <v>14.0</v>
       </c>
       <c r="F230" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G230" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>413</v>
+        <v>437</v>
       </c>
       <c r="B231" t="s">
-        <v>414</v>
+        <v>335</v>
       </c>
       <c r="C231">
-        <v>1993</v>
+        <v>2006</v>
       </c>
       <c r="D231" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E231">
         <v>14.0</v>
       </c>
       <c r="F231" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G231" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>415</v>
+        <v>438</v>
       </c>
       <c r="B232" t="s">
-        <v>416</v>
+        <v>439</v>
       </c>
       <c r="C232">
+        <v>1993</v>
+      </c>
+      <c r="D232" t="s">
+        <v>9</v>
+      </c>
+      <c r="E232">
+        <v>14.0</v>
+      </c>
+      <c r="F232" t="s">
+        <v>10</v>
+      </c>
+      <c r="G232" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="233" spans="1:7">
+      <c r="A233" t="s">
+        <v>440</v>
+      </c>
+      <c r="B233" t="s">
+        <v>441</v>
+      </c>
+      <c r="C233">
         <v>1972</v>
       </c>
-      <c r="D232" t="s">
-[...2 lines deleted...]
-      <c r="E232">
+      <c r="D233" t="s">
+        <v>9</v>
+      </c>
+      <c r="E233">
         <v>13.48</v>
       </c>
-      <c r="F232" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="F233" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G233" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="234" spans="1:7">
       <c r="A234" t="s">
-        <v>418</v>
+        <v>442</v>
       </c>
       <c r="B234" t="s">
-        <v>395</v>
+        <v>420</v>
       </c>
       <c r="C234">
         <v>1976</v>
       </c>
       <c r="D234" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E234">
         <v>12.81</v>
       </c>
       <c r="F234" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:6">
+        <v>248</v>
+      </c>
+      <c r="G234" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>419</v>
+        <v>443</v>
       </c>
       <c r="B235" t="s">
-        <v>404</v>
+        <v>429</v>
       </c>
       <c r="C235">
         <v>2016</v>
       </c>
       <c r="D235" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E235">
         <v>12.18</v>
       </c>
       <c r="F235" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:6">
+        <v>410</v>
+      </c>
+      <c r="G235" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>420</v>
+        <v>444</v>
       </c>
       <c r="B236" t="s">
-        <v>362</v>
+        <v>387</v>
       </c>
       <c r="C236">
         <v>1943</v>
       </c>
       <c r="D236" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E236">
         <v>12.0</v>
       </c>
       <c r="F236" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G236" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>421</v>
+        <v>445</v>
       </c>
       <c r="B237" t="s">
-        <v>329</v>
+        <v>353</v>
       </c>
       <c r="C237">
         <v>2006</v>
       </c>
       <c r="D237" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E237">
         <v>11.97</v>
       </c>
       <c r="F237" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:6">
+        <v>168</v>
+      </c>
+      <c r="G237" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>423</v>
+        <v>446</v>
       </c>
       <c r="B238" t="s">
-        <v>424</v>
+        <v>447</v>
       </c>
       <c r="C238">
         <v>1993</v>
       </c>
       <c r="D238" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E238">
         <v>11.94</v>
       </c>
       <c r="F238" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:6">
+        <v>113</v>
+      </c>
+      <c r="G238" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>426</v>
+        <v>448</v>
       </c>
       <c r="B239" t="s">
-        <v>427</v>
+        <v>449</v>
       </c>
       <c r="C239">
         <v>2010</v>
       </c>
       <c r="D239" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E239">
         <v>11.91</v>
       </c>
       <c r="F239" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:6">
+        <v>262</v>
+      </c>
+      <c r="G239" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="B240" t="s">
-        <v>429</v>
+        <v>451</v>
       </c>
       <c r="C240">
         <v>1947</v>
       </c>
       <c r="D240" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E240">
         <v>11.42</v>
       </c>
       <c r="F240" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G240" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>430</v>
+        <v>452</v>
       </c>
       <c r="B241" t="s">
-        <v>105</v>
+        <v>120</v>
       </c>
       <c r="C241">
         <v>2011</v>
       </c>
       <c r="D241" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E241">
         <v>11.3</v>
       </c>
       <c r="F241" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:6">
+        <v>103</v>
+      </c>
+      <c r="G241" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>432</v>
+        <v>453</v>
       </c>
       <c r="B242" t="s">
-        <v>269</v>
+        <v>290</v>
       </c>
       <c r="C242">
         <v>1992</v>
       </c>
       <c r="D242" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E242">
         <v>10.96</v>
       </c>
       <c r="F242" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G242" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>433</v>
+        <v>454</v>
       </c>
       <c r="B243" t="s">
-        <v>434</v>
+        <v>455</v>
       </c>
       <c r="C243">
         <v>1966</v>
       </c>
       <c r="D243" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E243">
         <v>10.72</v>
       </c>
       <c r="F243" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G243" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>435</v>
+        <v>456</v>
       </c>
       <c r="B244" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="C244">
         <v>2020</v>
       </c>
       <c r="D244" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E244">
         <v>10.16</v>
       </c>
       <c r="F244" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:6">
+        <v>137</v>
+      </c>
+      <c r="G244" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="245" spans="1:7">
       <c r="A245" t="s">
-        <v>436</v>
+        <v>457</v>
       </c>
       <c r="B245" t="s">
-        <v>437</v>
+        <v>458</v>
       </c>
       <c r="C245">
         <v>1952</v>
       </c>
       <c r="D245" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E245">
         <v>10.0</v>
       </c>
       <c r="F245" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G245" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>438</v>
+        <v>459</v>
       </c>
       <c r="B246" t="s">
-        <v>439</v>
+        <v>460</v>
       </c>
       <c r="C246">
         <v>1939</v>
       </c>
       <c r="D246" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E246">
         <v>10.0</v>
       </c>
       <c r="F246" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G246" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>440</v>
+        <v>461</v>
       </c>
       <c r="B247" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C247">
         <v>2007</v>
       </c>
       <c r="D247" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E247">
         <v>10.0</v>
       </c>
       <c r="F247" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:6">
+        <v>71</v>
+      </c>
+      <c r="G247" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>441</v>
+        <v>462</v>
       </c>
       <c r="B248" t="s">
-        <v>442</v>
+        <v>463</v>
       </c>
       <c r="C248">
         <v>1967</v>
       </c>
       <c r="D248" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E248">
         <v>9.57</v>
       </c>
       <c r="F248" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G248" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>443</v>
+        <v>464</v>
       </c>
       <c r="B249" t="s">
-        <v>444</v>
+        <v>465</v>
       </c>
       <c r="C249">
         <v>1927</v>
       </c>
       <c r="D249" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E249">
         <v>9.0</v>
       </c>
       <c r="F249" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G249" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>445</v>
+        <v>466</v>
       </c>
       <c r="B250" t="s">
-        <v>446</v>
+        <v>467</v>
       </c>
       <c r="C250">
         <v>1990</v>
       </c>
       <c r="D250" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E250">
         <v>9.0</v>
       </c>
       <c r="F250" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G250" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>447</v>
+        <v>468</v>
       </c>
       <c r="B251" t="s">
-        <v>448</v>
+        <v>469</v>
       </c>
       <c r="C251">
         <v>1958</v>
       </c>
       <c r="D251" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E251">
         <v>8.4</v>
       </c>
       <c r="F251" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G251" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>449</v>
+        <v>470</v>
       </c>
       <c r="B252" t="s">
-        <v>450</v>
+        <v>471</v>
       </c>
       <c r="C252">
         <v>1957</v>
       </c>
       <c r="D252" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E252">
         <v>8.0</v>
       </c>
       <c r="F252" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G252" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>451</v>
+        <v>472</v>
       </c>
       <c r="B253" t="s">
-        <v>229</v>
+        <v>252</v>
       </c>
       <c r="C253">
         <v>2006</v>
       </c>
       <c r="D253" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E253">
         <v>8.0</v>
       </c>
       <c r="F253" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:6">
+        <v>51</v>
+      </c>
+      <c r="G253" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="B254" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="C254">
         <v>2023</v>
       </c>
       <c r="D254" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E254">
         <v>7.95</v>
       </c>
       <c r="F254" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G254" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>453</v>
+        <v>474</v>
       </c>
       <c r="B255" t="s">
-        <v>249</v>
+        <v>272</v>
       </c>
       <c r="C255">
         <v>1991</v>
       </c>
       <c r="D255" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E255">
         <v>7.15</v>
       </c>
       <c r="F255" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:6">
+        <v>51</v>
+      </c>
+      <c r="G255" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>454</v>
+        <v>475</v>
       </c>
       <c r="B256" t="s">
-        <v>455</v>
+        <v>476</v>
       </c>
       <c r="C256">
         <v>1950</v>
       </c>
       <c r="D256" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E256">
         <v>7.0</v>
       </c>
       <c r="F256" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G256" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>456</v>
+        <v>477</v>
       </c>
       <c r="B257" t="s">
-        <v>457</v>
+        <v>478</v>
       </c>
       <c r="C257">
         <v>1992</v>
       </c>
       <c r="D257" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E257">
         <v>7.0</v>
       </c>
       <c r="F257" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G257" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>458</v>
+        <v>479</v>
       </c>
       <c r="B258" t="s">
-        <v>459</v>
+        <v>480</v>
       </c>
       <c r="C258">
         <v>1961</v>
       </c>
       <c r="D258" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E258">
         <v>7.0</v>
       </c>
       <c r="F258" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G258" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>460</v>
+        <v>481</v>
       </c>
       <c r="B259" t="s">
-        <v>461</v>
+        <v>482</v>
       </c>
       <c r="C259">
         <v>2000</v>
       </c>
       <c r="D259" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E259">
         <v>6.09</v>
       </c>
       <c r="F259" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G259" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>462</v>
+        <v>483</v>
       </c>
       <c r="B260" t="s">
-        <v>192</v>
+        <v>214</v>
       </c>
       <c r="C260">
         <v>1988</v>
       </c>
       <c r="D260" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E260">
         <v>6.04</v>
       </c>
       <c r="F260" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:6">
+        <v>51</v>
+      </c>
+      <c r="G260" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>463</v>
+        <v>484</v>
       </c>
       <c r="B261" t="s">
-        <v>461</v>
+        <v>482</v>
       </c>
       <c r="C261">
         <v>1964</v>
       </c>
       <c r="D261" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E261">
         <v>6.0</v>
       </c>
       <c r="F261" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G261" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="262" spans="1:7">
       <c r="A262" t="s">
-        <v>464</v>
+        <v>485</v>
       </c>
       <c r="B262" t="s">
-        <v>465</v>
+        <v>486</v>
       </c>
       <c r="C262">
         <v>1990</v>
       </c>
       <c r="D262" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E262">
         <v>6.0</v>
       </c>
       <c r="F262" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G262" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="263" spans="1:7">
       <c r="A263" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B263" t="s">
-        <v>467</v>
+        <v>488</v>
       </c>
       <c r="C263">
         <v>1991</v>
       </c>
       <c r="D263" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E263">
         <v>5.87</v>
       </c>
       <c r="F263" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G263" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="264" spans="1:7">
       <c r="A264" t="s">
-        <v>468</v>
+        <v>489</v>
       </c>
       <c r="B264" t="s">
-        <v>469</v>
+        <v>490</v>
       </c>
       <c r="C264">
         <v>1993</v>
       </c>
       <c r="D264" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E264">
         <v>5.0</v>
       </c>
       <c r="F264" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G264" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="265" spans="1:7">
       <c r="A265" t="s">
-        <v>470</v>
+        <v>491</v>
       </c>
       <c r="B265" t="s">
-        <v>135</v>
+        <v>156</v>
       </c>
       <c r="C265">
         <v>2014</v>
       </c>
       <c r="D265" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E265">
         <v>4.95</v>
       </c>
       <c r="F265" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:6">
+        <v>51</v>
+      </c>
+      <c r="G265" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>471</v>
+        <v>492</v>
       </c>
       <c r="B266" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="C266">
         <v>2015</v>
       </c>
       <c r="D266" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E266">
         <v>4.9</v>
       </c>
       <c r="F266" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:6">
+        <v>51</v>
+      </c>
+      <c r="G266" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="267" spans="1:7">
       <c r="A267" t="s">
-        <v>472</v>
+        <v>493</v>
       </c>
       <c r="B267" t="s">
-        <v>473</v>
+        <v>494</v>
       </c>
       <c r="C267">
         <v>1928</v>
       </c>
       <c r="D267" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E267">
         <v>4.73</v>
       </c>
       <c r="F267" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G267" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>474</v>
+        <v>495</v>
       </c>
       <c r="B268" t="s">
-        <v>116</v>
+        <v>132</v>
       </c>
       <c r="C268">
         <v>2000</v>
       </c>
       <c r="D268" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E268">
         <v>4.7</v>
       </c>
       <c r="F268" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G268" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="269" spans="1:7">
       <c r="A269" t="s">
-        <v>475</v>
+        <v>496</v>
       </c>
       <c r="B269" t="s">
-        <v>395</v>
+        <v>420</v>
       </c>
       <c r="C269">
         <v>2006</v>
       </c>
       <c r="D269" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E269">
         <v>4.6</v>
       </c>
       <c r="F269" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G269" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>476</v>
+        <v>497</v>
       </c>
       <c r="B270" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="C270">
         <v>1988</v>
       </c>
       <c r="D270" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E270">
         <v>4.5</v>
       </c>
       <c r="F270" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G270" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>477</v>
+        <v>498</v>
       </c>
       <c r="B271" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="C271">
         <v>1995</v>
       </c>
       <c r="D271" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E271">
         <v>4.3</v>
       </c>
       <c r="F271" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G271" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>478</v>
+        <v>499</v>
       </c>
       <c r="B272" t="s">
-        <v>406</v>
+        <v>431</v>
       </c>
       <c r="C272">
         <v>2012</v>
       </c>
       <c r="D272" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E272">
         <v>4.19</v>
       </c>
       <c r="F272" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:6">
+        <v>21</v>
+      </c>
+      <c r="G272" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="273" spans="1:7">
       <c r="A273" t="s">
-        <v>479</v>
+        <v>500</v>
       </c>
       <c r="B273" t="s">
-        <v>480</v>
+        <v>501</v>
       </c>
       <c r="C273">
         <v>2007</v>
       </c>
       <c r="D273" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E273">
         <v>4.06</v>
       </c>
       <c r="F273" t="s">
-        <v>481</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:6">
+        <v>107</v>
+      </c>
+      <c r="G273" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>482</v>
+        <v>502</v>
       </c>
       <c r="B274" t="s">
-        <v>483</v>
+        <v>503</v>
       </c>
       <c r="C274">
         <v>1975</v>
       </c>
       <c r="D274" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E274">
         <v>3.77</v>
       </c>
       <c r="F274" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G274" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>484</v>
+        <v>504</v>
       </c>
       <c r="B275" t="s">
-        <v>227</v>
+        <v>250</v>
       </c>
       <c r="C275">
         <v>1999</v>
       </c>
       <c r="D275" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E275">
         <v>3.21</v>
       </c>
       <c r="F275" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G275" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>485</v>
+        <v>505</v>
       </c>
       <c r="B276" t="s">
-        <v>486</v>
+        <v>506</v>
       </c>
       <c r="C276">
         <v>2019</v>
       </c>
       <c r="D276" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E276">
         <v>3.19</v>
       </c>
       <c r="F276" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G276" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="277" spans="1:7">
       <c r="A277" t="s">
-        <v>487</v>
+        <v>507</v>
       </c>
       <c r="B277" t="s">
-        <v>488</v>
+        <v>508</v>
       </c>
       <c r="C277">
         <v>1990</v>
       </c>
       <c r="D277" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E277">
         <v>3.0</v>
       </c>
       <c r="F277" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G277" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="278" spans="1:7">
       <c r="A278" t="s">
-        <v>489</v>
+        <v>509</v>
       </c>
       <c r="B278" t="s">
-        <v>490</v>
+        <v>510</v>
       </c>
       <c r="C278">
         <v>2008</v>
       </c>
       <c r="D278" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E278">
         <v>3.0</v>
       </c>
       <c r="F278" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:6">
+        <v>85</v>
+      </c>
+      <c r="G278" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="279" spans="1:7">
       <c r="A279" t="s">
-        <v>492</v>
+        <v>511</v>
       </c>
       <c r="B279" t="s">
-        <v>325</v>
+        <v>349</v>
       </c>
       <c r="C279">
         <v>2011</v>
       </c>
       <c r="D279" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E279">
         <v>2.86</v>
       </c>
       <c r="F279" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:6">
+        <v>168</v>
+      </c>
+      <c r="G279" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="280" spans="1:7">
       <c r="A280" t="s">
-        <v>493</v>
+        <v>512</v>
       </c>
       <c r="B280" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="C280">
         <v>2024</v>
       </c>
       <c r="D280" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E280">
         <v>2.32</v>
       </c>
       <c r="F280" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G280" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="281" spans="1:7">
       <c r="A281" t="s">
-        <v>494</v>
+        <v>513</v>
       </c>
       <c r="B281" t="s">
-        <v>495</v>
+        <v>514</v>
       </c>
       <c r="C281">
         <v>2015</v>
       </c>
       <c r="D281" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E281">
         <v>2.3</v>
       </c>
       <c r="F281" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:6">
+        <v>51</v>
+      </c>
+      <c r="G281" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="282" spans="1:7">
       <c r="A282" t="s">
-        <v>496</v>
+        <v>515</v>
       </c>
       <c r="B282" t="s">
-        <v>194</v>
+        <v>216</v>
       </c>
       <c r="C282">
         <v>2023</v>
       </c>
       <c r="D282" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E282">
         <v>2.26</v>
       </c>
       <c r="F282" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G282" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="283" spans="1:7">
       <c r="A283" t="s">
-        <v>497</v>
+        <v>516</v>
       </c>
       <c r="B283" t="s">
-        <v>498</v>
+        <v>517</v>
       </c>
       <c r="C283">
         <v>2010</v>
       </c>
       <c r="D283" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E283">
         <v>2.17</v>
       </c>
       <c r="F283" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:6">
+        <v>159</v>
+      </c>
+      <c r="G283" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="284" spans="1:7">
       <c r="A284" t="s">
-        <v>499</v>
+        <v>518</v>
       </c>
       <c r="B284" t="s">
-        <v>118</v>
+        <v>134</v>
       </c>
       <c r="C284">
         <v>2022</v>
       </c>
       <c r="D284" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E284">
         <v>2.08</v>
       </c>
       <c r="F284" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G284" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="285" spans="1:7">
       <c r="A285" t="s">
-        <v>500</v>
+        <v>519</v>
       </c>
       <c r="B285" t="s">
-        <v>74</v>
+        <v>87</v>
       </c>
       <c r="C285">
         <v>2021</v>
       </c>
       <c r="D285" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E285">
         <v>2.07</v>
       </c>
       <c r="F285" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G285" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="286" spans="1:7">
       <c r="A286" t="s">
-        <v>501</v>
+        <v>520</v>
       </c>
       <c r="B286" t="s">
-        <v>502</v>
+        <v>521</v>
       </c>
       <c r="C286">
         <v>1983</v>
       </c>
       <c r="D286" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E286">
         <v>2.0</v>
       </c>
       <c r="F286" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G286" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="287" spans="1:7">
       <c r="A287" t="s">
-        <v>503</v>
+        <v>522</v>
       </c>
       <c r="B287" t="s">
-        <v>302</v>
+        <v>324</v>
       </c>
       <c r="C287">
         <v>2018</v>
       </c>
       <c r="D287" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E287">
         <v>2.0</v>
       </c>
       <c r="F287" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:6">
+        <v>34</v>
+      </c>
+      <c r="G287" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="288" spans="1:7">
       <c r="A288" t="s">
-        <v>504</v>
+        <v>523</v>
       </c>
       <c r="B288" t="s">
-        <v>505</v>
+        <v>524</v>
       </c>
       <c r="C288">
         <v>1994</v>
       </c>
       <c r="D288" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E288">
         <v>1.92</v>
       </c>
       <c r="F288" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G288" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="289" spans="1:7">
       <c r="A289" t="s">
-        <v>506</v>
+        <v>525</v>
       </c>
       <c r="B289" t="s">
-        <v>316</v>
+        <v>339</v>
       </c>
       <c r="C289">
         <v>2011</v>
       </c>
       <c r="D289" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E289">
         <v>1.84</v>
       </c>
       <c r="F289" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:6">
+        <v>99</v>
+      </c>
+      <c r="G289" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="290" spans="1:7">
       <c r="A290" t="s">
-        <v>507</v>
+        <v>526</v>
       </c>
       <c r="B290" t="s">
-        <v>508</v>
+        <v>527</v>
       </c>
       <c r="C290">
         <v>2012</v>
       </c>
       <c r="D290" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E290">
         <v>1.65</v>
       </c>
       <c r="F290" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G290" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="291" spans="1:7">
       <c r="A291" t="s">
-        <v>509</v>
+        <v>528</v>
       </c>
       <c r="B291" t="s">
-        <v>467</v>
+        <v>488</v>
       </c>
       <c r="C291">
         <v>2025</v>
       </c>
       <c r="D291" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E291">
         <v>1.49</v>
       </c>
       <c r="F291" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G291" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="292" spans="1:7">
       <c r="A292" t="s">
-        <v>510</v>
+        <v>529</v>
       </c>
       <c r="B292" t="s">
-        <v>450</v>
+        <v>471</v>
       </c>
       <c r="C292">
         <v>2011</v>
       </c>
       <c r="D292" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E292">
         <v>1.42</v>
       </c>
       <c r="F292" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:6">
+        <v>10</v>
+      </c>
+      <c r="G292" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="293" spans="1:7">
       <c r="A293" t="s">
-        <v>511</v>
+        <v>530</v>
       </c>
       <c r="B293" t="s">
-        <v>442</v>
+        <v>463</v>
       </c>
       <c r="C293">
         <v>2020</v>
       </c>
       <c r="D293" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E293">
         <v>1.26</v>
       </c>
       <c r="F293" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:6">
+        <v>51</v>
+      </c>
+      <c r="G293" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="294" spans="1:7">
       <c r="A294" t="s">
-        <v>512</v>
+        <v>531</v>
       </c>
       <c r="B294" t="s">
-        <v>513</v>
+        <v>532</v>
       </c>
       <c r="C294">
         <v>2012</v>
       </c>
       <c r="D294" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E294">
         <v>1.0</v>
       </c>
       <c r="F294" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:6">
+        <v>51</v>
+      </c>
+      <c r="G294" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="295" spans="1:7">
       <c r="A295" t="s">
-        <v>514</v>
+        <v>533</v>
       </c>
       <c r="B295" t="s">
-        <v>514</v>
+        <v>533</v>
       </c>
       <c r="C295">
         <v>2003</v>
       </c>
       <c r="D295" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E295">
         <v>0.96</v>
       </c>
       <c r="F295" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:6">
+        <v>51</v>
+      </c>
+      <c r="G295" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="296" spans="1:7">
       <c r="A296" t="s">
-        <v>515</v>
+        <v>534</v>
       </c>
       <c r="B296" t="s">
-        <v>395</v>
+        <v>420</v>
       </c>
       <c r="C296">
         <v>2006</v>
       </c>
       <c r="D296" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E296">
         <v>0.92</v>
       </c>
       <c r="F296" t="s">
-        <v>516</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:6">
+        <v>535</v>
+      </c>
+      <c r="G296" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="297" spans="1:7">
       <c r="A297" t="s">
-        <v>517</v>
+        <v>536</v>
       </c>
       <c r="B297" t="s">
-        <v>518</v>
+        <v>537</v>
       </c>
       <c r="C297">
         <v>2013</v>
       </c>
       <c r="D297" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E297">
         <v>0.7</v>
       </c>
       <c r="F297" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:6">
+        <v>51</v>
+      </c>
+      <c r="G297" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>519</v>
+        <v>538</v>
       </c>
       <c r="B298" t="s">
-        <v>520</v>
+        <v>539</v>
       </c>
       <c r="C298">
         <v>2012</v>
       </c>
       <c r="D298" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E298">
         <v>0.5</v>
       </c>
       <c r="F298" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:6">
+        <v>51</v>
+      </c>
+      <c r="G298" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>521</v>
+        <v>540</v>
       </c>
       <c r="B299" t="s">
-        <v>450</v>
+        <v>471</v>
       </c>
       <c r="C299">
         <v>2016</v>
       </c>
       <c r="D299" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E299">
         <v>0.35</v>
       </c>
       <c r="F299" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:6">
+        <v>51</v>
+      </c>
+      <c r="G299" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>522</v>
+        <v>541</v>
       </c>
       <c r="B300" t="s">
-        <v>498</v>
+        <v>517</v>
       </c>
       <c r="C300">
         <v>2012</v>
       </c>
       <c r="D300" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E300">
         <v>0.3</v>
       </c>
       <c r="F300" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:6">
+        <v>175</v>
+      </c>
+      <c r="G300" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="301" spans="1:7">
       <c r="A301" t="s">
-        <v>523</v>
+        <v>542</v>
       </c>
       <c r="B301" t="s">
-        <v>523</v>
+        <v>542</v>
       </c>
       <c r="C301">
         <v>2015</v>
       </c>
       <c r="D301" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E301">
         <v>0.16</v>
       </c>
       <c r="F301" t="s">
-        <v>234</v>
+        <v>66</v>
+      </c>
+      <c r="G301" t="s">
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">