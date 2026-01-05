--- v2 (2025-12-07)
+++ v3 (2026-01-05)
@@ -68,1620 +68,1620 @@
   <si>
     <t>0%</t>
   </si>
   <si>
     <t>NBIM</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>SWF</t>
   </si>
   <si>
     <t>2%</t>
   </si>
   <si>
     <t>GPIF</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>PPF</t>
   </si>
   <si>
+    <t>51%</t>
+  </si>
+  <si>
+    <t>SAFE IC</t>
+  </si>
+  <si>
+    <t>28%</t>
+  </si>
+  <si>
+    <t>74%</t>
+  </si>
+  <si>
+    <t>CIC</t>
+  </si>
+  <si>
+    <t>65%</t>
+  </si>
+  <si>
+    <t>BoJ</t>
+  </si>
+  <si>
+    <t>ADIA</t>
+  </si>
+  <si>
+    <t>UAE - Abu Dhabi</t>
+  </si>
+  <si>
+    <t>33%</t>
+  </si>
+  <si>
+    <t>PIF</t>
+  </si>
+  <si>
+    <t>Saudi Arabia</t>
+  </si>
+  <si>
+    <t>55%</t>
+  </si>
+  <si>
+    <t>80%</t>
+  </si>
+  <si>
+    <t>SNB</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>KIA</t>
+  </si>
+  <si>
+    <t>Kuwait</t>
+  </si>
+  <si>
+    <t>25%</t>
+  </si>
+  <si>
+    <t>10%</t>
+  </si>
+  <si>
+    <t>NPS</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>17%</t>
+  </si>
+  <si>
+    <t>45%</t>
+  </si>
+  <si>
+    <t>FRTIB</t>
+  </si>
+  <si>
+    <t>USA</t>
+  </si>
+  <si>
+    <t>100%</t>
+  </si>
+  <si>
+    <t>GIC</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>39%</t>
+  </si>
+  <si>
+    <t>CBR</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>RBI</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>APG</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>24%</t>
+  </si>
+  <si>
+    <t>5%</t>
+  </si>
+  <si>
+    <t>CBC</t>
+  </si>
+  <si>
+    <t>Taiwan</t>
+  </si>
+  <si>
+    <t>CalPERS</t>
+  </si>
+  <si>
+    <t>USA - CA</t>
+  </si>
+  <si>
+    <t>34%</t>
+  </si>
+  <si>
+    <t>QIA</t>
+  </si>
+  <si>
+    <t>Qatar</t>
+  </si>
+  <si>
+    <t>29%</t>
+  </si>
+  <si>
+    <t>DB</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>CPP</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>60%</t>
+  </si>
+  <si>
+    <t>HKMA EF</t>
+  </si>
+  <si>
+    <t>China - HKSAR</t>
+  </si>
+  <si>
+    <t>CPF</t>
+  </si>
+  <si>
+    <t>NSSF</t>
+  </si>
+  <si>
+    <t>14%</t>
+  </si>
+  <si>
+    <t>91%</t>
+  </si>
+  <si>
+    <t>SAMA</t>
+  </si>
+  <si>
+    <t>BoK</t>
+  </si>
+  <si>
+    <t>ICD</t>
+  </si>
+  <si>
+    <t>UAE - Dubai</t>
+  </si>
+  <si>
+    <t>66%</t>
+  </si>
+  <si>
+    <t>49%</t>
+  </si>
+  <si>
+    <t>BdI</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>BdF</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>MAS</t>
+  </si>
+  <si>
+    <t>CalSTRS</t>
+  </si>
+  <si>
+    <t>42%</t>
+  </si>
+  <si>
+    <t>67%</t>
+  </si>
+  <si>
+    <t>GOSI</t>
+  </si>
+  <si>
+    <t>85%</t>
+  </si>
+  <si>
+    <t>La Caisse</t>
+  </si>
+  <si>
+    <t>Canada - QC</t>
+  </si>
+  <si>
+    <t>30%</t>
+  </si>
+  <si>
+    <t>BCBr</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>TWF</t>
+  </si>
+  <si>
+    <t>Turkiye</t>
+  </si>
+  <si>
+    <t>Mubadala</t>
+  </si>
+  <si>
+    <t>23%</t>
+  </si>
+  <si>
+    <t>EPFO</t>
+  </si>
+  <si>
+    <t>KWSP / EPF</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Temasek</t>
+  </si>
+  <si>
+    <t>50%</t>
+  </si>
+  <si>
+    <t>27%</t>
+  </si>
+  <si>
+    <t>NYC Compt</t>
+  </si>
+  <si>
+    <t>USA - NY</t>
+  </si>
+  <si>
+    <t>20%</t>
+  </si>
+  <si>
+    <t>81%</t>
+  </si>
+  <si>
+    <t>NYSCRF</t>
+  </si>
+  <si>
+    <t>90%</t>
+  </si>
+  <si>
+    <t>SBA Florida</t>
+  </si>
+  <si>
+    <t>USA - FL</t>
+  </si>
+  <si>
+    <t>75%</t>
+  </si>
+  <si>
+    <t>CBUAE</t>
+  </si>
+  <si>
+    <t>UAE</t>
+  </si>
+  <si>
+    <t>BoT</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>PGGM</t>
+  </si>
+  <si>
+    <t>BLF</t>
+  </si>
+  <si>
+    <t>48%</t>
+  </si>
+  <si>
+    <t>NBP</t>
+  </si>
+  <si>
+    <t>Poland</t>
+  </si>
+  <si>
+    <t>Chikyoren</t>
+  </si>
+  <si>
     <t>1%</t>
   </si>
   <si>
-    <t>51%</t>
-[...2 lines deleted...]
-    <t>SAFE IC</t>
+    <t>58%</t>
+  </si>
+  <si>
+    <t>ADQ</t>
+  </si>
+  <si>
+    <t>Fed</t>
+  </si>
+  <si>
+    <t>AustralianSuper</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>26%</t>
+  </si>
+  <si>
+    <t>Banxico</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>BoI</t>
+  </si>
+  <si>
+    <t>Israel</t>
+  </si>
+  <si>
+    <t>ART</t>
+  </si>
+  <si>
+    <t>Australia - QLD</t>
+  </si>
+  <si>
+    <t>AP1-6</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>Texas TRS</t>
+  </si>
+  <si>
+    <t>USA - TX</t>
+  </si>
+  <si>
+    <t>BoE</t>
+  </si>
+  <si>
+    <t>UK</t>
+  </si>
+  <si>
+    <t>Future Fund</t>
+  </si>
+  <si>
+    <t>43%</t>
+  </si>
+  <si>
+    <t>PSP</t>
+  </si>
+  <si>
+    <t>54%</t>
+  </si>
+  <si>
+    <t>19%</t>
+  </si>
+  <si>
+    <t>KIC</t>
   </si>
   <si>
     <t>22%</t>
   </si>
   <si>
-    <t>74%</t>
-[...8 lines deleted...]
-    <t>67%</t>
+    <t>BCI</t>
+  </si>
+  <si>
+    <t>Canada - BC</t>
+  </si>
+  <si>
+    <t>38%</t>
+  </si>
+  <si>
+    <t>OTPP</t>
+  </si>
+  <si>
+    <t>Canada - ON</t>
+  </si>
+  <si>
+    <t>36%</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>TCMB</t>
+  </si>
+  <si>
+    <t>WSIB</t>
+  </si>
+  <si>
+    <t>USA - WA</t>
+  </si>
+  <si>
+    <t>NPST</t>
+  </si>
+  <si>
+    <t>SWIB</t>
+  </si>
+  <si>
+    <t>USA - WI</t>
+  </si>
+  <si>
+    <t>NWF RU</t>
+  </si>
+  <si>
+    <t>83%</t>
+  </si>
+  <si>
+    <t>CNB</t>
+  </si>
+  <si>
+    <t>Czech Republic</t>
+  </si>
+  <si>
+    <t>MPFA</t>
+  </si>
+  <si>
+    <t>Danantara</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>71%</t>
+  </si>
+  <si>
+    <t>PIC</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>6%</t>
+  </si>
+  <si>
+    <t>93%</t>
+  </si>
+  <si>
+    <t>PIFSS-Wafra</t>
+  </si>
+  <si>
+    <t>40%</t>
+  </si>
+  <si>
+    <t>NYS TRS</t>
+  </si>
+  <si>
+    <t>78%</t>
+  </si>
+  <si>
+    <t>BI</t>
+  </si>
+  <si>
+    <t>MSBI</t>
+  </si>
+  <si>
+    <t>USA - MN</t>
+  </si>
+  <si>
+    <t>72%</t>
+  </si>
+  <si>
+    <t>Ohio PERS</t>
+  </si>
+  <si>
+    <t>USA - OH</t>
+  </si>
+  <si>
+    <t>AP7</t>
+  </si>
+  <si>
+    <t>4%</t>
+  </si>
+  <si>
+    <t>Aware Super</t>
+  </si>
+  <si>
+    <t>35%</t>
   </si>
   <si>
     <t>ECB</t>
   </si>
   <si>
     <t>Eurosystem</t>
   </si>
   <si>
-    <t>BoJ</t>
-[...5 lines deleted...]
-    <t>UAE - Abu Dhabi</t>
+    <t>BdE</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>NCRS</t>
+  </si>
+  <si>
+    <t>USA - NC</t>
+  </si>
+  <si>
+    <t>BoC</t>
+  </si>
+  <si>
+    <t>AIMCo</t>
+  </si>
+  <si>
+    <t>Canada - AB</t>
+  </si>
+  <si>
+    <t>41%</t>
+  </si>
+  <si>
+    <t>BNM</t>
+  </si>
+  <si>
+    <t>BVK</t>
+  </si>
+  <si>
+    <t>Alecta</t>
+  </si>
+  <si>
+    <t>Georgia TRS</t>
+  </si>
+  <si>
+    <t>USA - GA</t>
+  </si>
+  <si>
+    <t>EIA</t>
+  </si>
+  <si>
+    <t>21%</t>
+  </si>
+  <si>
+    <t>PFA DK</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>MassPRIM</t>
+  </si>
+  <si>
+    <t>USA - MA</t>
+  </si>
+  <si>
+    <t>31%</t>
+  </si>
+  <si>
+    <t>DNB</t>
+  </si>
+  <si>
+    <t>NDF</t>
+  </si>
+  <si>
+    <t>Virginia RS</t>
+  </si>
+  <si>
+    <t>USA - VA</t>
+  </si>
+  <si>
+    <t>BSP</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>ATP Groep</t>
+  </si>
+  <si>
+    <t>56%</t>
+  </si>
+  <si>
+    <t>Ohio STF</t>
+  </si>
+  <si>
+    <t>79%</t>
+  </si>
+  <si>
+    <t>DN</t>
+  </si>
+  <si>
+    <t>UniSuper</t>
+  </si>
+  <si>
+    <t>15%</t>
+  </si>
+  <si>
+    <t>OMERS</t>
+  </si>
+  <si>
+    <t>70%</t>
+  </si>
+  <si>
+    <t>16%</t>
+  </si>
+  <si>
+    <t>Amitim</t>
+  </si>
+  <si>
+    <t>64%</t>
+  </si>
+  <si>
+    <t>CBL</t>
+  </si>
+  <si>
+    <t>Libya</t>
+  </si>
+  <si>
+    <t>CBIraq</t>
+  </si>
+  <si>
+    <t>Iraq</t>
+  </si>
+  <si>
+    <t>Oregon PERF</t>
+  </si>
+  <si>
+    <t>USA - OR</t>
+  </si>
+  <si>
+    <t>BCRP</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>KLP</t>
+  </si>
+  <si>
+    <t>Aramco PF</t>
+  </si>
+  <si>
+    <t>QIC</t>
+  </si>
+  <si>
+    <t>LACERA</t>
+  </si>
+  <si>
+    <t>HostPlus</t>
+  </si>
+  <si>
+    <t>SSO</t>
+  </si>
+  <si>
+    <t>MPSERS</t>
+  </si>
+  <si>
+    <t>USA - MI</t>
+  </si>
+  <si>
+    <t>47%</t>
+  </si>
+  <si>
+    <t>PFA JP</t>
+  </si>
+  <si>
+    <t>KEVA</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>18%</t>
+  </si>
+  <si>
+    <t>HOOPP</t>
+  </si>
+  <si>
+    <t>Alaska PFC</t>
+  </si>
+  <si>
+    <t>USA - AK</t>
+  </si>
+  <si>
+    <t>Samruk Kazyna</t>
+  </si>
+  <si>
+    <t>Kazakhstan</t>
+  </si>
+  <si>
+    <t>62%</t>
+  </si>
+  <si>
+    <t>SBV</t>
+  </si>
+  <si>
+    <t>Vietnam</t>
+  </si>
+  <si>
+    <t>Illinois STRS</t>
+  </si>
+  <si>
+    <t>USA - IL</t>
+  </si>
+  <si>
+    <t>DIF</t>
+  </si>
+  <si>
+    <t>Penn PSERS</t>
+  </si>
+  <si>
+    <t>USA - PA</t>
+  </si>
+  <si>
+    <t>NLGPS</t>
+  </si>
+  <si>
+    <t>NJ DoI</t>
+  </si>
+  <si>
+    <t>USA - NJ</t>
+  </si>
+  <si>
+    <t>PNB</t>
+  </si>
+  <si>
+    <t>13%</t>
+  </si>
+  <si>
+    <t>84%</t>
+  </si>
+  <si>
+    <t>TCorp</t>
+  </si>
+  <si>
+    <t>Australia - NSW</t>
+  </si>
+  <si>
+    <t>BNR</t>
+  </si>
+  <si>
+    <t>Romania</t>
+  </si>
+  <si>
+    <t>FGS</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>NB</t>
+  </si>
+  <si>
+    <t>Maryland SRA</t>
+  </si>
+  <si>
+    <t>USA - MD</t>
+  </si>
+  <si>
+    <t>BIA</t>
+  </si>
+  <si>
+    <t>Brunei</t>
+  </si>
+  <si>
+    <t>RBA</t>
+  </si>
+  <si>
+    <t>DH</t>
+  </si>
+  <si>
+    <t>94%</t>
+  </si>
+  <si>
+    <t>QCB</t>
+  </si>
+  <si>
+    <t>BCPP</t>
+  </si>
+  <si>
+    <t>Kokkyoren</t>
+  </si>
+  <si>
+    <t>53%</t>
+  </si>
+  <si>
+    <t>SOFAZ</t>
+  </si>
+  <si>
+    <t>Azerbaijan</t>
+  </si>
+  <si>
+    <t>9%</t>
+  </si>
+  <si>
+    <t>PKA</t>
+  </si>
+  <si>
+    <t>8%</t>
+  </si>
+  <si>
+    <t>SARB</t>
+  </si>
+  <si>
+    <t>CBUS</t>
+  </si>
+  <si>
+    <t>LIA</t>
+  </si>
+  <si>
+    <t>NF-NIC</t>
+  </si>
+  <si>
+    <t>COPERA</t>
+  </si>
+  <si>
+    <t>USA - CO</t>
+  </si>
+  <si>
+    <t>BanRep</t>
+  </si>
+  <si>
+    <t>Colombia</t>
+  </si>
+  <si>
+    <t>Bportugal</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>REST</t>
+  </si>
+  <si>
+    <t>SRB</t>
+  </si>
+  <si>
+    <t>HESTA</t>
+  </si>
+  <si>
+    <t>VFMC</t>
+  </si>
+  <si>
+    <t>Australia - VIC</t>
+  </si>
+  <si>
+    <t>New Mexico SIC</t>
+  </si>
+  <si>
+    <t>USA - NM</t>
+  </si>
+  <si>
+    <t>NBK</t>
+  </si>
+  <si>
+    <t>IMCO</t>
+  </si>
+  <si>
+    <t>Bpifrance</t>
+  </si>
+  <si>
+    <t>PensionDanmark</t>
+  </si>
+  <si>
+    <t>Texas PSF</t>
+  </si>
+  <si>
+    <t>ADPF</t>
+  </si>
+  <si>
+    <t>NBB</t>
+  </si>
+  <si>
+    <t>Belgium</t>
+  </si>
+  <si>
+    <t>NBU</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>GPSSA</t>
+  </si>
+  <si>
+    <t>OIA</t>
+  </si>
+  <si>
+    <t>Oman</t>
+  </si>
+  <si>
+    <t>OENB</t>
+  </si>
+  <si>
+    <t>Austria</t>
+  </si>
+  <si>
+    <t>ESSS</t>
+  </si>
+  <si>
+    <t>NZ Super Fund</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>KTCU</t>
+  </si>
+  <si>
+    <t>BdL</t>
+  </si>
+  <si>
+    <t>Lebanon</t>
+  </si>
+  <si>
+    <t>CBE</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Bcentral</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>CBU</t>
+  </si>
+  <si>
+    <t>Uzbekistan</t>
+  </si>
+  <si>
+    <t>MNB</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>BNB</t>
+  </si>
+  <si>
+    <t>Bulgaria</t>
+  </si>
+  <si>
+    <t>PUBLICA</t>
+  </si>
+  <si>
+    <t>CBK</t>
+  </si>
+  <si>
+    <t>EIH</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>BKAM</t>
+  </si>
+  <si>
+    <t>Morocco</t>
+  </si>
+  <si>
+    <t>GPF</t>
+  </si>
+  <si>
+    <t>PREVI</t>
+  </si>
+  <si>
+    <t>99%</t>
+  </si>
+  <si>
+    <t>London CIV</t>
+  </si>
+  <si>
+    <t>Texas MRS</t>
+  </si>
+  <si>
+    <t>BVK Zurich</t>
+  </si>
+  <si>
+    <t>CBN</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>CSC</t>
+  </si>
+  <si>
+    <t>AIH</t>
+  </si>
+  <si>
+    <t>CDG</t>
+  </si>
+  <si>
+    <t>BCRA</t>
+  </si>
+  <si>
+    <t>Texas PUF</t>
+  </si>
+  <si>
+    <t>KWAP</t>
+  </si>
+  <si>
+    <t>FTF</t>
+  </si>
+  <si>
+    <t>82%</t>
+  </si>
+  <si>
+    <t>BoA</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>GRSIA (Daman)</t>
+  </si>
+  <si>
+    <t>11%</t>
+  </si>
+  <si>
+    <t>NWF UK</t>
+  </si>
+  <si>
+    <t>BVV</t>
+  </si>
+  <si>
+    <t>NBSr</t>
+  </si>
+  <si>
+    <t>Serbia</t>
+  </si>
+  <si>
+    <t>CBIran</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>GSIS</t>
+  </si>
+  <si>
+    <t>RBNZ</t>
+  </si>
+  <si>
+    <t>Wyoming STO</t>
+  </si>
+  <si>
+    <t>USA - WY</t>
+  </si>
+  <si>
+    <t>46%</t>
+  </si>
+  <si>
+    <t>BanGuat</t>
+  </si>
+  <si>
+    <t>Guatemala</t>
+  </si>
+  <si>
+    <t>Khazanah</t>
+  </si>
+  <si>
+    <t>BB</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>OBAG</t>
+  </si>
+  <si>
+    <t>Baiterek</t>
+  </si>
+  <si>
+    <t>AMCM</t>
+  </si>
+  <si>
+    <t>China - MSAR</t>
+  </si>
+  <si>
+    <t>FDC</t>
+  </si>
+  <si>
+    <t>Luxembourg</t>
+  </si>
+  <si>
+    <t>ISIF</t>
+  </si>
+  <si>
+    <t>Ireland</t>
   </si>
   <si>
     <t>32%</t>
   </si>
   <si>
-    <t>KIA</t>
-[...98 lines deleted...]
-    <t>Canada</t>
+    <t>73%</t>
+  </si>
+  <si>
+    <t>RDIF</t>
+  </si>
+  <si>
+    <t>96%</t>
+  </si>
+  <si>
+    <t>SPF</t>
+  </si>
+  <si>
+    <t>NDFI</t>
+  </si>
+  <si>
+    <t>VER</t>
+  </si>
+  <si>
+    <t>KENFO</t>
+  </si>
+  <si>
+    <t>NBC</t>
+  </si>
+  <si>
+    <t>Cambodia</t>
+  </si>
+  <si>
+    <t>CBJ</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>BCEAO</t>
+  </si>
+  <si>
+    <t>West African System</t>
+  </si>
+  <si>
+    <t>SP</t>
+  </si>
+  <si>
+    <t>FRR</t>
+  </si>
+  <si>
+    <t>BCU</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
+  </si>
+  <si>
+    <t>NRB</t>
+  </si>
+  <si>
+    <t>Nepal</t>
+  </si>
+  <si>
+    <t>PFR</t>
+  </si>
+  <si>
+    <t>95%</t>
+  </si>
+  <si>
+    <t>TtE</t>
+  </si>
+  <si>
+    <t>Greece</t>
+  </si>
+  <si>
+    <t>Bouwinvest</t>
+  </si>
+  <si>
+    <t>CBO</t>
+  </si>
+  <si>
+    <t>OPTrust</t>
+  </si>
+  <si>
+    <t>TL PF</t>
+  </si>
+  <si>
+    <t>Timor Leste</t>
+  </si>
+  <si>
+    <t>NBSl</t>
+  </si>
+  <si>
+    <t>Slovakia</t>
+  </si>
+  <si>
+    <t>Mumtalakat</t>
+  </si>
+  <si>
+    <t>Bahrain</t>
+  </si>
+  <si>
+    <t>SK CIC</t>
+  </si>
+  <si>
+    <t>Canada - SK</t>
+  </si>
+  <si>
+    <t>UFRD</t>
+  </si>
+  <si>
+    <t>Mutapa IF</t>
+  </si>
+  <si>
+    <t>Zimbabwe</t>
+  </si>
+  <si>
+    <t>BCCR</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>BNA</t>
+  </si>
+  <si>
+    <t>Angola</t>
+  </si>
+  <si>
+    <t>POBA</t>
+  </si>
+  <si>
+    <t>SBP</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>BCRD</t>
+  </si>
+  <si>
+    <t>Dominican Republic</t>
+  </si>
+  <si>
+    <t>Chile ESSF-PRF</t>
+  </si>
+  <si>
+    <t>CBIreland</t>
+  </si>
+  <si>
+    <t>BEAC</t>
+  </si>
+  <si>
+    <t>Central African System</t>
+  </si>
+  <si>
+    <t>BCV</t>
+  </si>
+  <si>
+    <t>Venezuela</t>
+  </si>
+  <si>
+    <t>SIO-MPF</t>
+  </si>
+  <si>
+    <t>GrowthFund</t>
+  </si>
+  <si>
+    <t>SFPIM</t>
+  </si>
+  <si>
+    <t>SDH / SSH</t>
+  </si>
+  <si>
+    <t>Slovenia</t>
+  </si>
+  <si>
+    <t>ND LF</t>
+  </si>
+  <si>
+    <t>USA - ND</t>
+  </si>
+  <si>
+    <t>CDP Equity</t>
+  </si>
+  <si>
+    <t>CBAR</t>
+  </si>
+  <si>
+    <t>CBKy</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>BCP</t>
+  </si>
+  <si>
+    <t>Paraguay</t>
+  </si>
+  <si>
+    <t>INA</t>
+  </si>
+  <si>
+    <t>97%</t>
+  </si>
+  <si>
+    <t>CADF</t>
+  </si>
+  <si>
+    <t>BCH</t>
+  </si>
+  <si>
+    <t>Honduras</t>
+  </si>
+  <si>
+    <t>BCE</t>
+  </si>
+  <si>
+    <t>Ecuador</t>
+  </si>
+  <si>
+    <t>BoM</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>NBRB</t>
+  </si>
+  <si>
+    <t>Belarus</t>
+  </si>
+  <si>
+    <t>BCT</t>
+  </si>
+  <si>
+    <t>Tunisia</t>
+  </si>
+  <si>
+    <t>BoG</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>SCIC</t>
+  </si>
+  <si>
+    <t>HKIC</t>
+  </si>
+  <si>
+    <t>Solidium</t>
+  </si>
+  <si>
+    <t>BeS</t>
+  </si>
+  <si>
+    <t>Albania</t>
+  </si>
+  <si>
+    <t>SBI</t>
+  </si>
+  <si>
+    <t>Iceland</t>
+  </si>
+  <si>
+    <t>T&amp;T HSF</t>
+  </si>
+  <si>
+    <t>Trinidad &amp; Tobago</t>
+  </si>
+  <si>
+    <t>BBB IP</t>
+  </si>
+  <si>
+    <t>COFIDES</t>
+  </si>
+  <si>
+    <t>CBTT</t>
+  </si>
+  <si>
+    <t>LiB</t>
+  </si>
+  <si>
+    <t>Lithuania</t>
+  </si>
+  <si>
+    <t>MB</t>
+  </si>
+  <si>
+    <t>Mongolia</t>
+  </si>
+  <si>
+    <t>LaB</t>
+  </si>
+  <si>
+    <t>Latvia</t>
+  </si>
+  <si>
+    <t>NIIF</t>
+  </si>
+  <si>
+    <t>FEIP+FMPED</t>
+  </si>
+  <si>
+    <t>CBB</t>
+  </si>
+  <si>
+    <t>KWAN / NTF</t>
+  </si>
+  <si>
+    <t>FAE+FAEP</t>
+  </si>
+  <si>
+    <t>FSDEA</t>
+  </si>
+  <si>
+    <t>DHI</t>
+  </si>
+  <si>
+    <t>Bhutan</t>
+  </si>
+  <si>
+    <t>BdM</t>
+  </si>
+  <si>
+    <t>Mozambique</t>
+  </si>
+  <si>
+    <t>SAM</t>
+  </si>
+  <si>
+    <t>UAE - Sharjah</t>
+  </si>
+  <si>
+    <t>BCBo</t>
+  </si>
+  <si>
+    <t>Bolivia</t>
+  </si>
+  <si>
+    <t>FEF</t>
+  </si>
+  <si>
+    <t>NRF</t>
+  </si>
+  <si>
+    <t>Guyana</t>
+  </si>
+  <si>
+    <t>FAP</t>
+  </si>
+  <si>
+    <t>Panama</t>
+  </si>
+  <si>
+    <t>7%</t>
+  </si>
+  <si>
+    <t>HNB</t>
+  </si>
+  <si>
+    <t>Croatia</t>
+  </si>
+  <si>
+    <t>NSIA</t>
+  </si>
+  <si>
+    <t>MGI</t>
+  </si>
+  <si>
+    <t>Malta</t>
+  </si>
+  <si>
+    <t>Maharlika</t>
+  </si>
+  <si>
+    <t>RSSB</t>
+  </si>
+  <si>
+    <t>Rwanda</t>
+  </si>
+  <si>
+    <t>CIF</t>
+  </si>
+  <si>
+    <t>FFSB</t>
+  </si>
+  <si>
+    <t>ECCB</t>
+  </si>
+  <si>
+    <t>East Caribbean System</t>
+  </si>
+  <si>
+    <t>TSFE</t>
+  </si>
+  <si>
+    <t>Pula Fund</t>
+  </si>
+  <si>
+    <t>Botswana</t>
+  </si>
+  <si>
+    <t>Sarawak</t>
+  </si>
+  <si>
+    <t>Ithmar Capital</t>
+  </si>
+  <si>
+    <t>52%</t>
+  </si>
+  <si>
+    <t>Chinggis Fund</t>
+  </si>
+  <si>
+    <t>GHF+GSF</t>
+  </si>
+  <si>
+    <t>MIC</t>
+  </si>
+  <si>
+    <t>FONSIS</t>
+  </si>
+  <si>
+    <t>Senegal</t>
+  </si>
+  <si>
+    <t>Palestine</t>
+  </si>
+  <si>
+    <t>FGR</t>
+  </si>
+  <si>
+    <t>FSI</t>
+  </si>
+  <si>
+    <t>Guinea</t>
+  </si>
+  <si>
+    <t>FGIS</t>
+  </si>
+  <si>
+    <t>Gabon</t>
+  </si>
+  <si>
+    <t>GIIF</t>
+  </si>
+  <si>
+    <t>Agaciro Fund</t>
   </si>
   <si>
     <t>12%</t>
-  </si>
-[...1423 lines deleted...]
-    <t>Agaciro Fund</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -2033,6931 +2033,6931 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2">
         <v>1948</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>3602.07</v>
+        <v>3723.65</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3">
         <v>1997</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3">
         <v>2048.09</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4">
         <v>2006</v>
       </c>
       <c r="D4" t="s">
         <v>17</v>
       </c>
       <c r="E4">
-        <v>1799.26</v>
+        <v>1868.26</v>
       </c>
       <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5">
         <v>1997</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5">
-        <v>1581.82</v>
+        <v>1694.2</v>
       </c>
       <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6">
         <v>2007</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6">
-        <v>1332.07</v>
+        <v>1567.33</v>
       </c>
       <c r="F6" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B7" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="C7">
-        <v>1998</v>
+        <v>1882</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
-        <v>1319.0</v>
+        <v>1341.27</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="C8">
-        <v>1882</v>
+        <v>1967</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E8">
-        <v>1230.72</v>
+        <v>1186.97</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" t="s">
         <v>29</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9">
+        <v>1971</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9">
+        <v>1151.28</v>
+      </c>
+      <c r="F9" t="s">
         <v>30</v>
       </c>
-      <c r="C9">
-[...8 lines deleted...]
-      <c r="F9" t="s">
+      <c r="G9" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" t="s">
         <v>33</v>
       </c>
       <c r="C10">
-        <v>1953</v>
+        <v>1907</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E10">
-        <v>1002.03</v>
+        <v>1054.11</v>
       </c>
       <c r="F10" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="G10" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
+        <v>34</v>
+      </c>
+      <c r="B11" t="s">
+        <v>35</v>
+      </c>
+      <c r="C11">
+        <v>1953</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11">
+        <v>1002.03</v>
+      </c>
+      <c r="F11" t="s">
         <v>36</v>
       </c>
-      <c r="B11" t="s">
+      <c r="G11" t="s">
         <v>37</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>38</v>
       </c>
       <c r="B12" t="s">
         <v>39</v>
       </c>
       <c r="C12">
-        <v>1981</v>
+        <v>1988</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E12">
-        <v>935.98</v>
+        <v>972.75</v>
       </c>
       <c r="F12" t="s">
         <v>40</v>
       </c>
       <c r="G12" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B13" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C13">
-        <v>1971</v>
+        <v>1986</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E13">
-        <v>930.0</v>
+        <v>963.37</v>
       </c>
       <c r="F13" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="G13" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>45</v>
       </c>
       <c r="B14" t="s">
         <v>46</v>
       </c>
       <c r="C14">
-        <v>1988</v>
+        <v>1981</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E14">
-        <v>902.87</v>
+        <v>935.98</v>
       </c>
       <c r="F14" t="s">
         <v>47</v>
       </c>
       <c r="G14" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
+        <v>48</v>
+      </c>
+      <c r="B15" t="s">
         <v>49</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>1986</v>
+        <v>1990</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E15">
-        <v>856.92</v>
+        <v>741.5</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B16" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C16">
-        <v>1922</v>
+        <v>1935</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E16">
-        <v>641.01</v>
+        <v>687.26</v>
       </c>
       <c r="F16" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="G16" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
+        <v>52</v>
+      </c>
+      <c r="B17" t="s">
+        <v>53</v>
+      </c>
+      <c r="C17">
+        <v>1922</v>
+      </c>
+      <c r="D17" t="s">
+        <v>17</v>
+      </c>
+      <c r="E17">
+        <v>641.01</v>
+      </c>
+      <c r="F17" t="s">
+        <v>54</v>
+      </c>
+      <c r="G17" t="s">
         <v>55</v>
-      </c>
-[...16 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
+        <v>56</v>
+      </c>
+      <c r="B18" t="s">
         <v>57</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>1990</v>
+        <v>1924</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
       <c r="E18">
-        <v>632.7</v>
+        <v>600.2</v>
       </c>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
+        <v>58</v>
+      </c>
+      <c r="B19" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="C19">
         <v>1932</v>
       </c>
       <c r="D19" t="s">
         <v>17</v>
       </c>
       <c r="E19">
-        <v>585.0</v>
+        <v>596.0</v>
       </c>
       <c r="F19" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
+        <v>61</v>
+      </c>
+      <c r="B20" t="s">
         <v>62</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20">
+        <v>2005</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20">
+        <v>579.87</v>
+      </c>
+      <c r="F20" t="s">
+        <v>41</v>
+      </c>
+      <c r="G20" t="s">
         <v>63</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>64</v>
       </c>
       <c r="B21" t="s">
         <v>65</v>
       </c>
       <c r="C21">
-        <v>1997</v>
+        <v>1957</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E21">
-        <v>558.71</v>
+        <v>558.8</v>
       </c>
       <c r="F21" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="G21" t="s">
-        <v>66</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" t="s">
         <v>67</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22">
+        <v>1997</v>
+      </c>
+      <c r="D22" t="s">
+        <v>17</v>
+      </c>
+      <c r="E22">
+        <v>558.71</v>
+      </c>
+      <c r="F22" t="s">
         <v>68</v>
       </c>
-      <c r="C22">
-[...10 lines deleted...]
-      </c>
       <c r="G22" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>69</v>
       </c>
       <c r="B23" t="s">
         <v>70</v>
       </c>
       <c r="C23">
-        <v>2005</v>
+        <v>1993</v>
       </c>
       <c r="D23" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E23">
-        <v>523.64</v>
+        <v>534.0</v>
       </c>
       <c r="F23" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="G23" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B24" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C24">
-        <v>1952</v>
+        <v>1955</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E24">
-        <v>457.37</v>
+        <v>503.5</v>
       </c>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
+        <v>72</v>
+      </c>
+      <c r="B25" t="s">
+        <v>8</v>
+      </c>
+      <c r="C25">
+        <v>2000</v>
+      </c>
+      <c r="D25" t="s">
+        <v>17</v>
+      </c>
+      <c r="E25">
+        <v>455.18</v>
+      </c>
+      <c r="F25" t="s">
+        <v>73</v>
+      </c>
+      <c r="G25" t="s">
         <v>74</v>
-      </c>
-[...16 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>75</v>
       </c>
       <c r="B26" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="C26">
-        <v>2000</v>
+        <v>1952</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E26">
-        <v>424.15</v>
+        <v>442.18</v>
       </c>
       <c r="F26" t="s">
-        <v>76</v>
+        <v>10</v>
       </c>
       <c r="G26" t="s">
-        <v>77</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B27" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="C27">
         <v>1950</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
       <c r="E27">
-        <v>415.6</v>
+        <v>430.66</v>
       </c>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C28">
         <v>2006</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28">
-        <v>399.78</v>
+        <v>429.13</v>
       </c>
       <c r="F28" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="G28" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B29" t="s">
-        <v>39</v>
+        <v>82</v>
       </c>
       <c r="C29">
-        <v>1971</v>
+        <v>1893</v>
       </c>
       <c r="D29" t="s">
         <v>9</v>
       </c>
       <c r="E29">
-        <v>379.32</v>
+        <v>423.6</v>
       </c>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
+        <v>83</v>
+      </c>
+      <c r="B30" t="s">
         <v>84</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>1958</v>
+        <v>1800</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E30">
-        <v>373.66</v>
+        <v>418.92</v>
       </c>
       <c r="F30" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="G30" t="s">
-        <v>85</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B31" t="s">
-        <v>87</v>
+        <v>46</v>
       </c>
       <c r="C31">
-        <v>1964</v>
+        <v>1971</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
       <c r="E31">
-        <v>372.0</v>
+        <v>400.02</v>
       </c>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B32" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C32">
         <v>1913</v>
       </c>
       <c r="D32" t="s">
         <v>17</v>
       </c>
       <c r="E32">
-        <v>369.6</v>
+        <v>389.5</v>
       </c>
       <c r="F32" t="s">
-        <v>40</v>
+        <v>87</v>
       </c>
       <c r="G32" t="s">
-        <v>25</v>
+        <v>88</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>89</v>
       </c>
       <c r="B33" t="s">
+        <v>29</v>
+      </c>
+      <c r="C33">
+        <v>1958</v>
+      </c>
+      <c r="D33" t="s">
+        <v>17</v>
+      </c>
+      <c r="E33">
+        <v>373.66</v>
+      </c>
+      <c r="F33" t="s">
+        <v>27</v>
+      </c>
+      <c r="G33" t="s">
         <v>90</v>
-      </c>
-[...13 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
+        <v>91</v>
+      </c>
+      <c r="B34" t="s">
+        <v>92</v>
+      </c>
+      <c r="C34">
+        <v>1965</v>
+      </c>
+      <c r="D34" t="s">
+        <v>17</v>
+      </c>
+      <c r="E34">
+        <v>362.53</v>
+      </c>
+      <c r="F34" t="s">
+        <v>87</v>
+      </c>
+      <c r="G34" t="s">
         <v>93</v>
-      </c>
-[...16 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
+        <v>94</v>
+      </c>
+      <c r="B35" t="s">
         <v>95</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>1957</v>
+        <v>1964</v>
       </c>
       <c r="D35" t="s">
         <v>9</v>
       </c>
       <c r="E35">
-        <v>345.0</v>
+        <v>360.58</v>
       </c>
       <c r="F35" t="s">
         <v>10</v>
       </c>
       <c r="G35" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
+        <v>96</v>
+      </c>
+      <c r="B36" t="s">
         <v>97</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>1984</v>
+        <v>2017</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36">
-        <v>329.66</v>
+        <v>360.11</v>
       </c>
       <c r="F36" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G36" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>98</v>
       </c>
       <c r="B37" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="C37">
-        <v>1974</v>
+        <v>1984</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37">
-        <v>324.0</v>
+        <v>357.93</v>
       </c>
       <c r="F37" t="s">
+        <v>23</v>
+      </c>
+      <c r="G37" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>100</v>
       </c>
       <c r="B38" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="C38">
         <v>1952</v>
       </c>
       <c r="D38" t="s">
         <v>17</v>
       </c>
       <c r="E38">
-        <v>296.79</v>
+        <v>331.78</v>
       </c>
       <c r="F38" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G38" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>101</v>
       </c>
       <c r="B39" t="s">
         <v>102</v>
       </c>
       <c r="C39">
-        <v>1920</v>
+        <v>1951</v>
       </c>
       <c r="D39" t="s">
         <v>17</v>
       </c>
       <c r="E39">
-        <v>294.61</v>
+        <v>325.24</v>
       </c>
       <c r="F39" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="G39" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>103</v>
+      </c>
+      <c r="B40" t="s">
+        <v>46</v>
+      </c>
+      <c r="C40">
+        <v>1974</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40">
+        <v>324.0</v>
+      </c>
+      <c r="F40" t="s">
         <v>104</v>
       </c>
-      <c r="B40" t="s">
+      <c r="G40" t="s">
         <v>105</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>106</v>
       </c>
       <c r="B41" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C41">
-        <v>1983</v>
+        <v>1920</v>
       </c>
       <c r="D41" t="s">
         <v>17</v>
       </c>
       <c r="E41">
-        <v>283.9</v>
+        <v>308.83</v>
       </c>
       <c r="F41" t="s">
-        <v>61</v>
+        <v>108</v>
       </c>
       <c r="G41" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B42" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C42">
-        <v>1951</v>
+        <v>1983</v>
       </c>
       <c r="D42" t="s">
         <v>17</v>
       </c>
       <c r="E42">
-        <v>280.13</v>
+        <v>291.4</v>
       </c>
       <c r="F42" t="s">
-        <v>110</v>
+        <v>27</v>
       </c>
       <c r="G42" t="s">
-        <v>81</v>
+        <v>111</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B43" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C43">
         <v>1943</v>
       </c>
       <c r="D43" t="s">
         <v>17</v>
       </c>
       <c r="E43">
-        <v>274.8</v>
+        <v>275.6</v>
       </c>
       <c r="F43" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G43" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B44" t="s">
-        <v>53</v>
+        <v>116</v>
       </c>
       <c r="C44">
-        <v>1969</v>
+        <v>1980</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E44">
-        <v>269.52</v>
+        <v>274.06</v>
       </c>
       <c r="F44" t="s">
-        <v>115</v>
+        <v>10</v>
       </c>
       <c r="G44" t="s">
-        <v>116</v>
+        <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>117</v>
       </c>
       <c r="B45" t="s">
         <v>118</v>
       </c>
       <c r="C45">
         <v>1942</v>
       </c>
       <c r="D45" t="s">
         <v>9</v>
       </c>
       <c r="E45">
-        <v>267.93</v>
+        <v>272.02</v>
       </c>
       <c r="F45" t="s">
         <v>10</v>
       </c>
       <c r="G45" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>119</v>
       </c>
       <c r="B46" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
       <c r="C46">
-        <v>1893</v>
+        <v>1969</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E46">
-        <v>264.0</v>
+        <v>269.52</v>
       </c>
       <c r="F46" t="s">
-        <v>10</v>
+        <v>108</v>
       </c>
       <c r="G46" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
+        <v>120</v>
+      </c>
+      <c r="B47" t="s">
+        <v>57</v>
+      </c>
+      <c r="C47">
+        <v>2014</v>
+      </c>
+      <c r="D47" t="s">
+        <v>17</v>
+      </c>
+      <c r="E47">
+        <v>269.41</v>
+      </c>
+      <c r="F47" t="s">
+        <v>37</v>
+      </c>
+      <c r="G47" t="s">
         <v>121</v>
-      </c>
-[...16 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
+        <v>122</v>
+      </c>
+      <c r="B48" t="s">
         <v>123</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>2006</v>
+        <v>1945</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E48">
-        <v>251.52</v>
+        <v>265.0</v>
       </c>
       <c r="F48" t="s">
-        <v>125</v>
+        <v>10</v>
       </c>
       <c r="G48" t="s">
-        <v>126</v>
+        <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B49" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="C49">
-        <v>2018</v>
+        <v>1984</v>
       </c>
       <c r="D49" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E49">
-        <v>251.0</v>
+        <v>264.0</v>
       </c>
       <c r="F49" t="s">
+        <v>125</v>
+      </c>
+      <c r="G49" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B50" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="C50">
-        <v>1913</v>
+        <v>2018</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E50">
-        <v>251.0</v>
+        <v>263.0</v>
       </c>
       <c r="F50" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="G50" t="s">
-        <v>10</v>
+        <v>90</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B51" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="C51">
-        <v>2014</v>
+        <v>1913</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E51">
-        <v>237.89</v>
+        <v>255.69</v>
       </c>
       <c r="F51" t="s">
-        <v>110</v>
+        <v>10</v>
       </c>
       <c r="G51" t="s">
-        <v>130</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
+        <v>129</v>
+      </c>
+      <c r="B52" t="s">
+        <v>130</v>
+      </c>
+      <c r="C52">
+        <v>2006</v>
+      </c>
+      <c r="D52" t="s">
+        <v>17</v>
+      </c>
+      <c r="E52">
+        <v>251.52</v>
+      </c>
+      <c r="F52" t="s">
         <v>131</v>
       </c>
-      <c r="B52" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G52" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
+        <v>132</v>
+      </c>
+      <c r="B53" t="s">
         <v>133</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>1954</v>
+        <v>1925</v>
       </c>
       <c r="D53" t="s">
         <v>9</v>
       </c>
       <c r="E53">
-        <v>226.77</v>
+        <v>250.21</v>
       </c>
       <c r="F53" t="s">
         <v>10</v>
       </c>
       <c r="G53" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
+        <v>134</v>
+      </c>
+      <c r="B54" t="s">
         <v>135</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>1974</v>
+        <v>1954</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E54">
-        <v>226.32</v>
+        <v>231.43</v>
       </c>
       <c r="F54" t="s">
-        <v>137</v>
+        <v>10</v>
       </c>
       <c r="G54" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B55" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C55">
-        <v>1945</v>
+        <v>2022</v>
       </c>
       <c r="D55" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E55">
-        <v>219.0</v>
+        <v>228.66</v>
       </c>
       <c r="F55" t="s">
-        <v>10</v>
+        <v>93</v>
       </c>
       <c r="G55" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B56" t="s">
-        <v>65</v>
+        <v>139</v>
       </c>
       <c r="C56">
-        <v>1999</v>
+        <v>1974</v>
       </c>
       <c r="D56" t="s">
         <v>17</v>
       </c>
       <c r="E56">
-        <v>209.46</v>
+        <v>226.65</v>
       </c>
       <c r="F56" t="s">
-        <v>141</v>
+        <v>93</v>
       </c>
       <c r="G56" t="s">
-        <v>142</v>
+        <v>68</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B57" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C57">
-        <v>2022</v>
+        <v>1937</v>
       </c>
       <c r="D57" t="s">
         <v>17</v>
       </c>
       <c r="E57">
-        <v>207.34</v>
+        <v>225.3</v>
       </c>
       <c r="F57" t="s">
-        <v>137</v>
+        <v>27</v>
       </c>
       <c r="G57" t="s">
-        <v>145</v>
+        <v>114</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B58" t="s">
-        <v>46</v>
+        <v>143</v>
       </c>
       <c r="C58">
-        <v>2005</v>
+        <v>1694</v>
       </c>
       <c r="D58" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E58">
-        <v>206.5</v>
+        <v>222.49</v>
       </c>
       <c r="F58" t="s">
-        <v>147</v>
+        <v>10</v>
       </c>
       <c r="G58" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="B59" t="s">
-        <v>149</v>
+        <v>130</v>
       </c>
       <c r="C59">
-        <v>1999</v>
+        <v>2006</v>
       </c>
       <c r="D59" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E59">
-        <v>206.18</v>
+        <v>215.82</v>
       </c>
       <c r="F59" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="G59" t="s">
-        <v>72</v>
+        <v>108</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="B60" t="s">
-        <v>152</v>
+        <v>67</v>
       </c>
       <c r="C60">
-        <v>1917</v>
+        <v>1999</v>
       </c>
       <c r="D60" t="s">
         <v>17</v>
       </c>
       <c r="E60">
-        <v>197.05</v>
+        <v>209.46</v>
       </c>
       <c r="F60" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="G60" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="B61" t="s">
-        <v>156</v>
+        <v>39</v>
       </c>
       <c r="C61">
-        <v>1694</v>
+        <v>2005</v>
       </c>
       <c r="D61" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E61">
-        <v>194.0</v>
+        <v>206.5</v>
       </c>
       <c r="F61" t="s">
-        <v>10</v>
+        <v>150</v>
       </c>
       <c r="G61" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="B62" t="s">
-        <v>124</v>
+        <v>152</v>
       </c>
       <c r="C62">
-        <v>2006</v>
+        <v>1999</v>
       </c>
       <c r="D62" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E62">
-        <v>193.27</v>
+        <v>206.18</v>
       </c>
       <c r="F62" t="s">
-        <v>158</v>
+        <v>68</v>
       </c>
       <c r="G62" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="B63" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="C63">
-        <v>1937</v>
+        <v>1917</v>
       </c>
       <c r="D63" t="s">
         <v>17</v>
       </c>
       <c r="E63">
-        <v>187.17</v>
+        <v>197.05</v>
       </c>
       <c r="F63" t="s">
-        <v>71</v>
+        <v>126</v>
       </c>
       <c r="G63" t="s">
-        <v>113</v>
+        <v>156</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="B64" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="C64">
-        <v>1984</v>
+        <v>2014</v>
       </c>
       <c r="D64" t="s">
         <v>17</v>
       </c>
       <c r="E64">
-        <v>183.48</v>
+        <v>193.5</v>
       </c>
       <c r="F64" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="G64" t="s">
-        <v>163</v>
+        <v>104</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="B65" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C65">
         <v>1931</v>
       </c>
       <c r="D65" t="s">
         <v>9</v>
       </c>
       <c r="E65">
-        <v>174.4</v>
+        <v>186.44</v>
       </c>
       <c r="F65" t="s">
         <v>10</v>
       </c>
       <c r="G65" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="B66" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="C66">
         <v>2005</v>
       </c>
       <c r="D66" t="s">
         <v>17</v>
       </c>
       <c r="E66">
-        <v>172.89</v>
+        <v>185.71</v>
       </c>
       <c r="F66" t="s">
-        <v>167</v>
+        <v>147</v>
       </c>
       <c r="G66" t="s">
-        <v>168</v>
+        <v>68</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="B67" t="s">
-        <v>170</v>
+        <v>51</v>
       </c>
       <c r="C67">
-        <v>2025</v>
+        <v>2008</v>
       </c>
       <c r="D67" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E67">
-        <v>172.0</v>
+        <v>184.19</v>
       </c>
       <c r="F67" t="s">
-        <v>171</v>
+        <v>10</v>
       </c>
       <c r="G67" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>172</v>
+        <v>162</v>
       </c>
       <c r="B68" t="s">
-        <v>53</v>
+        <v>163</v>
       </c>
       <c r="C68">
-        <v>2014</v>
+        <v>1951</v>
       </c>
       <c r="D68" t="s">
         <v>17</v>
       </c>
       <c r="E68">
-        <v>167.54</v>
+        <v>177.24</v>
       </c>
       <c r="F68" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="G68" t="s">
-        <v>145</v>
+        <v>90</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="B69" t="s">
-        <v>174</v>
+        <v>49</v>
       </c>
       <c r="C69">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="D69" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E69">
-        <v>165.56</v>
+        <v>175.21</v>
       </c>
       <c r="F69" t="s">
-        <v>175</v>
+        <v>108</v>
       </c>
       <c r="G69" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>177</v>
+        <v>166</v>
       </c>
       <c r="B70" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="C70">
-        <v>1951</v>
+        <v>1993</v>
       </c>
       <c r="D70" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E70">
-        <v>162.0</v>
+        <v>172.64</v>
       </c>
       <c r="F70" t="s">
-        <v>179</v>
+        <v>10</v>
       </c>
       <c r="G70" t="s">
-        <v>85</v>
+        <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>180</v>
+        <v>168</v>
       </c>
       <c r="B71" t="s">
-        <v>170</v>
+        <v>70</v>
       </c>
       <c r="C71">
-        <v>1953</v>
+        <v>1995</v>
       </c>
       <c r="D71" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E71">
-        <v>156.1</v>
+        <v>172.32</v>
       </c>
       <c r="F71" t="s">
         <v>10</v>
       </c>
       <c r="G71" t="s">
-        <v>10</v>
+        <v>126</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>181</v>
+        <v>169</v>
       </c>
       <c r="B72" t="s">
-        <v>182</v>
+        <v>170</v>
       </c>
       <c r="C72">
-        <v>1993</v>
+        <v>2025</v>
       </c>
       <c r="D72" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E72">
-        <v>155.0</v>
+        <v>172.0</v>
       </c>
       <c r="F72" t="s">
-        <v>10</v>
+        <v>171</v>
       </c>
       <c r="G72" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>183</v>
+        <v>172</v>
       </c>
       <c r="B73" t="s">
-        <v>68</v>
+        <v>173</v>
       </c>
       <c r="C73">
-        <v>1995</v>
+        <v>2015</v>
       </c>
       <c r="D73" t="s">
         <v>17</v>
       </c>
       <c r="E73">
-        <v>150.8</v>
+        <v>165.56</v>
       </c>
       <c r="F73" t="s">
-        <v>10</v>
+        <v>174</v>
       </c>
       <c r="G73" t="s">
-        <v>163</v>
+        <v>175</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="B74" t="s">
-        <v>185</v>
+        <v>35</v>
       </c>
       <c r="C74">
-        <v>1981</v>
+        <v>1955</v>
       </c>
       <c r="D74" t="s">
         <v>17</v>
       </c>
       <c r="E74">
-        <v>146.0</v>
+        <v>158.59</v>
       </c>
       <c r="F74" t="s">
-        <v>24</v>
+        <v>177</v>
       </c>
       <c r="G74" t="s">
-        <v>186</v>
+        <v>108</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="B75" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C75">
         <v>1913</v>
       </c>
       <c r="D75" t="s">
         <v>17</v>
       </c>
       <c r="E75">
-        <v>145.8</v>
+        <v>154.2</v>
       </c>
       <c r="F75" t="s">
-        <v>137</v>
+        <v>63</v>
       </c>
       <c r="G75" t="s">
-        <v>188</v>
+        <v>179</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="B76" t="s">
-        <v>33</v>
+        <v>170</v>
       </c>
       <c r="C76">
-        <v>1955</v>
+        <v>1953</v>
       </c>
       <c r="D76" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E76">
-        <v>137.0</v>
+        <v>150.1</v>
       </c>
       <c r="F76" t="s">
-        <v>158</v>
+        <v>10</v>
       </c>
       <c r="G76" t="s">
-        <v>159</v>
+        <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>190</v>
+        <v>181</v>
       </c>
       <c r="B77" t="s">
-        <v>42</v>
+        <v>182</v>
       </c>
       <c r="C77">
-        <v>2017</v>
+        <v>1981</v>
       </c>
       <c r="D77" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E77">
-        <v>132.38</v>
+        <v>147.2</v>
       </c>
       <c r="F77" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G77" t="s">
-        <v>51</v>
+        <v>183</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="B78" t="s">
-        <v>136</v>
+        <v>185</v>
       </c>
       <c r="C78">
-        <v>2000</v>
+        <v>1935</v>
       </c>
       <c r="D78" t="s">
         <v>17</v>
       </c>
       <c r="E78">
-        <v>130.61</v>
+        <v>142.64</v>
       </c>
       <c r="F78" t="s">
-        <v>192</v>
+        <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>116</v>
+        <v>179</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="B79" t="s">
-        <v>194</v>
+        <v>139</v>
       </c>
       <c r="C79">
-        <v>1976</v>
+        <v>2000</v>
       </c>
       <c r="D79" t="s">
         <v>17</v>
       </c>
       <c r="E79">
-        <v>125.16</v>
+        <v>130.61</v>
       </c>
       <c r="F79" t="s">
-        <v>72</v>
+        <v>187</v>
       </c>
       <c r="G79" t="s">
-        <v>195</v>
+        <v>125</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="B80" t="s">
-        <v>65</v>
+        <v>130</v>
       </c>
       <c r="C80">
-        <v>1935</v>
+        <v>2020</v>
       </c>
       <c r="D80" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E80">
-        <v>124.0</v>
+        <v>129.81</v>
       </c>
       <c r="F80" t="s">
-        <v>10</v>
+        <v>131</v>
       </c>
       <c r="G80" t="s">
-        <v>10</v>
+        <v>189</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="B81" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="C81">
-        <v>1941</v>
+        <v>1998</v>
       </c>
       <c r="D81" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E81">
-        <v>123.04</v>
+        <v>129.61</v>
       </c>
       <c r="F81" t="s">
-        <v>142</v>
+        <v>10</v>
       </c>
       <c r="G81" t="s">
-        <v>113</v>
+        <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="B82" t="s">
-        <v>96</v>
+        <v>193</v>
       </c>
       <c r="C82">
-        <v>1995</v>
+        <v>1782</v>
       </c>
       <c r="D82" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E82">
-        <v>121.75</v>
+        <v>128.31</v>
       </c>
       <c r="F82" t="s">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="G82" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="B83" t="s">
-        <v>136</v>
+        <v>195</v>
       </c>
       <c r="C83">
-        <v>1917</v>
+        <v>1941</v>
       </c>
       <c r="D83" t="s">
         <v>17</v>
       </c>
       <c r="E83">
-        <v>119.27</v>
+        <v>127.04</v>
       </c>
       <c r="F83" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="G83" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="B84" t="s">
-        <v>124</v>
+        <v>67</v>
       </c>
       <c r="C84">
-        <v>2020</v>
+        <v>1935</v>
       </c>
       <c r="D84" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E84">
-        <v>118.12</v>
+        <v>126.72</v>
       </c>
       <c r="F84" t="s">
-        <v>159</v>
+        <v>10</v>
       </c>
       <c r="G84" t="s">
-        <v>154</v>
+        <v>10</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="B85" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="C85">
-        <v>1935</v>
+        <v>1976</v>
       </c>
       <c r="D85" t="s">
         <v>17</v>
       </c>
       <c r="E85">
-        <v>117.5</v>
+        <v>125.16</v>
       </c>
       <c r="F85" t="s">
-        <v>34</v>
+        <v>153</v>
       </c>
       <c r="G85" t="s">
-        <v>188</v>
+        <v>199</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="B86" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="C86">
-        <v>2008</v>
+        <v>1959</v>
       </c>
       <c r="D86" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E86">
-        <v>116.84</v>
+        <v>123.6</v>
       </c>
       <c r="F86" t="s">
-        <v>159</v>
+        <v>10</v>
       </c>
       <c r="G86" t="s">
-        <v>206</v>
+        <v>10</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="B87" t="s">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="C87">
-        <v>1959</v>
+        <v>1995</v>
       </c>
       <c r="D87" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E87">
-        <v>116.2</v>
+        <v>121.75</v>
       </c>
       <c r="F87" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
       <c r="G87" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="B88" t="s">
-        <v>209</v>
+        <v>139</v>
       </c>
       <c r="C88">
-        <v>1942</v>
+        <v>1917</v>
       </c>
       <c r="D88" t="s">
         <v>17</v>
       </c>
       <c r="E88">
-        <v>113.9</v>
+        <v>119.27</v>
       </c>
       <c r="F88" t="s">
-        <v>61</v>
+        <v>108</v>
       </c>
       <c r="G88" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="B89" t="s">
-        <v>56</v>
+        <v>204</v>
       </c>
       <c r="C89">
-        <v>2008</v>
+        <v>1943</v>
       </c>
       <c r="D89" t="s">
         <v>17</v>
       </c>
       <c r="E89">
-        <v>109.66</v>
+        <v>116.84</v>
       </c>
       <c r="F89" t="s">
-        <v>10</v>
+        <v>187</v>
       </c>
       <c r="G89" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="B90" t="s">
-        <v>212</v>
+        <v>116</v>
       </c>
       <c r="C90">
-        <v>1983</v>
+        <v>2007</v>
       </c>
       <c r="D90" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E90">
-        <v>109.3</v>
+        <v>116.32</v>
       </c>
       <c r="F90" t="s">
-        <v>154</v>
+        <v>206</v>
       </c>
       <c r="G90" t="s">
-        <v>44</v>
+        <v>68</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B91" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="C91">
-        <v>1782</v>
+        <v>1917</v>
       </c>
       <c r="D91" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E91">
-        <v>107.0</v>
+        <v>115.51</v>
       </c>
       <c r="F91" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="G91" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="B92" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="C92">
-        <v>1993</v>
+        <v>1983</v>
       </c>
       <c r="D92" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E92">
-        <v>106.83</v>
+        <v>115.4</v>
       </c>
       <c r="F92" t="s">
-        <v>10</v>
+        <v>211</v>
       </c>
       <c r="G92" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="B93" t="s">
-        <v>218</v>
+        <v>53</v>
       </c>
       <c r="C93">
-        <v>1943</v>
+        <v>1814</v>
       </c>
       <c r="D93" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E93">
-        <v>105.8</v>
+        <v>115.33</v>
       </c>
       <c r="F93" t="s">
-        <v>219</v>
+        <v>10</v>
       </c>
       <c r="G93" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="B94" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="C94">
-        <v>1967</v>
+        <v>2017</v>
       </c>
       <c r="D94" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E94">
-        <v>103.32</v>
+        <v>114.77</v>
       </c>
       <c r="F94" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="G94" t="s">
-        <v>163</v>
+        <v>44</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="B95" t="s">
-        <v>122</v>
+        <v>215</v>
       </c>
       <c r="C95">
-        <v>2007</v>
+        <v>1942</v>
       </c>
       <c r="D95" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E95">
-        <v>101.5</v>
+        <v>113.9</v>
       </c>
       <c r="F95" t="s">
-        <v>125</v>
+        <v>156</v>
       </c>
       <c r="G95" t="s">
-        <v>168</v>
+        <v>31</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="B96" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="C96">
-        <v>1964</v>
+        <v>1993</v>
       </c>
       <c r="D96" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E96">
-        <v>100.16</v>
+        <v>111.08</v>
       </c>
       <c r="F96" t="s">
-        <v>154</v>
+        <v>10</v>
       </c>
       <c r="G96" t="s">
-        <v>224</v>
+        <v>10</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="B97" t="s">
-        <v>134</v>
+        <v>208</v>
       </c>
       <c r="C97">
-        <v>2011</v>
+        <v>1964</v>
       </c>
       <c r="D97" t="s">
         <v>17</v>
       </c>
       <c r="E97">
-        <v>99.86</v>
+        <v>109.73</v>
       </c>
       <c r="F97" t="s">
-        <v>24</v>
+        <v>189</v>
       </c>
       <c r="G97" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="B98" t="s">
-        <v>228</v>
+        <v>185</v>
       </c>
       <c r="C98">
-        <v>1947</v>
+        <v>1919</v>
       </c>
       <c r="D98" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E98">
-        <v>99.84</v>
+        <v>104.1</v>
       </c>
       <c r="F98" t="s">
-        <v>10</v>
+        <v>63</v>
       </c>
       <c r="G98" t="s">
-        <v>10</v>
+        <v>221</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="B99" t="s">
-        <v>223</v>
+        <v>208</v>
       </c>
       <c r="C99">
         <v>1818</v>
       </c>
       <c r="D99" t="s">
         <v>9</v>
       </c>
       <c r="E99">
-        <v>99.0</v>
+        <v>103.74</v>
       </c>
       <c r="F99" t="s">
         <v>10</v>
       </c>
       <c r="G99" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="B100" t="s">
-        <v>231</v>
+        <v>130</v>
       </c>
       <c r="C100">
-        <v>1956</v>
+        <v>2000</v>
       </c>
       <c r="D100" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E100">
-        <v>98.9</v>
+        <v>103.22</v>
       </c>
       <c r="F100" t="s">
-        <v>10</v>
+        <v>224</v>
       </c>
       <c r="G100" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="B101" t="s">
-        <v>233</v>
+        <v>155</v>
       </c>
       <c r="C101">
-        <v>1942</v>
+        <v>1962</v>
       </c>
       <c r="D101" t="s">
         <v>17</v>
       </c>
       <c r="E101">
-        <v>97.45</v>
+        <v>102.84</v>
       </c>
       <c r="F101" t="s">
-        <v>200</v>
+        <v>226</v>
       </c>
       <c r="G101" t="s">
-        <v>44</v>
+        <v>227</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="B102" t="s">
-        <v>204</v>
+        <v>135</v>
       </c>
       <c r="C102">
-        <v>1919</v>
+        <v>2011</v>
       </c>
       <c r="D102" t="s">
         <v>17</v>
       </c>
       <c r="E102">
-        <v>96.9</v>
+        <v>99.86</v>
       </c>
       <c r="F102" t="s">
-        <v>235</v>
+        <v>36</v>
       </c>
       <c r="G102" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>237</v>
+        <v>230</v>
       </c>
       <c r="B103" t="s">
-        <v>152</v>
+        <v>231</v>
       </c>
       <c r="C103">
-        <v>1962</v>
+        <v>1956</v>
       </c>
       <c r="D103" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E103">
-        <v>96.31</v>
+        <v>98.8</v>
       </c>
       <c r="F103" t="s">
-        <v>224</v>
+        <v>10</v>
       </c>
       <c r="G103" t="s">
-        <v>116</v>
+        <v>10</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="B104" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="C104">
-        <v>1946</v>
+        <v>1947</v>
       </c>
       <c r="D104" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E104">
-        <v>95.98</v>
+        <v>98.15</v>
       </c>
       <c r="F104" t="s">
-        <v>82</v>
+        <v>10</v>
       </c>
       <c r="G104" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="B105" t="s">
-        <v>223</v>
+        <v>235</v>
       </c>
       <c r="C105">
-        <v>1917</v>
+        <v>1946</v>
       </c>
       <c r="D105" t="s">
         <v>17</v>
       </c>
       <c r="E105">
-        <v>94.58</v>
+        <v>95.98</v>
       </c>
       <c r="F105" t="s">
-        <v>150</v>
+        <v>126</v>
       </c>
       <c r="G105" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="B106" t="s">
-        <v>124</v>
+        <v>237</v>
       </c>
       <c r="C106">
-        <v>2000</v>
+        <v>1922</v>
       </c>
       <c r="D106" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E106">
-        <v>92.68</v>
+        <v>91.48</v>
       </c>
       <c r="F106" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="G106" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="B107" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="C107">
-        <v>2017</v>
+        <v>1949</v>
       </c>
       <c r="D107" t="s">
         <v>17</v>
       </c>
       <c r="E107">
-        <v>89.81</v>
+        <v>90.36</v>
       </c>
       <c r="F107" t="s">
-        <v>40</v>
+        <v>227</v>
       </c>
       <c r="G107" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="B108" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="C108">
-        <v>1816</v>
+        <v>2017</v>
       </c>
       <c r="D108" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E108">
-        <v>89.0</v>
+        <v>89.81</v>
       </c>
       <c r="F108" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G108" t="s">
-        <v>10</v>
+        <v>90</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="B109" t="s">
-        <v>245</v>
+        <v>137</v>
       </c>
       <c r="C109">
-        <v>1976</v>
+        <v>1991</v>
       </c>
       <c r="D109" t="s">
         <v>13</v>
       </c>
       <c r="E109">
-        <v>86.1</v>
+        <v>88.92</v>
       </c>
       <c r="F109" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="G109" t="s">
-        <v>246</v>
+        <v>145</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B110" t="s">
-        <v>152</v>
+        <v>59</v>
       </c>
       <c r="C110">
-        <v>1960</v>
+        <v>1937</v>
       </c>
       <c r="D110" t="s">
         <v>17</v>
       </c>
       <c r="E110">
-        <v>85.72</v>
+        <v>87.97</v>
       </c>
       <c r="F110" t="s">
-        <v>248</v>
+        <v>47</v>
       </c>
       <c r="G110" t="s">
-        <v>163</v>
+        <v>90</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
       <c r="B111" t="s">
-        <v>250</v>
+        <v>130</v>
       </c>
       <c r="C111">
-        <v>1922</v>
+        <v>1987</v>
       </c>
       <c r="D111" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E111">
-        <v>83.0</v>
+        <v>87.87</v>
       </c>
       <c r="F111" t="s">
-        <v>10</v>
+        <v>199</v>
       </c>
       <c r="G111" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="B112" t="s">
-        <v>252</v>
+        <v>118</v>
       </c>
       <c r="C112">
-        <v>1951</v>
+        <v>1990</v>
       </c>
       <c r="D112" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E112">
-        <v>83.0</v>
+        <v>87.74</v>
       </c>
       <c r="F112" t="s">
         <v>10</v>
       </c>
       <c r="G112" t="s">
-        <v>10</v>
+        <v>175</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>253</v>
+        <v>244</v>
       </c>
       <c r="B113" t="s">
-        <v>12</v>
+        <v>245</v>
       </c>
       <c r="C113">
-        <v>1949</v>
+        <v>1942</v>
       </c>
       <c r="D113" t="s">
         <v>17</v>
       </c>
       <c r="E113">
-        <v>82.81</v>
+        <v>87.06</v>
       </c>
       <c r="F113" t="s">
-        <v>179</v>
+        <v>246</v>
       </c>
       <c r="G113" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="B114" t="s">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="C114">
-        <v>1937</v>
+        <v>1967</v>
       </c>
       <c r="D114" t="s">
         <v>17</v>
       </c>
       <c r="E114">
-        <v>82.2</v>
+        <v>86.79</v>
       </c>
       <c r="F114" t="s">
-        <v>154</v>
+        <v>10</v>
       </c>
       <c r="G114" t="s">
-        <v>85</v>
+        <v>126</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="B115" t="s">
-        <v>124</v>
+        <v>249</v>
       </c>
       <c r="C115">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="D115" t="s">
         <v>17</v>
       </c>
       <c r="E115">
-        <v>81.68</v>
+        <v>85.75</v>
       </c>
       <c r="F115" t="s">
-        <v>126</v>
+        <v>60</v>
       </c>
       <c r="G115" t="s">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="B116" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="C116">
-        <v>2018</v>
+        <v>1960</v>
       </c>
       <c r="D116" t="s">
         <v>17</v>
       </c>
       <c r="E116">
-        <v>80.81</v>
+        <v>85.72</v>
       </c>
       <c r="F116" t="s">
-        <v>66</v>
+        <v>177</v>
       </c>
       <c r="G116" t="s">
-        <v>145</v>
+        <v>104</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="B117" t="s">
-        <v>80</v>
+        <v>253</v>
       </c>
       <c r="C117">
-        <v>2024</v>
+        <v>1976</v>
       </c>
       <c r="D117" t="s">
         <v>13</v>
       </c>
       <c r="E117">
-        <v>79.7</v>
+        <v>84.9</v>
       </c>
       <c r="F117" t="s">
-        <v>224</v>
+        <v>41</v>
       </c>
       <c r="G117" t="s">
-        <v>51</v>
+        <v>114</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="B118" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="C118">
         <v>2008</v>
       </c>
       <c r="D118" t="s">
         <v>13</v>
       </c>
       <c r="E118">
-        <v>78.8</v>
+        <v>81.03</v>
       </c>
       <c r="F118" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="G118" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="B119" t="s">
-        <v>109</v>
+        <v>258</v>
       </c>
       <c r="C119">
-        <v>1978</v>
+        <v>1951</v>
       </c>
       <c r="D119" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E119">
-        <v>78.05</v>
+        <v>81.0</v>
       </c>
       <c r="F119" t="s">
-        <v>262</v>
+        <v>10</v>
       </c>
       <c r="G119" t="s">
-        <v>263</v>
+        <v>10</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="B120" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="C120">
-        <v>1880</v>
+        <v>1939</v>
       </c>
       <c r="D120" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E120">
-        <v>78.0</v>
+        <v>80.83</v>
       </c>
       <c r="F120" t="s">
-        <v>10</v>
+        <v>206</v>
       </c>
       <c r="G120" t="s">
-        <v>10</v>
+        <v>114</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="B121" t="s">
-        <v>144</v>
+        <v>78</v>
       </c>
       <c r="C121">
-        <v>1991</v>
+        <v>2024</v>
       </c>
       <c r="D121" t="s">
         <v>13</v>
       </c>
       <c r="E121">
-        <v>77.75</v>
+        <v>79.7</v>
       </c>
       <c r="F121" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G121" t="s">
-        <v>195</v>
+        <v>44</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="B122" t="s">
-        <v>156</v>
+        <v>263</v>
       </c>
       <c r="C122">
-        <v>2019</v>
+        <v>1917</v>
       </c>
       <c r="D122" t="s">
         <v>17</v>
       </c>
       <c r="E122">
-        <v>77.05</v>
+        <v>79.51</v>
       </c>
       <c r="F122" t="s">
-        <v>159</v>
+        <v>27</v>
       </c>
       <c r="G122" t="s">
-        <v>154</v>
+        <v>31</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="B123" t="s">
-        <v>118</v>
+        <v>143</v>
       </c>
       <c r="C123">
-        <v>1990</v>
+        <v>2019</v>
       </c>
       <c r="D123" t="s">
         <v>17</v>
       </c>
       <c r="E123">
-        <v>77.0</v>
+        <v>79.44</v>
       </c>
       <c r="F123" t="s">
-        <v>10</v>
+        <v>63</v>
       </c>
       <c r="G123" t="s">
-        <v>176</v>
+        <v>189</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="B124" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="C124">
-        <v>1917</v>
+        <v>1950</v>
       </c>
       <c r="D124" t="s">
         <v>17</v>
       </c>
       <c r="E124">
-        <v>75.2</v>
+        <v>78.51</v>
       </c>
       <c r="F124" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="G124" t="s">
-        <v>44</v>
+        <v>114</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="B125" t="s">
-        <v>272</v>
+        <v>102</v>
       </c>
       <c r="C125">
-        <v>1988</v>
+        <v>1978</v>
       </c>
       <c r="D125" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E125">
-        <v>74.4</v>
+        <v>78.05</v>
       </c>
       <c r="F125" t="s">
-        <v>24</v>
+        <v>268</v>
       </c>
       <c r="G125" t="s">
-        <v>115</v>
+        <v>269</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="B126" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="C126">
-        <v>1939</v>
+        <v>1983</v>
       </c>
       <c r="D126" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E126">
-        <v>73.95</v>
+        <v>77.48</v>
       </c>
       <c r="F126" t="s">
-        <v>116</v>
+        <v>40</v>
       </c>
       <c r="G126" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B127" t="s">
-        <v>80</v>
+        <v>273</v>
       </c>
       <c r="C127">
-        <v>2004</v>
+        <v>1880</v>
       </c>
       <c r="D127" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E127">
-        <v>72.16</v>
+        <v>77.42</v>
       </c>
       <c r="F127" t="s">
-        <v>176</v>
+        <v>10</v>
       </c>
       <c r="G127" t="s">
-        <v>107</v>
+        <v>10</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="B128" t="s">
-        <v>53</v>
+        <v>275</v>
       </c>
       <c r="C128">
-        <v>1814</v>
+        <v>2008</v>
       </c>
       <c r="D128" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E128">
-        <v>72.0</v>
+        <v>76.9</v>
       </c>
       <c r="F128" t="s">
         <v>10</v>
       </c>
       <c r="G128" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="B129" t="s">
-        <v>278</v>
+        <v>12</v>
       </c>
       <c r="C129">
-        <v>1983</v>
+        <v>1816</v>
       </c>
       <c r="D129" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E129">
-        <v>71.53</v>
+        <v>75.0</v>
       </c>
       <c r="F129" t="s">
-        <v>66</v>
+        <v>10</v>
       </c>
       <c r="G129" t="s">
-        <v>113</v>
+        <v>10</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="B130" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C130">
-        <v>1950</v>
+        <v>1941</v>
       </c>
       <c r="D130" t="s">
         <v>17</v>
       </c>
       <c r="E130">
-        <v>71.49</v>
+        <v>73.59</v>
       </c>
       <c r="F130" t="s">
-        <v>281</v>
+        <v>87</v>
       </c>
       <c r="G130" t="s">
-        <v>113</v>
+        <v>31</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="B131" t="s">
-        <v>223</v>
+        <v>280</v>
       </c>
       <c r="C131">
-        <v>1954</v>
+        <v>1983</v>
       </c>
       <c r="D131" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E131">
-        <v>69.75</v>
+        <v>72.56</v>
       </c>
       <c r="F131" t="s">
-        <v>262</v>
+        <v>108</v>
       </c>
       <c r="G131" t="s">
-        <v>168</v>
+        <v>108</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="B132" t="s">
-        <v>174</v>
+        <v>130</v>
       </c>
       <c r="C132">
-        <v>1921</v>
+        <v>1959</v>
       </c>
       <c r="D132" t="s">
         <v>9</v>
       </c>
       <c r="E132">
-        <v>69.74</v>
+        <v>72.21</v>
       </c>
       <c r="F132" t="s">
         <v>10</v>
       </c>
       <c r="G132" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="B133" t="s">
-        <v>124</v>
+        <v>78</v>
       </c>
       <c r="C133">
-        <v>1984</v>
+        <v>2004</v>
       </c>
       <c r="D133" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E133">
-        <v>68.6</v>
+        <v>72.16</v>
       </c>
       <c r="F133" t="s">
-        <v>24</v>
+        <v>283</v>
       </c>
       <c r="G133" t="s">
-        <v>145</v>
+        <v>111</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="B134" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="C134">
-        <v>2017</v>
+        <v>1973</v>
       </c>
       <c r="D134" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E134">
-        <v>68.56</v>
+        <v>72.0</v>
       </c>
       <c r="F134" t="s">
         <v>10</v>
       </c>
       <c r="G134" t="s">
-        <v>141</v>
+        <v>10</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="B135" t="s">
-        <v>231</v>
+        <v>143</v>
       </c>
       <c r="C135">
-        <v>2006</v>
+        <v>2018</v>
       </c>
       <c r="D135" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E135">
-        <v>68.35</v>
+        <v>71.16</v>
       </c>
       <c r="F135" t="s">
-        <v>34</v>
+        <v>224</v>
       </c>
       <c r="G135" t="s">
-        <v>154</v>
+        <v>104</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
+        <v>286</v>
+      </c>
+      <c r="B136" t="s">
+        <v>16</v>
+      </c>
+      <c r="C136">
+        <v>2017</v>
+      </c>
+      <c r="D136" t="s">
+        <v>17</v>
+      </c>
+      <c r="E136">
+        <v>71.0</v>
+      </c>
+      <c r="F136" t="s">
+        <v>10</v>
+      </c>
+      <c r="G136" t="s">
         <v>287</v>
-      </c>
-[...16 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
+        <v>288</v>
+      </c>
+      <c r="B137" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="C137">
         <v>1999</v>
       </c>
       <c r="D137" t="s">
         <v>13</v>
       </c>
       <c r="E137">
-        <v>66.52</v>
+        <v>70.16</v>
       </c>
       <c r="F137" t="s">
-        <v>262</v>
+        <v>290</v>
       </c>
       <c r="G137" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
         <v>291</v>
       </c>
       <c r="B138" t="s">
-        <v>136</v>
+        <v>208</v>
       </c>
       <c r="C138">
-        <v>1668</v>
+        <v>1954</v>
       </c>
       <c r="D138" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E138">
-        <v>65.0</v>
+        <v>69.75</v>
       </c>
       <c r="F138" t="s">
-        <v>10</v>
+        <v>292</v>
       </c>
       <c r="G138" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B139" t="s">
-        <v>259</v>
+        <v>173</v>
       </c>
       <c r="C139">
-        <v>2000</v>
+        <v>1921</v>
       </c>
       <c r="D139" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E139">
-        <v>64.75</v>
+        <v>69.74</v>
       </c>
       <c r="F139" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="G139" t="s">
-        <v>107</v>
+        <v>10</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B140" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="C140">
-        <v>1988</v>
+        <v>1984</v>
       </c>
       <c r="D140" t="s">
         <v>17</v>
       </c>
       <c r="E140">
-        <v>64.68</v>
+        <v>68.6</v>
       </c>
       <c r="F140" t="s">
-        <v>92</v>
+        <v>63</v>
       </c>
       <c r="G140" t="s">
-        <v>145</v>
+        <v>104</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B141" t="s">
-        <v>295</v>
+        <v>231</v>
       </c>
       <c r="C141">
-        <v>1931</v>
+        <v>2006</v>
       </c>
       <c r="D141" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E141">
-        <v>64.64</v>
+        <v>68.35</v>
       </c>
       <c r="F141" t="s">
-        <v>159</v>
+        <v>99</v>
       </c>
       <c r="G141" t="s">
-        <v>85</v>
+        <v>189</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
         <v>296</v>
       </c>
       <c r="B142" t="s">
-        <v>297</v>
+        <v>255</v>
       </c>
       <c r="C142">
-        <v>1983</v>
+        <v>2000</v>
       </c>
       <c r="D142" t="s">
         <v>13</v>
       </c>
       <c r="E142">
-        <v>64.63</v>
+        <v>67.01</v>
       </c>
       <c r="F142" t="s">
-        <v>115</v>
+        <v>37</v>
       </c>
       <c r="G142" t="s">
-        <v>159</v>
+        <v>111</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
+        <v>297</v>
+      </c>
+      <c r="B143" t="s">
         <v>298</v>
       </c>
-      <c r="B143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143">
-        <v>1923</v>
+        <v>1931</v>
       </c>
       <c r="D143" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E143">
-        <v>63.0</v>
+        <v>66.7</v>
       </c>
       <c r="F143" t="s">
-        <v>10</v>
+        <v>150</v>
       </c>
       <c r="G143" t="s">
-        <v>10</v>
+        <v>90</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
+        <v>299</v>
+      </c>
+      <c r="B144" t="s">
         <v>300</v>
       </c>
-      <c r="B144" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C144">
-        <v>1999</v>
+        <v>1923</v>
       </c>
       <c r="D144" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E144">
-        <v>62.72</v>
+        <v>66.12</v>
       </c>
       <c r="F144" t="s">
-        <v>248</v>
+        <v>10</v>
       </c>
       <c r="G144" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
         <v>301</v>
       </c>
       <c r="B145" t="s">
-        <v>124</v>
+        <v>302</v>
       </c>
       <c r="C145">
-        <v>1959</v>
+        <v>1846</v>
       </c>
       <c r="D145" t="s">
         <v>9</v>
       </c>
       <c r="E145">
-        <v>62.0</v>
+        <v>64.48</v>
       </c>
       <c r="F145" t="s">
         <v>10</v>
       </c>
       <c r="G145" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B146" t="s">
-        <v>303</v>
+        <v>130</v>
       </c>
       <c r="C146">
-        <v>1958</v>
+        <v>1988</v>
       </c>
       <c r="D146" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E146">
-        <v>60.43</v>
+        <v>64.35</v>
       </c>
       <c r="F146" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="G146" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
         <v>304</v>
       </c>
       <c r="B147" t="s">
-        <v>152</v>
+        <v>139</v>
       </c>
       <c r="C147">
-        <v>2016</v>
+        <v>1668</v>
       </c>
       <c r="D147" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E147">
-        <v>59.93</v>
+        <v>63.0</v>
       </c>
       <c r="F147" t="s">
-        <v>305</v>
+        <v>10</v>
       </c>
       <c r="G147" t="s">
-        <v>154</v>
+        <v>10</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="B148" t="s">
-        <v>105</v>
+        <v>130</v>
       </c>
       <c r="C148">
-        <v>2008</v>
+        <v>1999</v>
       </c>
       <c r="D148" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E148">
-        <v>59.63</v>
+        <v>62.72</v>
       </c>
       <c r="F148" t="s">
-        <v>307</v>
+        <v>36</v>
       </c>
       <c r="G148" t="s">
-        <v>51</v>
+        <v>68</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="B149" t="s">
-        <v>156</v>
+        <v>307</v>
       </c>
       <c r="C149">
-        <v>2015</v>
+        <v>1994</v>
       </c>
       <c r="D149" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E149">
-        <v>57.85</v>
+        <v>62.26</v>
       </c>
       <c r="F149" t="s">
+        <v>199</v>
+      </c>
+      <c r="G149" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
+        <v>308</v>
+      </c>
+      <c r="B150" t="s">
         <v>309</v>
       </c>
-      <c r="B150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150">
-        <v>1994</v>
+        <v>1958</v>
       </c>
       <c r="D150" t="s">
         <v>13</v>
       </c>
       <c r="E150">
-        <v>57.85</v>
+        <v>60.43</v>
       </c>
       <c r="F150" t="s">
-        <v>248</v>
+        <v>93</v>
       </c>
       <c r="G150" t="s">
-        <v>311</v>
+        <v>31</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="B151" t="s">
-        <v>161</v>
+        <v>255</v>
       </c>
       <c r="C151">
-        <v>1854</v>
+        <v>1993</v>
       </c>
       <c r="D151" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E151">
-        <v>57.3</v>
+        <v>59.98</v>
       </c>
       <c r="F151" t="s">
-        <v>154</v>
+        <v>10</v>
       </c>
       <c r="G151" t="s">
-        <v>206</v>
+        <v>10</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="B152" t="s">
-        <v>70</v>
+        <v>155</v>
       </c>
       <c r="C152">
-        <v>1973</v>
+        <v>2016</v>
       </c>
       <c r="D152" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E152">
-        <v>54.84</v>
+        <v>59.93</v>
       </c>
       <c r="F152" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="G152" t="s">
-        <v>10</v>
+        <v>189</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="B153" t="s">
-        <v>315</v>
+        <v>84</v>
       </c>
       <c r="C153">
-        <v>1980</v>
+        <v>2008</v>
       </c>
       <c r="D153" t="s">
         <v>13</v>
       </c>
       <c r="E153">
-        <v>53.25</v>
+        <v>59.63</v>
       </c>
       <c r="F153" t="s">
-        <v>235</v>
+        <v>68</v>
       </c>
       <c r="G153" t="s">
-        <v>260</v>
+        <v>44</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="B154" t="s">
-        <v>317</v>
+        <v>208</v>
       </c>
       <c r="C154">
-        <v>2008</v>
+        <v>1993</v>
       </c>
       <c r="D154" t="s">
         <v>17</v>
       </c>
       <c r="E154">
-        <v>51.77</v>
+        <v>59.06</v>
       </c>
       <c r="F154" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="G154" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="B155" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="C155">
-        <v>2000</v>
+        <v>1854</v>
       </c>
       <c r="D155" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E155">
-        <v>51.37</v>
+        <v>57.3</v>
       </c>
       <c r="F155" t="s">
-        <v>158</v>
+        <v>287</v>
       </c>
       <c r="G155" t="s">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="B156" t="s">
-        <v>223</v>
+        <v>26</v>
       </c>
       <c r="C156">
-        <v>1993</v>
+        <v>2000</v>
       </c>
       <c r="D156" t="s">
         <v>17</v>
       </c>
       <c r="E156">
-        <v>49.63</v>
+        <v>56.67</v>
       </c>
       <c r="F156" t="s">
-        <v>24</v>
+        <v>177</v>
       </c>
       <c r="G156" t="s">
-        <v>61</v>
+        <v>104</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="B157" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="C157">
-        <v>2001</v>
+        <v>1850</v>
       </c>
       <c r="D157" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E157">
-        <v>49.5</v>
+        <v>55.19</v>
       </c>
       <c r="F157" t="s">
-        <v>159</v>
+        <v>10</v>
       </c>
       <c r="G157" t="s">
-        <v>322</v>
+        <v>10</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>323</v>
+        <v>318</v>
       </c>
       <c r="B158" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="C158">
-        <v>1961</v>
+        <v>1839</v>
       </c>
       <c r="D158" t="s">
         <v>9</v>
       </c>
       <c r="E158">
-        <v>48.7</v>
+        <v>54.7</v>
       </c>
       <c r="F158" t="s">
         <v>10</v>
       </c>
       <c r="G158" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>325</v>
+        <v>320</v>
       </c>
       <c r="B159" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="C159">
         <v>1999</v>
       </c>
       <c r="D159" t="s">
         <v>17</v>
       </c>
       <c r="E159">
-        <v>48.7</v>
+        <v>53.73</v>
       </c>
       <c r="F159" t="s">
-        <v>158</v>
+        <v>177</v>
       </c>
       <c r="G159" t="s">
-        <v>145</v>
+        <v>104</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="B160" t="s">
+        <v>322</v>
+      </c>
+      <c r="C160">
+        <v>1980</v>
+      </c>
+      <c r="D160" t="s">
+        <v>13</v>
+      </c>
+      <c r="E160">
+        <v>53.25</v>
+      </c>
+      <c r="F160" t="s">
         <v>87</v>
       </c>
-      <c r="C160">
-[...10 lines deleted...]
-      </c>
       <c r="G160" t="s">
-        <v>327</v>
+        <v>256</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="B161" t="s">
-        <v>259</v>
+        <v>324</v>
       </c>
       <c r="C161">
-        <v>1993</v>
+        <v>1816</v>
       </c>
       <c r="D161" t="s">
         <v>9</v>
       </c>
       <c r="E161">
-        <v>47.93</v>
+        <v>52.15</v>
       </c>
       <c r="F161" t="s">
         <v>10</v>
       </c>
       <c r="G161" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="B162" t="s">
-        <v>37</v>
+        <v>170</v>
       </c>
       <c r="C162">
-        <v>2001</v>
+        <v>1977</v>
       </c>
       <c r="D162" t="s">
         <v>17</v>
       </c>
       <c r="E162">
-        <v>47.05</v>
+        <v>52.0</v>
       </c>
       <c r="F162" t="s">
-        <v>159</v>
+        <v>55</v>
       </c>
       <c r="G162" t="s">
-        <v>107</v>
+        <v>226</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="B163" t="s">
-        <v>33</v>
+        <v>327</v>
       </c>
       <c r="C163">
-        <v>1969</v>
+        <v>2001</v>
       </c>
       <c r="D163" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E163">
-        <v>47.03</v>
+        <v>51.63</v>
       </c>
       <c r="F163" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="G163" t="s">
-        <v>10</v>
+        <v>268</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="B164" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C164">
-        <v>1926</v>
+        <v>1971</v>
       </c>
       <c r="D164" t="s">
         <v>17</v>
       </c>
       <c r="E164">
-        <v>46.48</v>
+        <v>50.77</v>
       </c>
       <c r="F164" t="s">
-        <v>159</v>
+        <v>219</v>
       </c>
       <c r="G164" t="s">
-        <v>145</v>
+        <v>177</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="B165" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="C165">
-        <v>2022</v>
+        <v>1964</v>
       </c>
       <c r="D165" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E165">
-        <v>46.32</v>
+        <v>48.8</v>
       </c>
       <c r="F165" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
       <c r="G165" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="B166" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="C166">
-        <v>1925</v>
+        <v>1961</v>
       </c>
       <c r="D166" t="s">
         <v>9</v>
       </c>
       <c r="E166">
-        <v>46.0</v>
+        <v>48.7</v>
       </c>
       <c r="F166" t="s">
         <v>10</v>
       </c>
       <c r="G166" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="B167" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="C167">
-        <v>1924</v>
+        <v>1925</v>
       </c>
       <c r="D167" t="s">
         <v>9</v>
       </c>
       <c r="E167">
-        <v>46.0</v>
+        <v>48.65</v>
       </c>
       <c r="F167" t="s">
         <v>10</v>
       </c>
       <c r="G167" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="B168" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="C168">
-        <v>1959</v>
+        <v>1991</v>
       </c>
       <c r="D168" t="s">
         <v>9</v>
       </c>
       <c r="E168">
-        <v>45.9</v>
+        <v>48.55</v>
       </c>
       <c r="F168" t="s">
         <v>10</v>
       </c>
       <c r="G168" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="B169" t="s">
-        <v>46</v>
+        <v>338</v>
       </c>
       <c r="C169">
-        <v>1971</v>
+        <v>1924</v>
       </c>
       <c r="D169" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E169">
-        <v>45.17</v>
+        <v>48.28</v>
       </c>
       <c r="F169" t="s">
-        <v>224</v>
+        <v>10</v>
       </c>
       <c r="G169" t="s">
-        <v>158</v>
+        <v>10</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="B170" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="C170">
         <v>1879</v>
       </c>
       <c r="D170" t="s">
         <v>9</v>
       </c>
       <c r="E170">
-        <v>45.0</v>
+        <v>47.64</v>
       </c>
       <c r="F170" t="s">
         <v>10</v>
       </c>
       <c r="G170" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="B171" t="s">
-        <v>344</v>
+        <v>33</v>
       </c>
       <c r="C171">
-        <v>1991</v>
+        <v>2001</v>
       </c>
       <c r="D171" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E171">
-        <v>44.94</v>
+        <v>47.05</v>
       </c>
       <c r="F171" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="G171" t="s">
-        <v>10</v>
+        <v>111</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="B172" t="s">
-        <v>170</v>
+        <v>35</v>
       </c>
       <c r="C172">
-        <v>1977</v>
+        <v>1969</v>
       </c>
       <c r="D172" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E172">
-        <v>44.28</v>
+        <v>47.03</v>
       </c>
       <c r="F172" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="G172" t="s">
-        <v>346</v>
+        <v>10</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="B173" t="s">
-        <v>161</v>
+        <v>344</v>
       </c>
       <c r="C173">
-        <v>1947</v>
+        <v>2022</v>
       </c>
       <c r="D173" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E173">
-        <v>44.0</v>
+        <v>46.32</v>
       </c>
       <c r="F173" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="G173" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="B174" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="C174">
-        <v>1958</v>
+        <v>1959</v>
       </c>
       <c r="D174" t="s">
         <v>9</v>
       </c>
       <c r="E174">
-        <v>43.4</v>
+        <v>45.9</v>
       </c>
       <c r="F174" t="s">
         <v>10</v>
       </c>
       <c r="G174" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="B175" t="s">
         <v>118</v>
       </c>
       <c r="C175">
         <v>1997</v>
       </c>
       <c r="D175" t="s">
         <v>17</v>
       </c>
       <c r="E175">
-        <v>42.13</v>
+        <v>45.78</v>
       </c>
       <c r="F175" t="s">
-        <v>115</v>
+        <v>99</v>
       </c>
       <c r="G175" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="B176" t="s">
-        <v>339</v>
+        <v>95</v>
       </c>
       <c r="C176">
-        <v>1959</v>
+        <v>1904</v>
       </c>
       <c r="D176" t="s">
         <v>17</v>
       </c>
       <c r="E176">
-        <v>42.0</v>
+        <v>44.64</v>
       </c>
       <c r="F176" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="G176" t="s">
-        <v>145</v>
+        <v>349</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="B177" t="s">
-        <v>353</v>
+        <v>143</v>
       </c>
       <c r="C177">
-        <v>1850</v>
+        <v>2015</v>
       </c>
       <c r="D177" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E177">
-        <v>42.0</v>
+        <v>44.25</v>
       </c>
       <c r="F177" t="s">
-        <v>10</v>
+        <v>108</v>
       </c>
       <c r="G177" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="B178" t="s">
-        <v>109</v>
+        <v>141</v>
       </c>
       <c r="C178">
-        <v>2007</v>
+        <v>1947</v>
       </c>
       <c r="D178" t="s">
         <v>17</v>
       </c>
       <c r="E178">
-        <v>41.59</v>
+        <v>44.0</v>
       </c>
       <c r="F178" t="s">
-        <v>110</v>
+        <v>287</v>
       </c>
       <c r="G178" t="s">
-        <v>113</v>
+        <v>31</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="B179" t="s">
-        <v>124</v>
+        <v>33</v>
       </c>
       <c r="C179">
-        <v>1976</v>
+        <v>1926</v>
       </c>
       <c r="D179" t="s">
         <v>17</v>
       </c>
       <c r="E179">
-        <v>41.5</v>
+        <v>43.73</v>
       </c>
       <c r="F179" t="s">
-        <v>281</v>
+        <v>20</v>
       </c>
       <c r="G179" t="s">
-        <v>145</v>
+        <v>104</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="B180" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="C180">
-        <v>1846</v>
+        <v>1958</v>
       </c>
       <c r="D180" t="s">
         <v>9</v>
       </c>
       <c r="E180">
-        <v>41.0</v>
+        <v>43.4</v>
       </c>
       <c r="F180" t="s">
         <v>10</v>
       </c>
       <c r="G180" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="B181" t="s">
-        <v>12</v>
+        <v>130</v>
       </c>
       <c r="C181">
-        <v>2006</v>
+        <v>1976</v>
       </c>
       <c r="D181" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E181">
-        <v>40.22</v>
+        <v>43.4</v>
       </c>
       <c r="F181" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="G181" t="s">
-        <v>85</v>
+        <v>104</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="B182" t="s">
-        <v>360</v>
+        <v>289</v>
       </c>
       <c r="C182">
-        <v>1962</v>
+        <v>2021</v>
       </c>
       <c r="D182" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E182">
-        <v>39.6</v>
+        <v>42.65</v>
       </c>
       <c r="F182" t="s">
-        <v>10</v>
+        <v>175</v>
       </c>
       <c r="G182" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="B183" t="s">
-        <v>362</v>
+        <v>346</v>
       </c>
       <c r="C183">
-        <v>1839</v>
+        <v>1959</v>
       </c>
       <c r="D183" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E183">
-        <v>39.0</v>
+        <v>42.0</v>
       </c>
       <c r="F183" t="s">
-        <v>10</v>
+        <v>189</v>
       </c>
       <c r="G183" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="B184" t="s">
-        <v>161</v>
+        <v>275</v>
       </c>
       <c r="C184">
-        <v>1876</v>
+        <v>1935</v>
       </c>
       <c r="D184" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E184">
-        <v>37.83</v>
+        <v>41.67</v>
       </c>
       <c r="F184" t="s">
-        <v>364</v>
+        <v>10</v>
       </c>
       <c r="G184" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
       <c r="B185" t="s">
-        <v>290</v>
+        <v>141</v>
       </c>
       <c r="C185">
-        <v>2021</v>
+        <v>1876</v>
       </c>
       <c r="D185" t="s">
         <v>13</v>
       </c>
       <c r="E185">
-        <v>37.27</v>
+        <v>41.66</v>
       </c>
       <c r="F185" t="s">
-        <v>51</v>
+        <v>229</v>
       </c>
       <c r="G185" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="B186" t="s">
-        <v>156</v>
+        <v>102</v>
       </c>
       <c r="C186">
-        <v>2024</v>
+        <v>2007</v>
       </c>
       <c r="D186" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E186">
-        <v>36.25</v>
+        <v>41.59</v>
       </c>
       <c r="F186" t="s">
-        <v>51</v>
+        <v>73</v>
       </c>
       <c r="G186" t="s">
-        <v>51</v>
+        <v>114</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="B187" t="s">
-        <v>368</v>
+        <v>12</v>
       </c>
       <c r="C187">
-        <v>1816</v>
+        <v>2006</v>
       </c>
       <c r="D187" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E187">
-        <v>36.0</v>
+        <v>40.78</v>
       </c>
       <c r="F187" t="s">
         <v>10</v>
       </c>
       <c r="G187" t="s">
-        <v>10</v>
+        <v>362</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
       <c r="B188" t="s">
-        <v>70</v>
+        <v>364</v>
       </c>
       <c r="C188">
-        <v>2002</v>
+        <v>1962</v>
       </c>
       <c r="D188" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E188">
-        <v>35.63</v>
+        <v>39.6</v>
       </c>
       <c r="F188" t="s">
-        <v>110</v>
+        <v>10</v>
       </c>
       <c r="G188" t="s">
-        <v>327</v>
+        <v>10</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="B189" t="s">
-        <v>96</v>
+        <v>62</v>
       </c>
       <c r="C189">
-        <v>1909</v>
+        <v>2002</v>
       </c>
       <c r="D189" t="s">
         <v>17</v>
       </c>
       <c r="E189">
-        <v>35.07</v>
+        <v>36.95</v>
       </c>
       <c r="F189" t="s">
-        <v>18</v>
+        <v>366</v>
       </c>
       <c r="G189" t="s">
-        <v>145</v>
+        <v>349</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="B190" t="s">
-        <v>372</v>
+        <v>143</v>
       </c>
       <c r="C190">
-        <v>1884</v>
+        <v>2024</v>
       </c>
       <c r="D190" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E190">
-        <v>34.0</v>
+        <v>35.97</v>
       </c>
       <c r="F190" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="G190" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="B191" t="s">
-        <v>321</v>
+        <v>65</v>
       </c>
       <c r="C191">
-        <v>1934</v>
+        <v>1909</v>
       </c>
       <c r="D191" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E191">
-        <v>33.0</v>
+        <v>35.07</v>
       </c>
       <c r="F191" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="G191" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="B192" t="s">
-        <v>216</v>
+        <v>370</v>
       </c>
       <c r="C192">
-        <v>1936</v>
+        <v>1884</v>
       </c>
       <c r="D192" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E192">
-        <v>31.89</v>
+        <v>34.33</v>
       </c>
       <c r="F192" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="G192" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="B193" t="s">
-        <v>109</v>
+        <v>372</v>
       </c>
       <c r="C193">
-        <v>1993</v>
+        <v>1960</v>
       </c>
       <c r="D193" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E193">
-        <v>31.58</v>
+        <v>33.8</v>
       </c>
       <c r="F193" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="G193" t="s">
-        <v>376</v>
+        <v>10</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="B194" t="s">
-        <v>378</v>
+        <v>217</v>
       </c>
       <c r="C194">
-        <v>1975</v>
+        <v>1936</v>
       </c>
       <c r="D194" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E194">
-        <v>31.26</v>
+        <v>32.94</v>
       </c>
       <c r="F194" t="s">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="G194" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="B195" t="s">
-        <v>368</v>
+        <v>327</v>
       </c>
       <c r="C195">
-        <v>1967</v>
+        <v>1934</v>
       </c>
       <c r="D195" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E195">
-        <v>31.06</v>
+        <v>32.92</v>
       </c>
       <c r="F195" t="s">
-        <v>92</v>
+        <v>10</v>
       </c>
       <c r="G195" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="B196" t="s">
-        <v>259</v>
+        <v>376</v>
       </c>
       <c r="C196">
-        <v>2014</v>
+        <v>1975</v>
       </c>
       <c r="D196" t="s">
         <v>13</v>
       </c>
       <c r="E196">
-        <v>30.76</v>
+        <v>32.89</v>
       </c>
       <c r="F196" t="s">
-        <v>51</v>
+        <v>377</v>
       </c>
       <c r="G196" t="s">
-        <v>51</v>
+        <v>111</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="B197" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="C197">
-        <v>1999</v>
+        <v>1945</v>
       </c>
       <c r="D197" t="s">
         <v>9</v>
       </c>
       <c r="E197">
-        <v>30.7</v>
+        <v>32.02</v>
       </c>
       <c r="F197" t="s">
         <v>10</v>
       </c>
       <c r="G197" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="B198" t="s">
-        <v>317</v>
+        <v>102</v>
       </c>
       <c r="C198">
-        <v>1935</v>
+        <v>1993</v>
       </c>
       <c r="D198" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E198">
-        <v>29.0</v>
+        <v>31.58</v>
       </c>
       <c r="F198" t="s">
-        <v>10</v>
+        <v>63</v>
       </c>
       <c r="G198" t="s">
-        <v>10</v>
+        <v>79</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="B199" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="C199">
-        <v>2004</v>
+        <v>1971</v>
       </c>
       <c r="D199" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E199">
-        <v>28.22</v>
+        <v>31.07</v>
       </c>
       <c r="F199" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="G199" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="B200" t="s">
-        <v>387</v>
+        <v>324</v>
       </c>
       <c r="C200">
-        <v>2014</v>
+        <v>1967</v>
       </c>
       <c r="D200" t="s">
         <v>13</v>
       </c>
       <c r="E200">
-        <v>28.2</v>
+        <v>31.06</v>
       </c>
       <c r="F200" t="s">
-        <v>235</v>
+        <v>105</v>
       </c>
       <c r="G200" t="s">
-        <v>246</v>
+        <v>44</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="B201" t="s">
-        <v>58</v>
+        <v>255</v>
       </c>
       <c r="C201">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="D201" t="s">
         <v>13</v>
       </c>
       <c r="E201">
-        <v>28.14</v>
+        <v>30.76</v>
       </c>
       <c r="F201" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="G201" t="s">
-        <v>389</v>
+        <v>44</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="B202" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="C202">
-        <v>1964</v>
+        <v>1999</v>
       </c>
       <c r="D202" t="s">
         <v>9</v>
       </c>
       <c r="E202">
-        <v>28.0</v>
+        <v>29.7</v>
       </c>
       <c r="F202" t="s">
         <v>10</v>
       </c>
       <c r="G202" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="B203" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="C203">
-        <v>2011</v>
+        <v>2004</v>
       </c>
       <c r="D203" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E203">
-        <v>26.5</v>
+        <v>28.22</v>
       </c>
       <c r="F203" t="s">
-        <v>236</v>
+        <v>55</v>
       </c>
       <c r="G203" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="B204" t="s">
-        <v>272</v>
+        <v>390</v>
       </c>
       <c r="C204">
-        <v>1990</v>
+        <v>2014</v>
       </c>
       <c r="D204" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E204">
-        <v>26.19</v>
+        <v>28.2</v>
       </c>
       <c r="F204" t="s">
-        <v>110</v>
+        <v>391</v>
       </c>
       <c r="G204" t="s">
-        <v>281</v>
+        <v>392</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="B205" t="s">
-        <v>396</v>
+        <v>49</v>
       </c>
       <c r="C205">
-        <v>1971</v>
+        <v>2011</v>
       </c>
       <c r="D205" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E205">
-        <v>26.18</v>
+        <v>28.14</v>
       </c>
       <c r="F205" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="G205" t="s">
-        <v>10</v>
+        <v>394</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="B206" t="s">
-        <v>96</v>
+        <v>322</v>
       </c>
       <c r="C206">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="D206" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E206">
-        <v>25.59</v>
+        <v>26.79</v>
       </c>
       <c r="F206" t="s">
-        <v>35</v>
+        <v>177</v>
       </c>
       <c r="G206" t="s">
-        <v>147</v>
+        <v>104</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="B207" t="s">
-        <v>393</v>
+        <v>372</v>
       </c>
       <c r="C207">
-        <v>1960</v>
+        <v>2011</v>
       </c>
       <c r="D207" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E207">
-        <v>25.5</v>
+        <v>26.5</v>
       </c>
       <c r="F207" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G207" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="B208" t="s">
-        <v>400</v>
+        <v>249</v>
       </c>
       <c r="C208">
-        <v>1945</v>
+        <v>1990</v>
       </c>
       <c r="D208" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E208">
-        <v>24.0</v>
+        <v>26.19</v>
       </c>
       <c r="F208" t="s">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="G208" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="B209" t="s">
-        <v>402</v>
+        <v>65</v>
       </c>
       <c r="C209">
-        <v>1959</v>
+        <v>2017</v>
       </c>
       <c r="D209" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E209">
-        <v>23.4</v>
+        <v>25.59</v>
       </c>
       <c r="F209" t="s">
-        <v>10</v>
+        <v>93</v>
       </c>
       <c r="G209" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="B210" t="s">
-        <v>105</v>
+        <v>400</v>
       </c>
       <c r="C210">
-        <v>2001</v>
+        <v>1954</v>
       </c>
       <c r="D210" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E210">
-        <v>22.71</v>
+        <v>24.91</v>
       </c>
       <c r="F210" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="G210" t="s">
-        <v>158</v>
+        <v>10</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="B211" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="C211">
-        <v>1954</v>
+        <v>1964</v>
       </c>
       <c r="D211" t="s">
         <v>9</v>
       </c>
       <c r="E211">
-        <v>22.5</v>
+        <v>24.6</v>
       </c>
       <c r="F211" t="s">
         <v>10</v>
       </c>
       <c r="G211" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="B212" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="C212">
-        <v>1964</v>
+        <v>1959</v>
       </c>
       <c r="D212" t="s">
         <v>9</v>
       </c>
       <c r="E212">
-        <v>22.08</v>
+        <v>23.4</v>
       </c>
       <c r="F212" t="s">
         <v>10</v>
       </c>
       <c r="G212" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="B213" t="s">
-        <v>315</v>
+        <v>249</v>
       </c>
       <c r="C213">
-        <v>2023</v>
+        <v>1811</v>
       </c>
       <c r="D213" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E213">
-        <v>22.0</v>
+        <v>21.72</v>
       </c>
       <c r="F213" t="s">
-        <v>158</v>
+        <v>10</v>
       </c>
       <c r="G213" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="B214" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="C214">
-        <v>2016</v>
+        <v>2001</v>
       </c>
       <c r="D214" t="s">
         <v>13</v>
       </c>
       <c r="E214">
-        <v>20.27</v>
+        <v>21.23</v>
       </c>
       <c r="F214" t="s">
-        <v>410</v>
+        <v>55</v>
       </c>
       <c r="G214" t="s">
-        <v>51</v>
+        <v>177</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="B215" t="s">
-        <v>53</v>
+        <v>408</v>
       </c>
       <c r="C215">
-        <v>2002</v>
+        <v>1967</v>
       </c>
       <c r="D215" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E215">
-        <v>19.98</v>
+        <v>21.08</v>
       </c>
       <c r="F215" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
       <c r="G215" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="B216" t="s">
-        <v>315</v>
+        <v>410</v>
       </c>
       <c r="C216">
-        <v>1974</v>
+        <v>1956</v>
       </c>
       <c r="D216" t="s">
         <v>9</v>
       </c>
       <c r="E216">
-        <v>19.07</v>
+        <v>20.41</v>
       </c>
       <c r="F216" t="s">
         <v>10</v>
       </c>
       <c r="G216" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="B217" t="s">
-        <v>414</v>
+        <v>123</v>
       </c>
       <c r="C217">
-        <v>1967</v>
+        <v>2016</v>
       </c>
       <c r="D217" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E217">
-        <v>19.0</v>
+        <v>20.27</v>
       </c>
       <c r="F217" t="s">
-        <v>10</v>
+        <v>412</v>
       </c>
       <c r="G217" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="B218" t="s">
-        <v>152</v>
+        <v>414</v>
       </c>
       <c r="C218">
-        <v>1995</v>
+        <v>1927</v>
       </c>
       <c r="D218" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E218">
-        <v>18.68</v>
+        <v>20.05</v>
       </c>
       <c r="F218" t="s">
-        <v>141</v>
+        <v>10</v>
       </c>
       <c r="G218" t="s">
-        <v>154</v>
+        <v>10</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="B219" t="s">
-        <v>417</v>
+        <v>53</v>
       </c>
       <c r="C219">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="D219" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E219">
-        <v>18.25</v>
+        <v>19.98</v>
       </c>
       <c r="F219" t="s">
-        <v>192</v>
+        <v>44</v>
       </c>
       <c r="G219" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="B220" t="s">
-        <v>272</v>
+        <v>322</v>
       </c>
       <c r="C220">
-        <v>1811</v>
+        <v>1974</v>
       </c>
       <c r="D220" t="s">
         <v>9</v>
       </c>
       <c r="E220">
-        <v>18.0</v>
+        <v>18.86</v>
       </c>
       <c r="F220" t="s">
         <v>10</v>
       </c>
       <c r="G220" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="B221" t="s">
-        <v>420</v>
+        <v>155</v>
       </c>
       <c r="C221">
-        <v>2006</v>
+        <v>1995</v>
       </c>
       <c r="D221" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E221">
-        <v>17.89</v>
+        <v>18.68</v>
       </c>
       <c r="F221" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G221" t="s">
-        <v>260</v>
+        <v>189</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B222" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="C222">
-        <v>1947</v>
+        <v>2005</v>
       </c>
       <c r="D222" t="s">
         <v>13</v>
       </c>
       <c r="E222">
-        <v>17.34</v>
+        <v>18.25</v>
       </c>
       <c r="F222" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="G222" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="B223" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="C223">
-        <v>1956</v>
+        <v>1993</v>
       </c>
       <c r="D223" t="s">
         <v>9</v>
       </c>
       <c r="E223">
-        <v>16.84</v>
+        <v>18.19</v>
       </c>
       <c r="F223" t="s">
         <v>10</v>
       </c>
       <c r="G223" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="B224" t="s">
-        <v>344</v>
+        <v>423</v>
       </c>
       <c r="C224">
         <v>2006</v>
       </c>
       <c r="D224" t="s">
         <v>13</v>
       </c>
       <c r="E224">
-        <v>16.8</v>
+        <v>17.89</v>
       </c>
       <c r="F224" t="s">
-        <v>61</v>
+        <v>221</v>
       </c>
       <c r="G224" t="s">
-        <v>51</v>
+        <v>256</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="B225" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="C225">
-        <v>2024</v>
+        <v>1947</v>
       </c>
       <c r="D225" t="s">
         <v>13</v>
       </c>
       <c r="E225">
-        <v>16.0</v>
+        <v>17.34</v>
       </c>
       <c r="F225" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="G225" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="B226" t="s">
-        <v>429</v>
+        <v>336</v>
       </c>
       <c r="C226">
-        <v>1927</v>
+        <v>2006</v>
       </c>
       <c r="D226" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E226">
-        <v>15.87</v>
+        <v>16.8</v>
       </c>
       <c r="F226" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="G226" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="B227" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="C227">
-        <v>1926</v>
+        <v>2024</v>
       </c>
       <c r="D227" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E227">
-        <v>15.66</v>
+        <v>16.0</v>
       </c>
       <c r="F227" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="G227" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="B228" t="s">
-        <v>46</v>
+        <v>430</v>
       </c>
       <c r="C228">
-        <v>1975</v>
+        <v>1950</v>
       </c>
       <c r="D228" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E228">
-        <v>15.2</v>
+        <v>15.98</v>
       </c>
       <c r="F228" t="s">
-        <v>163</v>
+        <v>10</v>
       </c>
       <c r="G228" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B229" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="C229">
-        <v>1947</v>
+        <v>1926</v>
       </c>
       <c r="D229" t="s">
         <v>9</v>
       </c>
       <c r="E229">
-        <v>15.0</v>
+        <v>15.66</v>
       </c>
       <c r="F229" t="s">
         <v>10</v>
       </c>
       <c r="G229" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="B230" t="s">
-        <v>436</v>
+        <v>39</v>
       </c>
       <c r="C230">
-        <v>1950</v>
+        <v>1975</v>
       </c>
       <c r="D230" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E230">
-        <v>14.0</v>
+        <v>15.2</v>
       </c>
       <c r="F230" t="s">
-        <v>10</v>
+        <v>126</v>
       </c>
       <c r="G230" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="B231" t="s">
-        <v>335</v>
+        <v>435</v>
       </c>
       <c r="C231">
-        <v>2006</v>
+        <v>1947</v>
       </c>
       <c r="D231" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E231">
-        <v>14.0</v>
+        <v>14.5</v>
       </c>
       <c r="F231" t="s">
         <v>10</v>
       </c>
       <c r="G231" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="B232" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="C232">
-        <v>1993</v>
+        <v>1947</v>
       </c>
       <c r="D232" t="s">
         <v>9</v>
       </c>
       <c r="E232">
-        <v>14.0</v>
+        <v>14.27</v>
       </c>
       <c r="F232" t="s">
         <v>10</v>
       </c>
       <c r="G232" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="B233" t="s">
-        <v>441</v>
+        <v>334</v>
       </c>
       <c r="C233">
-        <v>1972</v>
+        <v>2006</v>
       </c>
       <c r="D233" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E233">
-        <v>13.48</v>
+        <v>14.0</v>
       </c>
       <c r="F233" t="s">
         <v>10</v>
       </c>
       <c r="G233" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="B234" t="s">
-        <v>420</v>
+        <v>390</v>
       </c>
       <c r="C234">
-        <v>1976</v>
+        <v>1943</v>
       </c>
       <c r="D234" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E234">
-        <v>12.81</v>
+        <v>13.66</v>
       </c>
       <c r="F234" t="s">
-        <v>248</v>
+        <v>10</v>
       </c>
       <c r="G234" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="B235" t="s">
-        <v>429</v>
+        <v>441</v>
       </c>
       <c r="C235">
-        <v>2016</v>
+        <v>1972</v>
       </c>
       <c r="D235" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E235">
-        <v>12.18</v>
+        <v>13.48</v>
       </c>
       <c r="F235" t="s">
-        <v>410</v>
+        <v>10</v>
       </c>
       <c r="G235" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="B236" t="s">
-        <v>387</v>
+        <v>443</v>
       </c>
       <c r="C236">
-        <v>1943</v>
+        <v>1939</v>
       </c>
       <c r="D236" t="s">
         <v>9</v>
       </c>
       <c r="E236">
-        <v>12.0</v>
+        <v>13.41</v>
       </c>
       <c r="F236" t="s">
         <v>10</v>
       </c>
       <c r="G236" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="B237" t="s">
-        <v>353</v>
+        <v>423</v>
       </c>
       <c r="C237">
-        <v>2006</v>
+        <v>1976</v>
       </c>
       <c r="D237" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E237">
-        <v>11.97</v>
+        <v>12.81</v>
       </c>
       <c r="F237" t="s">
-        <v>168</v>
+        <v>93</v>
       </c>
       <c r="G237" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="B238" t="s">
-        <v>447</v>
+        <v>414</v>
       </c>
       <c r="C238">
-        <v>1993</v>
+        <v>2016</v>
       </c>
       <c r="D238" t="s">
         <v>13</v>
       </c>
       <c r="E238">
-        <v>11.94</v>
+        <v>12.18</v>
       </c>
       <c r="F238" t="s">
-        <v>113</v>
+        <v>412</v>
       </c>
       <c r="G238" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="B239" t="s">
-        <v>449</v>
+        <v>317</v>
       </c>
       <c r="C239">
-        <v>2010</v>
+        <v>2006</v>
       </c>
       <c r="D239" t="s">
         <v>13</v>
       </c>
       <c r="E239">
-        <v>11.91</v>
+        <v>11.97</v>
       </c>
       <c r="F239" t="s">
-        <v>262</v>
+        <v>79</v>
       </c>
       <c r="G239" t="s">
-        <v>113</v>
+        <v>44</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="B240" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="C240">
-        <v>1947</v>
+        <v>1993</v>
       </c>
       <c r="D240" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E240">
-        <v>11.42</v>
+        <v>11.94</v>
       </c>
       <c r="F240" t="s">
-        <v>10</v>
+        <v>114</v>
       </c>
       <c r="G240" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="B241" t="s">
-        <v>120</v>
+        <v>450</v>
       </c>
       <c r="C241">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="D241" t="s">
         <v>13</v>
       </c>
       <c r="E241">
-        <v>11.3</v>
+        <v>11.91</v>
       </c>
       <c r="F241" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="G241" t="s">
-        <v>51</v>
+        <v>114</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="B242" t="s">
-        <v>290</v>
+        <v>82</v>
       </c>
       <c r="C242">
-        <v>1992</v>
+        <v>2011</v>
       </c>
       <c r="D242" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E242">
-        <v>10.96</v>
+        <v>11.67</v>
       </c>
       <c r="F242" t="s">
-        <v>10</v>
+        <v>362</v>
       </c>
       <c r="G242" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="B243" t="s">
-        <v>455</v>
+        <v>289</v>
       </c>
       <c r="C243">
-        <v>1966</v>
+        <v>1992</v>
       </c>
       <c r="D243" t="s">
         <v>9</v>
       </c>
       <c r="E243">
-        <v>10.72</v>
+        <v>11.43</v>
       </c>
       <c r="F243" t="s">
         <v>10</v>
       </c>
       <c r="G243" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="B244" t="s">
-        <v>170</v>
+        <v>454</v>
       </c>
       <c r="C244">
-        <v>2020</v>
+        <v>1966</v>
       </c>
       <c r="D244" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E244">
-        <v>10.16</v>
+        <v>10.72</v>
       </c>
       <c r="F244" t="s">
-        <v>137</v>
+        <v>10</v>
       </c>
       <c r="G244" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="B245" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="C245">
         <v>1952</v>
       </c>
       <c r="D245" t="s">
         <v>9</v>
       </c>
       <c r="E245">
-        <v>10.0</v>
+        <v>10.47</v>
       </c>
       <c r="F245" t="s">
         <v>10</v>
       </c>
       <c r="G245" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="B246" t="s">
-        <v>460</v>
+        <v>170</v>
       </c>
       <c r="C246">
-        <v>1939</v>
+        <v>2020</v>
       </c>
       <c r="D246" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E246">
-        <v>10.0</v>
+        <v>10.16</v>
       </c>
       <c r="F246" t="s">
-        <v>10</v>
+        <v>458</v>
       </c>
       <c r="G246" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="B247" t="s">
         <v>8</v>
       </c>
       <c r="C247">
         <v>2007</v>
       </c>
       <c r="D247" t="s">
         <v>13</v>
       </c>
       <c r="E247">
         <v>10.0</v>
       </c>
       <c r="F247" t="s">
-        <v>71</v>
+        <v>104</v>
       </c>
       <c r="G247" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="B248" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="C248">
-        <v>1967</v>
+        <v>1950</v>
       </c>
       <c r="D248" t="s">
         <v>9</v>
       </c>
       <c r="E248">
-        <v>9.57</v>
+        <v>9.99</v>
       </c>
       <c r="F248" t="s">
         <v>10</v>
       </c>
       <c r="G248" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="B249" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="C249">
         <v>1927</v>
       </c>
       <c r="D249" t="s">
         <v>9</v>
       </c>
       <c r="E249">
-        <v>9.0</v>
+        <v>9.68</v>
       </c>
       <c r="F249" t="s">
         <v>10</v>
       </c>
       <c r="G249" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B250" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="C250">
-        <v>1990</v>
+        <v>1967</v>
       </c>
       <c r="D250" t="s">
         <v>9</v>
       </c>
       <c r="E250">
-        <v>9.0</v>
+        <v>9.57</v>
       </c>
       <c r="F250" t="s">
         <v>10</v>
       </c>
       <c r="G250" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="B251" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="C251">
-        <v>1958</v>
+        <v>1990</v>
       </c>
       <c r="D251" t="s">
         <v>9</v>
       </c>
       <c r="E251">
-        <v>8.4</v>
+        <v>9.0</v>
       </c>
       <c r="F251" t="s">
         <v>10</v>
       </c>
       <c r="G251" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="B252" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="C252">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="D252" t="s">
         <v>9</v>
       </c>
       <c r="E252">
-        <v>8.0</v>
+        <v>8.49</v>
       </c>
       <c r="F252" t="s">
         <v>10</v>
       </c>
       <c r="G252" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="B253" t="s">
-        <v>252</v>
+        <v>471</v>
       </c>
       <c r="C253">
-        <v>2006</v>
+        <v>1957</v>
       </c>
       <c r="D253" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E253">
         <v>8.0</v>
       </c>
       <c r="F253" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
       <c r="G253" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="B254" t="s">
-        <v>68</v>
+        <v>258</v>
       </c>
       <c r="C254">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="D254" t="s">
         <v>13</v>
       </c>
       <c r="E254">
-        <v>7.95</v>
+        <v>8.0</v>
       </c>
       <c r="F254" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="G254" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="B255" t="s">
-        <v>272</v>
+        <v>70</v>
       </c>
       <c r="C255">
-        <v>1991</v>
+        <v>2023</v>
       </c>
       <c r="D255" t="s">
         <v>13</v>
       </c>
       <c r="E255">
-        <v>7.15</v>
+        <v>7.95</v>
       </c>
       <c r="F255" t="s">
-        <v>51</v>
+        <v>114</v>
       </c>
       <c r="G255" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="B256" t="s">
-        <v>476</v>
+        <v>249</v>
       </c>
       <c r="C256">
-        <v>1950</v>
+        <v>1991</v>
       </c>
       <c r="D256" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E256">
-        <v>7.0</v>
+        <v>7.15</v>
       </c>
       <c r="F256" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="G256" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="B257" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="C257">
         <v>1992</v>
       </c>
       <c r="D257" t="s">
         <v>9</v>
       </c>
       <c r="E257">
         <v>7.0</v>
       </c>
       <c r="F257" t="s">
         <v>10</v>
       </c>
       <c r="G257" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="B258" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="C258">
         <v>1961</v>
       </c>
       <c r="D258" t="s">
         <v>9</v>
       </c>
       <c r="E258">
         <v>7.0</v>
       </c>
       <c r="F258" t="s">
         <v>10</v>
       </c>
       <c r="G258" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B259" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="C259">
         <v>2000</v>
       </c>
       <c r="D259" t="s">
         <v>13</v>
       </c>
       <c r="E259">
         <v>6.09</v>
       </c>
       <c r="F259" t="s">
         <v>10</v>
       </c>
       <c r="G259" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B260" t="s">
-        <v>214</v>
+        <v>143</v>
       </c>
       <c r="C260">
-        <v>1988</v>
+        <v>2014</v>
       </c>
       <c r="D260" t="s">
         <v>13</v>
       </c>
       <c r="E260">
-        <v>6.04</v>
+        <v>6.08</v>
       </c>
       <c r="F260" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="G260" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="B261" t="s">
-        <v>482</v>
+        <v>193</v>
       </c>
       <c r="C261">
-        <v>1964</v>
+        <v>1988</v>
       </c>
       <c r="D261" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E261">
-        <v>6.0</v>
+        <v>6.04</v>
       </c>
       <c r="F261" t="s">
-        <v>10</v>
+        <v>111</v>
       </c>
       <c r="G261" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="B262" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="C262">
-        <v>1990</v>
+        <v>1964</v>
       </c>
       <c r="D262" t="s">
         <v>9</v>
       </c>
       <c r="E262">
         <v>6.0</v>
       </c>
       <c r="F262" t="s">
         <v>10</v>
       </c>
       <c r="G262" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="B263" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="C263">
-        <v>1991</v>
+        <v>1990</v>
       </c>
       <c r="D263" t="s">
         <v>9</v>
       </c>
       <c r="E263">
-        <v>5.87</v>
+        <v>6.0</v>
       </c>
       <c r="F263" t="s">
         <v>10</v>
       </c>
       <c r="G263" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="B264" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="C264">
-        <v>1993</v>
+        <v>1991</v>
       </c>
       <c r="D264" t="s">
         <v>9</v>
       </c>
       <c r="E264">
-        <v>5.0</v>
+        <v>5.87</v>
       </c>
       <c r="F264" t="s">
         <v>10</v>
       </c>
       <c r="G264" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
-        <v>491</v>
+        <v>488</v>
       </c>
       <c r="B265" t="s">
-        <v>156</v>
+        <v>489</v>
       </c>
       <c r="C265">
-        <v>2014</v>
+        <v>1993</v>
       </c>
       <c r="D265" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E265">
-        <v>4.95</v>
+        <v>5.0</v>
       </c>
       <c r="F265" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
       <c r="G265" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="B266" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="C266">
         <v>2015</v>
       </c>
       <c r="D266" t="s">
         <v>13</v>
       </c>
       <c r="E266">
         <v>4.9</v>
       </c>
       <c r="F266" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="G266" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="B267" t="s">
-        <v>494</v>
+        <v>133</v>
       </c>
       <c r="C267">
-        <v>1928</v>
+        <v>2000</v>
       </c>
       <c r="D267" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E267">
-        <v>4.73</v>
+        <v>4.7</v>
       </c>
       <c r="F267" t="s">
         <v>10</v>
       </c>
       <c r="G267" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="B268" t="s">
-        <v>132</v>
+        <v>423</v>
       </c>
       <c r="C268">
-        <v>2000</v>
+        <v>2006</v>
       </c>
       <c r="D268" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E268">
-        <v>4.7</v>
+        <v>4.6</v>
       </c>
       <c r="F268" t="s">
         <v>10</v>
       </c>
       <c r="G268" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="B269" t="s">
-        <v>420</v>
+        <v>102</v>
       </c>
       <c r="C269">
-        <v>2006</v>
+        <v>1988</v>
       </c>
       <c r="D269" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E269">
-        <v>4.6</v>
+        <v>4.46</v>
       </c>
       <c r="F269" t="s">
         <v>10</v>
       </c>
       <c r="G269" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="B270" t="s">
-        <v>109</v>
+        <v>300</v>
       </c>
       <c r="C270">
-        <v>1988</v>
+        <v>1995</v>
       </c>
       <c r="D270" t="s">
         <v>13</v>
       </c>
       <c r="E270">
-        <v>4.5</v>
+        <v>4.3</v>
       </c>
       <c r="F270" t="s">
         <v>10</v>
       </c>
       <c r="G270" t="s">
-        <v>145</v>
+        <v>44</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="B271" t="s">
-        <v>299</v>
+        <v>432</v>
       </c>
       <c r="C271">
-        <v>1995</v>
+        <v>2012</v>
       </c>
       <c r="D271" t="s">
         <v>13</v>
       </c>
       <c r="E271">
-        <v>4.3</v>
+        <v>4.19</v>
       </c>
       <c r="F271" t="s">
-        <v>10</v>
+        <v>150</v>
       </c>
       <c r="G271" t="s">
-        <v>51</v>
+        <v>175</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="B272" t="s">
-        <v>431</v>
+        <v>497</v>
       </c>
       <c r="C272">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="D272" t="s">
         <v>13</v>
       </c>
       <c r="E272">
-        <v>4.19</v>
+        <v>4.06</v>
       </c>
       <c r="F272" t="s">
-        <v>21</v>
+        <v>111</v>
       </c>
       <c r="G272" t="s">
-        <v>176</v>
+        <v>111</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="B273" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="C273">
-        <v>2007</v>
+        <v>1975</v>
       </c>
       <c r="D273" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E273">
-        <v>4.06</v>
+        <v>3.77</v>
       </c>
       <c r="F273" t="s">
-        <v>107</v>
+        <v>10</v>
       </c>
       <c r="G273" t="s">
-        <v>107</v>
+        <v>10</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="B274" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="C274">
-        <v>1975</v>
+        <v>2008</v>
       </c>
       <c r="D274" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E274">
-        <v>3.77</v>
+        <v>3.56</v>
       </c>
       <c r="F274" t="s">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="G274" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="B275" t="s">
-        <v>250</v>
+        <v>503</v>
       </c>
       <c r="C275">
-        <v>1999</v>
+        <v>1928</v>
       </c>
       <c r="D275" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E275">
-        <v>3.21</v>
+        <v>3.26</v>
       </c>
       <c r="F275" t="s">
         <v>10</v>
       </c>
       <c r="G275" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="B276" t="s">
-        <v>506</v>
+        <v>237</v>
       </c>
       <c r="C276">
-        <v>2019</v>
+        <v>1999</v>
       </c>
       <c r="D276" t="s">
         <v>13</v>
       </c>
       <c r="E276">
-        <v>3.19</v>
+        <v>3.21</v>
       </c>
       <c r="F276" t="s">
         <v>10</v>
       </c>
       <c r="G276" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="B277" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="C277">
-        <v>1990</v>
+        <v>2019</v>
       </c>
       <c r="D277" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E277">
-        <v>3.0</v>
+        <v>3.19</v>
       </c>
       <c r="F277" t="s">
         <v>10</v>
       </c>
       <c r="G277" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
+        <v>507</v>
+      </c>
+      <c r="B278" t="s">
+        <v>508</v>
+      </c>
+      <c r="C278">
+        <v>2012</v>
+      </c>
+      <c r="D278" t="s">
+        <v>13</v>
+      </c>
+      <c r="E278">
+        <v>3.1</v>
+      </c>
+      <c r="F278" t="s">
         <v>509</v>
       </c>
-      <c r="B278" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G278" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
+        <v>510</v>
+      </c>
+      <c r="B279" t="s">
         <v>511</v>
       </c>
-      <c r="B279" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C279">
-        <v>2011</v>
+        <v>1990</v>
       </c>
       <c r="D279" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E279">
-        <v>2.86</v>
+        <v>3.0</v>
       </c>
       <c r="F279" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
       <c r="G279" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
         <v>512</v>
       </c>
       <c r="B280" t="s">
-        <v>109</v>
+        <v>354</v>
       </c>
       <c r="C280">
-        <v>2024</v>
+        <v>2011</v>
       </c>
       <c r="D280" t="s">
         <v>13</v>
       </c>
       <c r="E280">
-        <v>2.32</v>
+        <v>2.86</v>
       </c>
       <c r="F280" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
       <c r="G280" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
         <v>513</v>
       </c>
       <c r="B281" t="s">
         <v>514</v>
       </c>
       <c r="C281">
         <v>2015</v>
       </c>
       <c r="D281" t="s">
         <v>13</v>
       </c>
       <c r="E281">
-        <v>2.3</v>
+        <v>2.77</v>
       </c>
       <c r="F281" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="G281" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
         <v>515</v>
       </c>
       <c r="B282" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C282">
         <v>2023</v>
       </c>
       <c r="D282" t="s">
         <v>13</v>
       </c>
       <c r="E282">
         <v>2.26</v>
       </c>
       <c r="F282" t="s">
-        <v>10</v>
+        <v>111</v>
       </c>
       <c r="G282" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
         <v>516</v>
       </c>
       <c r="B283" t="s">
         <v>517</v>
       </c>
       <c r="C283">
         <v>2010</v>
       </c>
       <c r="D283" t="s">
         <v>17</v>
       </c>
       <c r="E283">
         <v>2.17</v>
       </c>
       <c r="F283" t="s">
-        <v>159</v>
+        <v>108</v>
       </c>
       <c r="G283" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
         <v>518</v>
       </c>
       <c r="B284" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C284">
         <v>2022</v>
       </c>
       <c r="D284" t="s">
         <v>13</v>
       </c>
       <c r="E284">
         <v>2.08</v>
       </c>
       <c r="F284" t="s">
         <v>10</v>
       </c>
       <c r="G284" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
         <v>519</v>
       </c>
       <c r="B285" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="C285">
         <v>2021</v>
       </c>
       <c r="D285" t="s">
         <v>13</v>
       </c>
       <c r="E285">
         <v>2.07</v>
       </c>
       <c r="F285" t="s">
         <v>10</v>
       </c>
       <c r="G285" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
         <v>520</v>
       </c>
       <c r="B286" t="s">
         <v>521</v>
       </c>
       <c r="C286">
         <v>1983</v>
       </c>
       <c r="D286" t="s">
         <v>9</v>
       </c>
       <c r="E286">
         <v>2.0</v>
       </c>
       <c r="F286" t="s">
         <v>10</v>
       </c>
       <c r="G286" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
         <v>522</v>
       </c>
       <c r="B287" t="s">
-        <v>324</v>
+        <v>332</v>
       </c>
       <c r="C287">
         <v>2018</v>
       </c>
       <c r="D287" t="s">
         <v>13</v>
       </c>
       <c r="E287">
         <v>2.0</v>
       </c>
       <c r="F287" t="s">
-        <v>34</v>
+        <v>99</v>
       </c>
       <c r="G287" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
         <v>523</v>
       </c>
       <c r="B288" t="s">
         <v>524</v>
       </c>
       <c r="C288">
         <v>1994</v>
       </c>
       <c r="D288" t="s">
         <v>13</v>
       </c>
       <c r="E288">
         <v>1.92</v>
       </c>
       <c r="F288" t="s">
         <v>10</v>
       </c>
       <c r="G288" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
         <v>525</v>
       </c>
       <c r="B289" t="s">
-        <v>339</v>
+        <v>102</v>
       </c>
       <c r="C289">
-        <v>2011</v>
+        <v>2024</v>
       </c>
       <c r="D289" t="s">
         <v>13</v>
       </c>
       <c r="E289">
-        <v>1.84</v>
+        <v>1.86</v>
       </c>
       <c r="F289" t="s">
-        <v>99</v>
+        <v>10</v>
       </c>
       <c r="G289" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
         <v>526</v>
       </c>
       <c r="B290" t="s">
+        <v>346</v>
+      </c>
+      <c r="C290">
+        <v>2011</v>
+      </c>
+      <c r="D290" t="s">
+        <v>13</v>
+      </c>
+      <c r="E290">
+        <v>1.84</v>
+      </c>
+      <c r="F290" t="s">
         <v>527</v>
       </c>
-      <c r="C290">
-[...10 lines deleted...]
-      </c>
       <c r="G290" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
         <v>528</v>
       </c>
       <c r="B291" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="C291">
         <v>2025</v>
       </c>
       <c r="D291" t="s">
         <v>13</v>
       </c>
       <c r="E291">
         <v>1.49</v>
       </c>
       <c r="F291" t="s">
         <v>10</v>
       </c>
       <c r="G291" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
         <v>529</v>
       </c>
       <c r="B292" t="s">
         <v>471</v>
       </c>
       <c r="C292">
         <v>2011</v>
       </c>
       <c r="D292" t="s">
         <v>13</v>
       </c>
       <c r="E292">
         <v>1.42</v>
       </c>
       <c r="F292" t="s">
         <v>10</v>
       </c>
       <c r="G292" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
         <v>530</v>
       </c>
       <c r="B293" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C293">
         <v>2020</v>
       </c>
       <c r="D293" t="s">
         <v>13</v>
       </c>
       <c r="E293">
         <v>1.26</v>
       </c>
       <c r="F293" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="G293" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
         <v>531</v>
       </c>
       <c r="B294" t="s">
         <v>532</v>
       </c>
       <c r="C294">
         <v>2012</v>
       </c>
       <c r="D294" t="s">
         <v>13</v>
       </c>
       <c r="E294">
         <v>1.0</v>
       </c>
       <c r="F294" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="G294" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
         <v>533</v>
       </c>
       <c r="B295" t="s">
         <v>533</v>
       </c>
       <c r="C295">
         <v>2003</v>
       </c>
       <c r="D295" t="s">
         <v>13</v>
       </c>
       <c r="E295">
         <v>0.96</v>
       </c>
       <c r="F295" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="G295" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
         <v>534</v>
       </c>
       <c r="B296" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="C296">
         <v>2006</v>
       </c>
       <c r="D296" t="s">
         <v>13</v>
       </c>
       <c r="E296">
         <v>0.92</v>
       </c>
       <c r="F296" t="s">
-        <v>535</v>
+        <v>156</v>
       </c>
       <c r="G296" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
+        <v>535</v>
+      </c>
+      <c r="B297" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
       <c r="C297">
         <v>2013</v>
       </c>
       <c r="D297" t="s">
         <v>13</v>
       </c>
       <c r="E297">
         <v>0.7</v>
       </c>
       <c r="F297" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="G297" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
+        <v>537</v>
+      </c>
+      <c r="B298" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
       <c r="C298">
         <v>2012</v>
       </c>
       <c r="D298" t="s">
         <v>13</v>
       </c>
       <c r="E298">
         <v>0.5</v>
       </c>
       <c r="F298" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="G298" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="B299" t="s">
         <v>471</v>
       </c>
       <c r="C299">
         <v>2016</v>
       </c>
       <c r="D299" t="s">
         <v>13</v>
       </c>
       <c r="E299">
         <v>0.35</v>
       </c>
       <c r="F299" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="G299" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="B300" t="s">
         <v>517</v>
       </c>
       <c r="C300">
         <v>2012</v>
       </c>
       <c r="D300" t="s">
         <v>13</v>
       </c>
       <c r="E300">
         <v>0.3</v>
       </c>
       <c r="F300" t="s">
-        <v>175</v>
+        <v>541</v>
       </c>
       <c r="G300" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
         <v>542</v>
       </c>
       <c r="B301" t="s">
         <v>542</v>
       </c>
       <c r="C301">
         <v>2015</v>
       </c>
       <c r="D301" t="s">
         <v>13</v>
       </c>
       <c r="E301">
         <v>0.16</v>
       </c>
       <c r="F301" t="s">
-        <v>66</v>
+        <v>224</v>
       </c>
       <c r="G301" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>