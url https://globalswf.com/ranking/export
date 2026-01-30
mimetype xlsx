--- v3 (2026-01-05)
+++ v4 (2026-01-30)
@@ -12,118 +12,118 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="543">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="542">
   <si>
     <t>Investor</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Est</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>AuM ($b)*</t>
   </si>
   <si>
     <t>Alternatives (%) **</t>
   </si>
   <si>
     <t>Domestic (%)</t>
   </si>
   <si>
     <t>PBoC</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>CB</t>
   </si>
   <si>
     <t>0%</t>
   </si>
   <si>
     <t>NBIM</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>SWF</t>
   </si>
   <si>
     <t>2%</t>
   </si>
   <si>
+    <t>SAFE IC</t>
+  </si>
+  <si>
+    <t>28%</t>
+  </si>
+  <si>
+    <t>74%</t>
+  </si>
+  <si>
     <t>GPIF</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>PPF</t>
   </si>
   <si>
     <t>51%</t>
   </si>
   <si>
-    <t>SAFE IC</t>
-[...7 lines deleted...]
-  <si>
     <t>CIC</t>
   </si>
   <si>
     <t>65%</t>
   </si>
   <si>
     <t>BoJ</t>
   </si>
   <si>
     <t>ADIA</t>
   </si>
   <si>
     <t>UAE - Abu Dhabi</t>
   </si>
   <si>
     <t>33%</t>
   </si>
   <si>
     <t>PIF</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>55%</t>
@@ -428,198 +428,207 @@
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>26%</t>
   </si>
   <si>
     <t>Banxico</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>BoI</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>ART</t>
   </si>
   <si>
     <t>Australia - QLD</t>
   </si>
   <si>
-    <t>AP1-6</t>
+    <t>Texas TRS</t>
+  </si>
+  <si>
+    <t>USA - TX</t>
+  </si>
+  <si>
+    <t>BoE</t>
+  </si>
+  <si>
+    <t>UK</t>
+  </si>
+  <si>
+    <t>Future Fund</t>
+  </si>
+  <si>
+    <t>43%</t>
+  </si>
+  <si>
+    <t>PSP</t>
+  </si>
+  <si>
+    <t>54%</t>
+  </si>
+  <si>
+    <t>19%</t>
+  </si>
+  <si>
+    <t>KIC</t>
+  </si>
+  <si>
+    <t>22%</t>
+  </si>
+  <si>
+    <t>BCI</t>
+  </si>
+  <si>
+    <t>Canada - BC</t>
+  </si>
+  <si>
+    <t>38%</t>
+  </si>
+  <si>
+    <t>OTPP</t>
+  </si>
+  <si>
+    <t>Canada - ON</t>
+  </si>
+  <si>
+    <t>36%</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>TCMB</t>
+  </si>
+  <si>
+    <t>WSIB</t>
+  </si>
+  <si>
+    <t>USA - WA</t>
+  </si>
+  <si>
+    <t>NPST</t>
+  </si>
+  <si>
+    <t>SWIB</t>
+  </si>
+  <si>
+    <t>USA - WI</t>
+  </si>
+  <si>
+    <t>NWF RU</t>
+  </si>
+  <si>
+    <t>83%</t>
+  </si>
+  <si>
+    <t>CNB</t>
+  </si>
+  <si>
+    <t>Czech Republic</t>
+  </si>
+  <si>
+    <t>MPFA</t>
+  </si>
+  <si>
+    <t>Danantara</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>71%</t>
+  </si>
+  <si>
+    <t>PIC</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>6%</t>
+  </si>
+  <si>
+    <t>93%</t>
+  </si>
+  <si>
+    <t>AP7</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>Texas TRS</t>
-[...104 lines deleted...]
-    <t>93%</t>
+    <t>4%</t>
   </si>
   <si>
     <t>PIFSS-Wafra</t>
   </si>
   <si>
     <t>40%</t>
   </si>
   <si>
     <t>NYS TRS</t>
   </si>
   <si>
     <t>78%</t>
   </si>
   <si>
+    <t>BCPP</t>
+  </si>
+  <si>
+    <t>15%</t>
+  </si>
+  <si>
     <t>BI</t>
   </si>
   <si>
     <t>MSBI</t>
   </si>
   <si>
     <t>USA - MN</t>
   </si>
   <si>
     <t>72%</t>
   </si>
   <si>
     <t>Ohio PERS</t>
   </si>
   <si>
     <t>USA - OH</t>
   </si>
   <si>
-    <t>AP7</t>
-[...2 lines deleted...]
-    <t>4%</t>
+    <t>LGPS Central</t>
+  </si>
+  <si>
+    <t>12%</t>
   </si>
   <si>
     <t>Aware Super</t>
   </si>
   <si>
     <t>35%</t>
   </si>
   <si>
     <t>ECB</t>
   </si>
   <si>
     <t>Eurosystem</t>
   </si>
   <si>
     <t>BdE</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>NCRS</t>
   </si>
   <si>
     <t>USA - NC</t>
   </si>
@@ -686,173 +695,176 @@
   <si>
     <t>BSP</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>ATP Groep</t>
   </si>
   <si>
     <t>56%</t>
   </si>
   <si>
     <t>Ohio STF</t>
   </si>
   <si>
     <t>79%</t>
   </si>
   <si>
     <t>DN</t>
   </si>
   <si>
     <t>UniSuper</t>
   </si>
   <si>
-    <t>15%</t>
-[...1 lines deleted...]
-  <si>
     <t>OMERS</t>
   </si>
   <si>
     <t>70%</t>
   </si>
   <si>
     <t>16%</t>
   </si>
   <si>
     <t>Amitim</t>
   </si>
   <si>
     <t>64%</t>
   </si>
   <si>
     <t>CBL</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>CBIraq</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>Oregon PERF</t>
   </si>
   <si>
     <t>USA - OR</t>
   </si>
   <si>
+    <t>NLGPS</t>
+  </si>
+  <si>
     <t>BCRP</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>KLP</t>
   </si>
   <si>
     <t>Aramco PF</t>
   </si>
   <si>
     <t>QIC</t>
   </si>
   <si>
     <t>LACERA</t>
   </si>
   <si>
     <t>HostPlus</t>
   </si>
   <si>
     <t>SSO</t>
   </si>
   <si>
     <t>MPSERS</t>
   </si>
   <si>
     <t>USA - MI</t>
   </si>
   <si>
     <t>47%</t>
   </si>
   <si>
     <t>PFA JP</t>
   </si>
   <si>
     <t>KEVA</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>18%</t>
   </si>
   <si>
     <t>HOOPP</t>
   </si>
   <si>
+    <t>AP4</t>
+  </si>
+  <si>
     <t>Alaska PFC</t>
   </si>
   <si>
     <t>USA - AK</t>
   </si>
   <si>
+    <t>AP3</t>
+  </si>
+  <si>
     <t>Samruk Kazyna</t>
   </si>
   <si>
     <t>Kazakhstan</t>
   </si>
   <si>
     <t>62%</t>
   </si>
   <si>
     <t>SBV</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>Illinois STRS</t>
   </si>
   <si>
     <t>USA - IL</t>
   </si>
   <si>
     <t>DIF</t>
   </si>
   <si>
     <t>Penn PSERS</t>
   </si>
   <si>
     <t>USA - PA</t>
   </si>
   <si>
-    <t>NLGPS</t>
-[...1 lines deleted...]
-  <si>
     <t>NJ DoI</t>
   </si>
   <si>
     <t>USA - NJ</t>
   </si>
   <si>
     <t>PNB</t>
   </si>
   <si>
     <t>13%</t>
   </si>
   <si>
     <t>84%</t>
   </si>
   <si>
     <t>TCorp</t>
   </si>
   <si>
     <t>Australia - NSW</t>
   </si>
   <si>
     <t>BNR</t>
   </si>
   <si>
     <t>Romania</t>
@@ -869,80 +881,80 @@
   <si>
     <t>Maryland SRA</t>
   </si>
   <si>
     <t>USA - MD</t>
   </si>
   <si>
     <t>BIA</t>
   </si>
   <si>
     <t>Brunei</t>
   </si>
   <si>
     <t>RBA</t>
   </si>
   <si>
     <t>DH</t>
   </si>
   <si>
     <t>94%</t>
   </si>
   <si>
     <t>QCB</t>
   </si>
   <si>
-    <t>BCPP</t>
-[...1 lines deleted...]
-  <si>
     <t>Kokkyoren</t>
   </si>
   <si>
     <t>53%</t>
   </si>
   <si>
     <t>SOFAZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
     <t>9%</t>
   </si>
   <si>
     <t>PKA</t>
   </si>
   <si>
     <t>8%</t>
   </si>
   <si>
     <t>SARB</t>
   </si>
   <si>
     <t>CBUS</t>
   </si>
   <si>
+    <t>London CIV</t>
+  </si>
+  <si>
     <t>LIA</t>
   </si>
   <si>
     <t>NF-NIC</t>
   </si>
   <si>
     <t>COPERA</t>
   </si>
   <si>
     <t>USA - CO</t>
   </si>
   <si>
     <t>BanRep</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Bportugal</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>REST</t>
@@ -959,50 +971,53 @@
   <si>
     <t>Australia - VIC</t>
   </si>
   <si>
     <t>New Mexico SIC</t>
   </si>
   <si>
     <t>USA - NM</t>
   </si>
   <si>
     <t>NBK</t>
   </si>
   <si>
     <t>IMCO</t>
   </si>
   <si>
     <t>Bpifrance</t>
   </si>
   <si>
     <t>PensionDanmark</t>
   </si>
   <si>
     <t>Texas PSF</t>
   </si>
   <si>
+    <t>AP2</t>
+  </si>
+  <si>
     <t>ADPF</t>
   </si>
   <si>
     <t>NBB</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>NBU</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>GPSSA</t>
   </si>
   <si>
     <t>OIA</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
     <t>OENB</t>
@@ -1049,209 +1064,200 @@
   <si>
     <t>MNB</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>BNB</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>PUBLICA</t>
   </si>
   <si>
     <t>CBK</t>
   </si>
   <si>
     <t>EIH</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
+    <t>VSS</t>
+  </si>
+  <si>
+    <t>UAPF</t>
+  </si>
+  <si>
     <t>BKAM</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>GPF</t>
   </si>
   <si>
     <t>PREVI</t>
   </si>
   <si>
     <t>99%</t>
   </si>
   <si>
-    <t>London CIV</t>
-[...1 lines deleted...]
-  <si>
     <t>Texas MRS</t>
   </si>
   <si>
-    <t>BVK Zurich</t>
-[...1 lines deleted...]
-  <si>
     <t>CBN</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>CSC</t>
   </si>
   <si>
     <t>AIH</t>
   </si>
   <si>
     <t>CDG</t>
   </si>
   <si>
     <t>BCRA</t>
   </si>
   <si>
     <t>Texas PUF</t>
   </si>
   <si>
     <t>KWAP</t>
   </si>
   <si>
     <t>FTF</t>
   </si>
   <si>
     <t>82%</t>
   </si>
   <si>
     <t>BoA</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>GRSIA (Daman)</t>
   </si>
   <si>
     <t>11%</t>
   </si>
   <si>
     <t>NWF UK</t>
   </si>
   <si>
-    <t>BVV</t>
-[...1 lines deleted...]
-  <si>
     <t>NBSr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>CBIran</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
     <t>GSIS</t>
   </si>
   <si>
     <t>RBNZ</t>
   </si>
   <si>
     <t>Wyoming STO</t>
   </si>
   <si>
     <t>USA - WY</t>
   </si>
   <si>
     <t>46%</t>
   </si>
   <si>
     <t>BanGuat</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>Khazanah</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>OBAG</t>
   </si>
   <si>
     <t>Baiterek</t>
   </si>
   <si>
+    <t>LIMAD</t>
+  </si>
+  <si>
     <t>AMCM</t>
   </si>
   <si>
     <t>China - MSAR</t>
   </si>
   <si>
-    <t>FDC</t>
-[...4 lines deleted...]
-  <si>
     <t>ISIF</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>32%</t>
   </si>
   <si>
     <t>73%</t>
   </si>
   <si>
     <t>RDIF</t>
   </si>
   <si>
     <t>96%</t>
   </si>
   <si>
     <t>SPF</t>
   </si>
   <si>
     <t>NDFI</t>
   </si>
   <si>
-    <t>VER</t>
-[...1 lines deleted...]
-  <si>
     <t>KENFO</t>
   </si>
   <si>
     <t>NBC</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>CBJ</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>BCEAO</t>
   </si>
   <si>
     <t>West African System</t>
   </si>
   <si>
     <t>SP</t>
   </si>
   <si>
     <t>FRR</t>
@@ -1436,50 +1442,56 @@
   <si>
     <t>NBRB</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
     <t>BCT</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>BoG</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>SCIC</t>
   </si>
   <si>
     <t>HKIC</t>
   </si>
   <si>
+    <t>FRC</t>
+  </si>
+  <si>
+    <t>Monaco</t>
+  </si>
+  <si>
     <t>Solidium</t>
   </si>
   <si>
     <t>BeS</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
     <t>SBI</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>T&amp;T HSF</t>
   </si>
   <si>
     <t>Trinidad &amp; Tobago</t>
   </si>
   <si>
     <t>BBB IP</t>
   </si>
   <si>
     <t>COFIDES</t>
@@ -1562,126 +1574,111 @@
   <si>
     <t>Panama</t>
   </si>
   <si>
     <t>7%</t>
   </si>
   <si>
     <t>HNB</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>NSIA</t>
   </si>
   <si>
     <t>MGI</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Maharlika</t>
   </si>
   <si>
-    <t>RSSB</t>
+    <t>CIF</t>
+  </si>
+  <si>
+    <t>FFSB</t>
+  </si>
+  <si>
+    <t>ECCB</t>
+  </si>
+  <si>
+    <t>East Caribbean System</t>
+  </si>
+  <si>
+    <t>TSFE</t>
+  </si>
+  <si>
+    <t>Pula Fund</t>
+  </si>
+  <si>
+    <t>Botswana</t>
+  </si>
+  <si>
+    <t>Sarawak</t>
+  </si>
+  <si>
+    <t>Ithmar Capital</t>
+  </si>
+  <si>
+    <t>52%</t>
+  </si>
+  <si>
+    <t>Chinggis Fund</t>
+  </si>
+  <si>
+    <t>GHF+GSF</t>
+  </si>
+  <si>
+    <t>FONSIS</t>
+  </si>
+  <si>
+    <t>Senegal</t>
+  </si>
+  <si>
+    <t>Palestine</t>
+  </si>
+  <si>
+    <t>FGR</t>
+  </si>
+  <si>
+    <t>FGIS</t>
+  </si>
+  <si>
+    <t>Gabon</t>
+  </si>
+  <si>
+    <t>GIIF</t>
+  </si>
+  <si>
+    <t>Agaciro Fund</t>
   </si>
   <si>
     <t>Rwanda</t>
-  </si>
-[...70 lines deleted...]
-    <t>12%</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -2070,120 +2067,120 @@
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3">
         <v>1997</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3">
         <v>2048.09</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4">
+        <v>1997</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4">
+        <v>1951.96</v>
+      </c>
+      <c r="F4" t="s">
         <v>16</v>
       </c>
-      <c r="C4">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="G4" t="s">
         <v>17</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" t="s">
         <v>19</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>1997</v>
+        <v>2006</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E5">
-        <v>1694.2</v>
+        <v>1868.26</v>
       </c>
       <c r="F5" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6">
         <v>2007</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6">
         <v>1567.33</v>
       </c>
       <c r="F6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>24</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C7">
         <v>1882</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
         <v>1341.27</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>25</v>
       </c>
       <c r="B8" t="s">
         <v>26</v>
       </c>
       <c r="C8">
@@ -2260,74 +2257,74 @@
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11">
         <v>1002.03</v>
       </c>
       <c r="F11" t="s">
         <v>36</v>
       </c>
       <c r="G11" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>38</v>
       </c>
       <c r="B12" t="s">
         <v>39</v>
       </c>
       <c r="C12">
         <v>1988</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E12">
         <v>972.75</v>
       </c>
       <c r="F12" t="s">
         <v>40</v>
       </c>
       <c r="G12" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>42</v>
       </c>
       <c r="B13" t="s">
         <v>43</v>
       </c>
       <c r="C13">
         <v>1986</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E13">
         <v>963.37</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>45</v>
       </c>
       <c r="B14" t="s">
         <v>46</v>
       </c>
       <c r="C14">
         <v>1981</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14">
@@ -2375,106 +2372,106 @@
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16">
         <v>687.26</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>52</v>
       </c>
       <c r="B17" t="s">
         <v>53</v>
       </c>
       <c r="C17">
         <v>1922</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E17">
         <v>641.01</v>
       </c>
       <c r="F17" t="s">
         <v>54</v>
       </c>
       <c r="G17" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>56</v>
       </c>
       <c r="B18" t="s">
         <v>57</v>
       </c>
       <c r="C18">
         <v>1924</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
       <c r="E18">
         <v>600.2</v>
       </c>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>58</v>
       </c>
       <c r="B19" t="s">
         <v>59</v>
       </c>
       <c r="C19">
         <v>1932</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E19">
-        <v>596.0</v>
+        <v>595.8</v>
       </c>
       <c r="F19" t="s">
         <v>60</v>
       </c>
       <c r="G19" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>61</v>
       </c>
       <c r="B20" t="s">
         <v>62</v>
       </c>
       <c r="C20">
         <v>2005</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20">
         <v>579.87</v>
       </c>
       <c r="F20" t="s">
         <v>41</v>
       </c>
       <c r="G20" t="s">
         <v>63</v>
       </c>
     </row>
@@ -2490,120 +2487,120 @@
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
       <c r="E21">
         <v>558.8</v>
       </c>
       <c r="F21" t="s">
         <v>10</v>
       </c>
       <c r="G21" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
         <v>67</v>
       </c>
       <c r="C22">
         <v>1997</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E22">
         <v>558.71</v>
       </c>
       <c r="F22" t="s">
         <v>68</v>
       </c>
       <c r="G22" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>69</v>
       </c>
       <c r="B23" t="s">
         <v>70</v>
       </c>
       <c r="C23">
         <v>1993</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
       <c r="E23">
         <v>534.0</v>
       </c>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>71</v>
       </c>
       <c r="B24" t="s">
         <v>46</v>
       </c>
       <c r="C24">
         <v>1955</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E24">
         <v>503.5</v>
       </c>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>72</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25">
         <v>2000</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E25">
         <v>455.18</v>
       </c>
       <c r="F25" t="s">
         <v>73</v>
       </c>
       <c r="G25" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>75</v>
       </c>
       <c r="B26" t="s">
         <v>29</v>
       </c>
       <c r="C26">
         <v>1952</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
       <c r="E26">
@@ -2720,97 +2717,97 @@
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
       <c r="E31">
         <v>400.02</v>
       </c>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>86</v>
       </c>
       <c r="B32" t="s">
         <v>59</v>
       </c>
       <c r="C32">
         <v>1913</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E32">
         <v>389.5</v>
       </c>
       <c r="F32" t="s">
         <v>87</v>
       </c>
       <c r="G32" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>89</v>
       </c>
       <c r="B33" t="s">
         <v>29</v>
       </c>
       <c r="C33">
         <v>1958</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E33">
         <v>373.66</v>
       </c>
       <c r="F33" t="s">
         <v>27</v>
       </c>
       <c r="G33" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>91</v>
       </c>
       <c r="B34" t="s">
         <v>92</v>
       </c>
       <c r="C34">
         <v>1965</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E34">
         <v>362.53</v>
       </c>
       <c r="F34" t="s">
         <v>87</v>
       </c>
       <c r="G34" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>94</v>
       </c>
       <c r="B35" t="s">
         <v>95</v>
       </c>
       <c r="C35">
         <v>1964</v>
       </c>
       <c r="D35" t="s">
         <v>9</v>
       </c>
       <c r="E35">
@@ -2858,166 +2855,166 @@
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37">
         <v>357.93</v>
       </c>
       <c r="F37" t="s">
         <v>23</v>
       </c>
       <c r="G37" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>100</v>
       </c>
       <c r="B38" t="s">
         <v>51</v>
       </c>
       <c r="C38">
         <v>1952</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E38">
         <v>331.78</v>
       </c>
       <c r="F38" t="s">
         <v>55</v>
       </c>
       <c r="G38" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>101</v>
       </c>
       <c r="B39" t="s">
         <v>102</v>
       </c>
       <c r="C39">
         <v>1951</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E39">
         <v>325.24</v>
       </c>
       <c r="F39" t="s">
         <v>37</v>
       </c>
       <c r="G39" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>103</v>
       </c>
       <c r="B40" t="s">
         <v>46</v>
       </c>
       <c r="C40">
         <v>1974</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40">
         <v>324.0</v>
       </c>
       <c r="F40" t="s">
         <v>104</v>
       </c>
       <c r="G40" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>106</v>
       </c>
       <c r="B41" t="s">
         <v>107</v>
       </c>
       <c r="C41">
         <v>1920</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E41">
         <v>308.83</v>
       </c>
       <c r="F41" t="s">
         <v>108</v>
       </c>
       <c r="G41" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>110</v>
       </c>
       <c r="B42" t="s">
         <v>107</v>
       </c>
       <c r="C42">
         <v>1983</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E42">
         <v>291.4</v>
       </c>
       <c r="F42" t="s">
         <v>27</v>
       </c>
       <c r="G42" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>112</v>
       </c>
       <c r="B43" t="s">
         <v>113</v>
       </c>
       <c r="C43">
         <v>1943</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E43">
         <v>275.6</v>
       </c>
       <c r="F43" t="s">
         <v>27</v>
       </c>
       <c r="G43" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>115</v>
       </c>
       <c r="B44" t="s">
         <v>116</v>
       </c>
       <c r="C44">
         <v>1980</v>
       </c>
       <c r="D44" t="s">
         <v>9</v>
       </c>
       <c r="E44">
@@ -3042,120 +3039,120 @@
       </c>
       <c r="D45" t="s">
         <v>9</v>
       </c>
       <c r="E45">
         <v>272.02</v>
       </c>
       <c r="F45" t="s">
         <v>10</v>
       </c>
       <c r="G45" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>119</v>
       </c>
       <c r="B46" t="s">
         <v>53</v>
       </c>
       <c r="C46">
         <v>1969</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E46">
         <v>269.52</v>
       </c>
       <c r="F46" t="s">
         <v>108</v>
       </c>
       <c r="G46" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>120</v>
       </c>
       <c r="B47" t="s">
         <v>57</v>
       </c>
       <c r="C47">
         <v>2014</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E47">
         <v>269.41</v>
       </c>
       <c r="F47" t="s">
         <v>37</v>
       </c>
       <c r="G47" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>122</v>
       </c>
       <c r="B48" t="s">
         <v>123</v>
       </c>
       <c r="C48">
         <v>1945</v>
       </c>
       <c r="D48" t="s">
         <v>9</v>
       </c>
       <c r="E48">
         <v>265.0</v>
       </c>
       <c r="F48" t="s">
         <v>10</v>
       </c>
       <c r="G48" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>124</v>
       </c>
       <c r="B49" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C49">
         <v>1984</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E49">
         <v>264.0</v>
       </c>
       <c r="F49" t="s">
         <v>125</v>
       </c>
       <c r="G49" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>127</v>
       </c>
       <c r="B50" t="s">
         <v>26</v>
       </c>
       <c r="C50">
         <v>2018</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50">
@@ -3180,51 +3177,51 @@
       </c>
       <c r="D51" t="s">
         <v>9</v>
       </c>
       <c r="E51">
         <v>255.69</v>
       </c>
       <c r="F51" t="s">
         <v>10</v>
       </c>
       <c r="G51" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>129</v>
       </c>
       <c r="B52" t="s">
         <v>130</v>
       </c>
       <c r="C52">
         <v>2006</v>
       </c>
       <c r="D52" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E52">
         <v>251.52</v>
       </c>
       <c r="F52" t="s">
         <v>131</v>
       </c>
       <c r="G52" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>132</v>
       </c>
       <c r="B53" t="s">
         <v>133</v>
       </c>
       <c r="C53">
         <v>1925</v>
       </c>
       <c r="D53" t="s">
         <v>9</v>
       </c>
       <c r="E53">
@@ -3249,5715 +3246,5715 @@
       </c>
       <c r="D54" t="s">
         <v>9</v>
       </c>
       <c r="E54">
         <v>231.43</v>
       </c>
       <c r="F54" t="s">
         <v>10</v>
       </c>
       <c r="G54" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>136</v>
       </c>
       <c r="B55" t="s">
         <v>137</v>
       </c>
       <c r="C55">
         <v>2022</v>
       </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E55">
         <v>228.66</v>
       </c>
       <c r="F55" t="s">
         <v>93</v>
       </c>
       <c r="G55" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>138</v>
       </c>
       <c r="B56" t="s">
         <v>139</v>
       </c>
       <c r="C56">
-        <v>1974</v>
+        <v>1937</v>
       </c>
       <c r="D56" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E56">
-        <v>226.65</v>
+        <v>225.3</v>
       </c>
       <c r="F56" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="G56" t="s">
-        <v>68</v>
+        <v>114</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>140</v>
       </c>
       <c r="B57" t="s">
         <v>141</v>
       </c>
       <c r="C57">
-        <v>1937</v>
+        <v>1694</v>
       </c>
       <c r="D57" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E57">
-        <v>225.3</v>
+        <v>222.49</v>
       </c>
       <c r="F57" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="G57" t="s">
-        <v>114</v>
+        <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>142</v>
       </c>
       <c r="B58" t="s">
+        <v>130</v>
+      </c>
+      <c r="C58">
+        <v>2006</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58">
+        <v>215.82</v>
+      </c>
+      <c r="F58" t="s">
         <v>143</v>
       </c>
-      <c r="C58">
-[...10 lines deleted...]
-      </c>
       <c r="G58" t="s">
-        <v>10</v>
+        <v>108</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>144</v>
       </c>
       <c r="B59" t="s">
-        <v>130</v>
+        <v>67</v>
       </c>
       <c r="C59">
-        <v>2006</v>
+        <v>1999</v>
       </c>
       <c r="D59" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E59">
-        <v>215.82</v>
+        <v>209.46</v>
       </c>
       <c r="F59" t="s">
         <v>145</v>
       </c>
       <c r="G59" t="s">
-        <v>108</v>
+        <v>146</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B60" t="s">
-        <v>67</v>
+        <v>39</v>
       </c>
       <c r="C60">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="D60" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E60">
-        <v>209.46</v>
+        <v>206.5</v>
       </c>
       <c r="F60" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G60" t="s">
-        <v>148</v>
+        <v>10</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>149</v>
       </c>
       <c r="B61" t="s">
-        <v>39</v>
+        <v>150</v>
       </c>
       <c r="C61">
-        <v>2005</v>
+        <v>1999</v>
       </c>
       <c r="D61" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E61">
-        <v>206.5</v>
+        <v>206.18</v>
       </c>
       <c r="F61" t="s">
-        <v>150</v>
+        <v>68</v>
       </c>
       <c r="G61" t="s">
-        <v>10</v>
+        <v>151</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B62" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C62">
-        <v>1999</v>
+        <v>1917</v>
       </c>
       <c r="D62" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E62">
-        <v>206.18</v>
+        <v>197.05</v>
       </c>
       <c r="F62" t="s">
-        <v>68</v>
+        <v>126</v>
       </c>
       <c r="G62" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B63" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="C63">
-        <v>1917</v>
+        <v>2014</v>
       </c>
       <c r="D63" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E63">
-        <v>197.05</v>
+        <v>193.5</v>
       </c>
       <c r="F63" t="s">
-        <v>126</v>
+        <v>36</v>
       </c>
       <c r="G63" t="s">
-        <v>156</v>
+        <v>104</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B64" t="s">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="C64">
-        <v>2014</v>
+        <v>1931</v>
       </c>
       <c r="D64" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E64">
-        <v>193.5</v>
+        <v>186.44</v>
       </c>
       <c r="F64" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="G64" t="s">
-        <v>104</v>
+        <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
+        <v>157</v>
+      </c>
+      <c r="B65" t="s">
         <v>158</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>1931</v>
+        <v>2005</v>
       </c>
       <c r="D65" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E65">
-        <v>186.44</v>
+        <v>185.71</v>
       </c>
       <c r="F65" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="G65" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>159</v>
       </c>
       <c r="B66" t="s">
-        <v>160</v>
+        <v>51</v>
       </c>
       <c r="C66">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E66">
-        <v>185.71</v>
+        <v>184.19</v>
       </c>
       <c r="F66" t="s">
-        <v>147</v>
+        <v>10</v>
       </c>
       <c r="G66" t="s">
-        <v>68</v>
+        <v>44</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
+        <v>160</v>
+      </c>
+      <c r="B67" t="s">
         <v>161</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>2008</v>
+        <v>1951</v>
       </c>
       <c r="D67" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E67">
-        <v>184.19</v>
+        <v>177.24</v>
       </c>
       <c r="F67" t="s">
-        <v>10</v>
+        <v>143</v>
       </c>
       <c r="G67" t="s">
-        <v>44</v>
+        <v>90</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>162</v>
       </c>
       <c r="B68" t="s">
+        <v>49</v>
+      </c>
+      <c r="C68">
+        <v>2008</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68">
+        <v>175.21</v>
+      </c>
+      <c r="F68" t="s">
+        <v>108</v>
+      </c>
+      <c r="G68" t="s">
         <v>163</v>
-      </c>
-[...13 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>164</v>
       </c>
       <c r="B69" t="s">
-        <v>49</v>
+        <v>165</v>
       </c>
       <c r="C69">
-        <v>2008</v>
+        <v>1993</v>
       </c>
       <c r="D69" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E69">
-        <v>175.21</v>
+        <v>172.64</v>
       </c>
       <c r="F69" t="s">
-        <v>108</v>
+        <v>10</v>
       </c>
       <c r="G69" t="s">
-        <v>165</v>
+        <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>166</v>
       </c>
       <c r="B70" t="s">
-        <v>167</v>
+        <v>70</v>
       </c>
       <c r="C70">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="D70" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E70">
-        <v>172.64</v>
+        <v>172.32</v>
       </c>
       <c r="F70" t="s">
         <v>10</v>
       </c>
       <c r="G70" t="s">
-        <v>10</v>
+        <v>126</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
+        <v>167</v>
+      </c>
+      <c r="B71" t="s">
         <v>168</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>1995</v>
+        <v>2025</v>
       </c>
       <c r="D71" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E71">
-        <v>172.32</v>
+        <v>172.0</v>
       </c>
       <c r="F71" t="s">
-        <v>10</v>
+        <v>169</v>
       </c>
       <c r="G71" t="s">
-        <v>126</v>
+        <v>44</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B72" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C72">
-        <v>2025</v>
+        <v>2015</v>
       </c>
       <c r="D72" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E72">
-        <v>172.0</v>
+        <v>165.56</v>
       </c>
       <c r="F72" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G72" t="s">
-        <v>44</v>
+        <v>173</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B73" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C73">
-        <v>2015</v>
+        <v>2000</v>
       </c>
       <c r="D73" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E73">
-        <v>165.56</v>
+        <v>159.04</v>
       </c>
       <c r="F73" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="G73" t="s">
-        <v>175</v>
+        <v>37</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B74" t="s">
         <v>35</v>
       </c>
       <c r="C74">
         <v>1955</v>
       </c>
       <c r="D74" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E74">
         <v>158.59</v>
       </c>
       <c r="F74" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G74" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B75" t="s">
         <v>107</v>
       </c>
       <c r="C75">
         <v>1913</v>
       </c>
       <c r="D75" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E75">
         <v>154.2</v>
       </c>
       <c r="F75" t="s">
         <v>63</v>
       </c>
       <c r="G75" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B76" t="s">
-        <v>170</v>
+        <v>141</v>
       </c>
       <c r="C76">
-        <v>1953</v>
+        <v>2018</v>
       </c>
       <c r="D76" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E76">
-        <v>150.1</v>
+        <v>152.18</v>
       </c>
       <c r="F76" t="s">
-        <v>10</v>
+        <v>182</v>
       </c>
       <c r="G76" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B77" t="s">
-        <v>182</v>
+        <v>168</v>
       </c>
       <c r="C77">
-        <v>1981</v>
+        <v>1953</v>
       </c>
       <c r="D77" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E77">
-        <v>147.2</v>
+        <v>150.1</v>
       </c>
       <c r="F77" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="G77" t="s">
-        <v>183</v>
+        <v>10</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>184</v>
       </c>
       <c r="B78" t="s">
         <v>185</v>
       </c>
       <c r="C78">
-        <v>1935</v>
+        <v>1981</v>
       </c>
       <c r="D78" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E78">
-        <v>142.64</v>
+        <v>147.2</v>
       </c>
       <c r="F78" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="G78" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B79" t="s">
-        <v>139</v>
+        <v>188</v>
       </c>
       <c r="C79">
-        <v>2000</v>
+        <v>1935</v>
       </c>
       <c r="D79" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E79">
-        <v>130.61</v>
+        <v>142.64</v>
       </c>
       <c r="F79" t="s">
-        <v>187</v>
+        <v>16</v>
       </c>
       <c r="G79" t="s">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B80" t="s">
-        <v>130</v>
+        <v>141</v>
       </c>
       <c r="C80">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="D80" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E80">
-        <v>129.81</v>
+        <v>134.67</v>
       </c>
       <c r="F80" t="s">
-        <v>131</v>
+        <v>190</v>
       </c>
       <c r="G80" t="s">
-        <v>189</v>
+        <v>104</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B81" t="s">
-        <v>191</v>
+        <v>130</v>
       </c>
       <c r="C81">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="D81" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E81">
-        <v>129.61</v>
+        <v>129.81</v>
       </c>
       <c r="F81" t="s">
-        <v>10</v>
+        <v>131</v>
       </c>
       <c r="G81" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B82" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C82">
-        <v>1782</v>
+        <v>1998</v>
       </c>
       <c r="D82" t="s">
         <v>9</v>
       </c>
       <c r="E82">
-        <v>128.31</v>
+        <v>129.61</v>
       </c>
       <c r="F82" t="s">
         <v>10</v>
       </c>
       <c r="G82" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B83" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C83">
-        <v>1941</v>
+        <v>1782</v>
       </c>
       <c r="D83" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E83">
-        <v>127.04</v>
+        <v>128.31</v>
       </c>
       <c r="F83" t="s">
-        <v>99</v>
+        <v>10</v>
       </c>
       <c r="G83" t="s">
-        <v>114</v>
+        <v>10</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B84" t="s">
-        <v>67</v>
+        <v>198</v>
       </c>
       <c r="C84">
-        <v>1935</v>
+        <v>1941</v>
       </c>
       <c r="D84" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E84">
-        <v>126.72</v>
+        <v>127.04</v>
       </c>
       <c r="F84" t="s">
-        <v>10</v>
+        <v>99</v>
       </c>
       <c r="G84" t="s">
-        <v>10</v>
+        <v>114</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B85" t="s">
-        <v>198</v>
+        <v>67</v>
       </c>
       <c r="C85">
-        <v>1976</v>
+        <v>1935</v>
       </c>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E85">
-        <v>125.16</v>
+        <v>126.72</v>
       </c>
       <c r="F85" t="s">
-        <v>153</v>
+        <v>10</v>
       </c>
       <c r="G85" t="s">
-        <v>199</v>
+        <v>10</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>200</v>
       </c>
       <c r="B86" t="s">
-        <v>102</v>
+        <v>201</v>
       </c>
       <c r="C86">
-        <v>1959</v>
+        <v>1976</v>
       </c>
       <c r="D86" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E86">
-        <v>123.6</v>
+        <v>125.16</v>
       </c>
       <c r="F86" t="s">
-        <v>10</v>
+        <v>151</v>
       </c>
       <c r="G86" t="s">
-        <v>10</v>
+        <v>202</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B87" t="s">
-        <v>65</v>
+        <v>102</v>
       </c>
       <c r="C87">
-        <v>1995</v>
+        <v>1959</v>
       </c>
       <c r="D87" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E87">
-        <v>121.75</v>
+        <v>123.6</v>
       </c>
       <c r="F87" t="s">
-        <v>104</v>
+        <v>10</v>
       </c>
       <c r="G87" t="s">
-        <v>104</v>
+        <v>10</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B88" t="s">
-        <v>139</v>
+        <v>65</v>
       </c>
       <c r="C88">
-        <v>1917</v>
+        <v>1995</v>
       </c>
       <c r="D88" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E88">
-        <v>119.27</v>
+        <v>121.75</v>
       </c>
       <c r="F88" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="G88" t="s">
-        <v>36</v>
+        <v>104</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B89" t="s">
-        <v>204</v>
+        <v>175</v>
       </c>
       <c r="C89">
-        <v>1943</v>
+        <v>1917</v>
       </c>
       <c r="D89" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E89">
-        <v>116.84</v>
+        <v>119.27</v>
       </c>
       <c r="F89" t="s">
-        <v>187</v>
+        <v>108</v>
       </c>
       <c r="G89" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B90" t="s">
-        <v>116</v>
+        <v>207</v>
       </c>
       <c r="C90">
-        <v>2007</v>
+        <v>1943</v>
       </c>
       <c r="D90" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E90">
-        <v>116.32</v>
+        <v>116.84</v>
       </c>
       <c r="F90" t="s">
-        <v>206</v>
+        <v>176</v>
       </c>
       <c r="G90" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B91" t="s">
-        <v>208</v>
+        <v>116</v>
       </c>
       <c r="C91">
-        <v>1917</v>
+        <v>2007</v>
       </c>
       <c r="D91" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E91">
-        <v>115.51</v>
+        <v>116.32</v>
       </c>
       <c r="F91" t="s">
-        <v>47</v>
+        <v>209</v>
       </c>
       <c r="G91" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B92" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C92">
-        <v>1983</v>
+        <v>1917</v>
       </c>
       <c r="D92" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E92">
-        <v>115.4</v>
+        <v>115.51</v>
       </c>
       <c r="F92" t="s">
-        <v>211</v>
+        <v>47</v>
       </c>
       <c r="G92" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
         <v>212</v>
       </c>
       <c r="B93" t="s">
-        <v>53</v>
+        <v>213</v>
       </c>
       <c r="C93">
-        <v>1814</v>
+        <v>1983</v>
       </c>
       <c r="D93" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E93">
-        <v>115.33</v>
+        <v>115.4</v>
       </c>
       <c r="F93" t="s">
-        <v>10</v>
+        <v>214</v>
       </c>
       <c r="G93" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B94" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="C94">
-        <v>2017</v>
+        <v>1814</v>
       </c>
       <c r="D94" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E94">
-        <v>114.77</v>
+        <v>115.33</v>
       </c>
       <c r="F94" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="G94" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B95" t="s">
-        <v>215</v>
+        <v>29</v>
       </c>
       <c r="C95">
-        <v>1942</v>
+        <v>2017</v>
       </c>
       <c r="D95" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E95">
-        <v>113.9</v>
+        <v>114.77</v>
       </c>
       <c r="F95" t="s">
-        <v>156</v>
+        <v>44</v>
       </c>
       <c r="G95" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B96" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C96">
-        <v>1993</v>
+        <v>1942</v>
       </c>
       <c r="D96" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E96">
-        <v>111.08</v>
+        <v>113.9</v>
       </c>
       <c r="F96" t="s">
-        <v>10</v>
+        <v>154</v>
       </c>
       <c r="G96" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B97" t="s">
-        <v>208</v>
+        <v>220</v>
       </c>
       <c r="C97">
-        <v>1964</v>
+        <v>1993</v>
       </c>
       <c r="D97" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E97">
-        <v>109.73</v>
+        <v>111.08</v>
       </c>
       <c r="F97" t="s">
-        <v>189</v>
+        <v>10</v>
       </c>
       <c r="G97" t="s">
-        <v>219</v>
+        <v>10</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B98" t="s">
-        <v>185</v>
+        <v>211</v>
       </c>
       <c r="C98">
-        <v>1919</v>
+        <v>1964</v>
       </c>
       <c r="D98" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E98">
-        <v>104.1</v>
+        <v>109.73</v>
       </c>
       <c r="F98" t="s">
-        <v>63</v>
+        <v>192</v>
       </c>
       <c r="G98" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B99" t="s">
-        <v>208</v>
+        <v>188</v>
       </c>
       <c r="C99">
-        <v>1818</v>
+        <v>1919</v>
       </c>
       <c r="D99" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E99">
-        <v>103.74</v>
+        <v>104.1</v>
       </c>
       <c r="F99" t="s">
-        <v>10</v>
+        <v>63</v>
       </c>
       <c r="G99" t="s">
-        <v>10</v>
+        <v>224</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B100" t="s">
-        <v>130</v>
+        <v>211</v>
       </c>
       <c r="C100">
-        <v>2000</v>
+        <v>1818</v>
       </c>
       <c r="D100" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E100">
-        <v>103.22</v>
+        <v>103.74</v>
       </c>
       <c r="F100" t="s">
-        <v>224</v>
+        <v>10</v>
       </c>
       <c r="G100" t="s">
-        <v>104</v>
+        <v>10</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B101" t="s">
-        <v>155</v>
+        <v>130</v>
       </c>
       <c r="C101">
-        <v>1962</v>
+        <v>2000</v>
       </c>
       <c r="D101" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E101">
-        <v>102.84</v>
+        <v>103.22</v>
       </c>
       <c r="F101" t="s">
-        <v>226</v>
+        <v>182</v>
       </c>
       <c r="G101" t="s">
-        <v>227</v>
+        <v>104</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
+        <v>227</v>
+      </c>
+      <c r="B102" t="s">
+        <v>153</v>
+      </c>
+      <c r="C102">
+        <v>1962</v>
+      </c>
+      <c r="D102" t="s">
+        <v>20</v>
+      </c>
+      <c r="E102">
+        <v>102.84</v>
+      </c>
+      <c r="F102" t="s">
         <v>228</v>
-      </c>
-[...13 lines deleted...]
-        <v>36</v>
       </c>
       <c r="G102" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>230</v>
       </c>
       <c r="B103" t="s">
+        <v>135</v>
+      </c>
+      <c r="C103">
+        <v>2011</v>
+      </c>
+      <c r="D103" t="s">
+        <v>20</v>
+      </c>
+      <c r="E103">
+        <v>99.86</v>
+      </c>
+      <c r="F103" t="s">
+        <v>36</v>
+      </c>
+      <c r="G103" t="s">
         <v>231</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>232</v>
       </c>
       <c r="B104" t="s">
         <v>233</v>
       </c>
       <c r="C104">
-        <v>1947</v>
+        <v>1956</v>
       </c>
       <c r="D104" t="s">
         <v>9</v>
       </c>
       <c r="E104">
-        <v>98.15</v>
+        <v>98.8</v>
       </c>
       <c r="F104" t="s">
         <v>10</v>
       </c>
       <c r="G104" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>234</v>
       </c>
       <c r="B105" t="s">
         <v>235</v>
       </c>
       <c r="C105">
-        <v>1946</v>
+        <v>1947</v>
       </c>
       <c r="D105" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E105">
-        <v>95.98</v>
+        <v>98.15</v>
       </c>
       <c r="F105" t="s">
-        <v>126</v>
+        <v>10</v>
       </c>
       <c r="G105" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>236</v>
       </c>
       <c r="B106" t="s">
         <v>237</v>
       </c>
       <c r="C106">
-        <v>1922</v>
+        <v>1946</v>
       </c>
       <c r="D106" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E106">
-        <v>91.48</v>
+        <v>95.98</v>
       </c>
       <c r="F106" t="s">
-        <v>10</v>
+        <v>126</v>
       </c>
       <c r="G106" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>238</v>
       </c>
       <c r="B107" t="s">
-        <v>12</v>
+        <v>141</v>
       </c>
       <c r="C107">
-        <v>1949</v>
+        <v>2019</v>
       </c>
       <c r="D107" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E107">
-        <v>90.36</v>
+        <v>94.27</v>
       </c>
       <c r="F107" t="s">
-        <v>227</v>
+        <v>63</v>
       </c>
       <c r="G107" t="s">
-        <v>37</v>
+        <v>192</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>239</v>
       </c>
       <c r="B108" t="s">
-        <v>29</v>
+        <v>240</v>
       </c>
       <c r="C108">
-        <v>2017</v>
+        <v>1922</v>
       </c>
       <c r="D108" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E108">
-        <v>89.81</v>
+        <v>91.48</v>
       </c>
       <c r="F108" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="G108" t="s">
-        <v>90</v>
+        <v>10</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B109" t="s">
-        <v>137</v>
+        <v>12</v>
       </c>
       <c r="C109">
-        <v>1991</v>
+        <v>1949</v>
       </c>
       <c r="D109" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E109">
-        <v>88.92</v>
+        <v>90.36</v>
       </c>
       <c r="F109" t="s">
-        <v>63</v>
+        <v>229</v>
       </c>
       <c r="G109" t="s">
-        <v>145</v>
+        <v>37</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B110" t="s">
-        <v>59</v>
+        <v>29</v>
       </c>
       <c r="C110">
-        <v>1937</v>
+        <v>2017</v>
       </c>
       <c r="D110" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E110">
-        <v>87.97</v>
+        <v>89.81</v>
       </c>
       <c r="F110" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="G110" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B111" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="C111">
-        <v>1987</v>
+        <v>1991</v>
       </c>
       <c r="D111" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E111">
-        <v>87.87</v>
+        <v>88.92</v>
       </c>
       <c r="F111" t="s">
-        <v>199</v>
+        <v>63</v>
       </c>
       <c r="G111" t="s">
-        <v>104</v>
+        <v>143</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B112" t="s">
-        <v>118</v>
+        <v>59</v>
       </c>
       <c r="C112">
-        <v>1990</v>
+        <v>1937</v>
       </c>
       <c r="D112" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E112">
-        <v>87.74</v>
+        <v>87.97</v>
       </c>
       <c r="F112" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="G112" t="s">
-        <v>175</v>
+        <v>90</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B113" t="s">
-        <v>245</v>
+        <v>130</v>
       </c>
       <c r="C113">
-        <v>1942</v>
+        <v>1987</v>
       </c>
       <c r="D113" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E113">
-        <v>87.06</v>
+        <v>87.87</v>
       </c>
       <c r="F113" t="s">
-        <v>246</v>
+        <v>202</v>
       </c>
       <c r="G113" t="s">
-        <v>31</v>
+        <v>104</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="B114" t="s">
-        <v>16</v>
+        <v>118</v>
       </c>
       <c r="C114">
-        <v>1967</v>
+        <v>1990</v>
       </c>
       <c r="D114" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E114">
-        <v>86.79</v>
+        <v>87.74</v>
       </c>
       <c r="F114" t="s">
         <v>10</v>
       </c>
       <c r="G114" t="s">
-        <v>126</v>
+        <v>173</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
+        <v>247</v>
+      </c>
+      <c r="B115" t="s">
         <v>248</v>
       </c>
-      <c r="B115" t="s">
+      <c r="C115">
+        <v>1942</v>
+      </c>
+      <c r="D115" t="s">
+        <v>20</v>
+      </c>
+      <c r="E115">
+        <v>87.06</v>
+      </c>
+      <c r="F115" t="s">
         <v>249</v>
       </c>
-      <c r="C115">
-[...10 lines deleted...]
-      </c>
       <c r="G115" t="s">
-        <v>250</v>
+        <v>31</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B116" t="s">
-        <v>155</v>
+        <v>19</v>
       </c>
       <c r="C116">
-        <v>1960</v>
+        <v>1967</v>
       </c>
       <c r="D116" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E116">
-        <v>85.72</v>
+        <v>86.79</v>
       </c>
       <c r="F116" t="s">
-        <v>177</v>
+        <v>10</v>
       </c>
       <c r="G116" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
+        <v>251</v>
+      </c>
+      <c r="B117" t="s">
         <v>252</v>
       </c>
-      <c r="B117" t="s">
+      <c r="C117">
+        <v>1988</v>
+      </c>
+      <c r="D117" t="s">
+        <v>20</v>
+      </c>
+      <c r="E117">
+        <v>85.75</v>
+      </c>
+      <c r="F117" t="s">
+        <v>60</v>
+      </c>
+      <c r="G117" t="s">
         <v>253</v>
-      </c>
-[...13 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
         <v>254</v>
       </c>
       <c r="B118" t="s">
-        <v>255</v>
+        <v>153</v>
       </c>
       <c r="C118">
-        <v>2008</v>
+        <v>1960</v>
       </c>
       <c r="D118" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E118">
-        <v>81.03</v>
+        <v>85.72</v>
       </c>
       <c r="F118" t="s">
-        <v>256</v>
+        <v>178</v>
       </c>
       <c r="G118" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B119" t="s">
-        <v>258</v>
+        <v>175</v>
       </c>
       <c r="C119">
-        <v>1951</v>
+        <v>1974</v>
       </c>
       <c r="D119" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E119">
-        <v>81.0</v>
+        <v>85.15</v>
       </c>
       <c r="F119" t="s">
-        <v>10</v>
+        <v>131</v>
       </c>
       <c r="G119" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="B120" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="C120">
-        <v>1939</v>
+        <v>1976</v>
       </c>
       <c r="D120" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E120">
-        <v>80.83</v>
+        <v>85.1</v>
       </c>
       <c r="F120" t="s">
-        <v>206</v>
+        <v>41</v>
       </c>
       <c r="G120" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="B121" t="s">
-        <v>78</v>
+        <v>175</v>
       </c>
       <c r="C121">
-        <v>2024</v>
+        <v>2001</v>
       </c>
       <c r="D121" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E121">
-        <v>79.7</v>
+        <v>84.4</v>
       </c>
       <c r="F121" t="s">
-        <v>68</v>
+        <v>99</v>
       </c>
       <c r="G121" t="s">
-        <v>44</v>
+        <v>214</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="B122" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="C122">
-        <v>1917</v>
+        <v>2008</v>
       </c>
       <c r="D122" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E122">
-        <v>79.51</v>
+        <v>81.03</v>
       </c>
       <c r="F122" t="s">
-        <v>27</v>
+        <v>261</v>
       </c>
       <c r="G122" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="B123" t="s">
-        <v>143</v>
+        <v>263</v>
       </c>
       <c r="C123">
-        <v>2019</v>
+        <v>1951</v>
       </c>
       <c r="D123" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E123">
-        <v>79.44</v>
+        <v>81.0</v>
       </c>
       <c r="F123" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="G123" t="s">
-        <v>189</v>
+        <v>10</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
+        <v>264</v>
+      </c>
+      <c r="B124" t="s">
         <v>265</v>
       </c>
-      <c r="B124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C124">
-        <v>1950</v>
+        <v>1939</v>
       </c>
       <c r="D124" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E124">
-        <v>78.51</v>
+        <v>80.83</v>
       </c>
       <c r="F124" t="s">
-        <v>105</v>
+        <v>209</v>
       </c>
       <c r="G124" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="B125" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="C125">
-        <v>1978</v>
+        <v>2024</v>
       </c>
       <c r="D125" t="s">
         <v>13</v>
       </c>
       <c r="E125">
-        <v>78.05</v>
+        <v>79.7</v>
       </c>
       <c r="F125" t="s">
-        <v>268</v>
+        <v>68</v>
       </c>
       <c r="G125" t="s">
-        <v>269</v>
+        <v>44</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="B126" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="C126">
-        <v>1983</v>
+        <v>1917</v>
       </c>
       <c r="D126" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E126">
-        <v>77.48</v>
+        <v>79.51</v>
       </c>
       <c r="F126" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="G126" t="s">
-        <v>114</v>
+        <v>31</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="B127" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="C127">
-        <v>1880</v>
+        <v>1950</v>
       </c>
       <c r="D127" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E127">
-        <v>77.42</v>
+        <v>78.51</v>
       </c>
       <c r="F127" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="G127" t="s">
-        <v>10</v>
+        <v>114</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="B128" t="s">
-        <v>275</v>
+        <v>102</v>
       </c>
       <c r="C128">
-        <v>2008</v>
+        <v>1978</v>
       </c>
       <c r="D128" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E128">
-        <v>76.9</v>
+        <v>78.05</v>
       </c>
       <c r="F128" t="s">
-        <v>10</v>
+        <v>272</v>
       </c>
       <c r="G128" t="s">
-        <v>44</v>
+        <v>273</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="B129" t="s">
-        <v>12</v>
+        <v>275</v>
       </c>
       <c r="C129">
-        <v>1816</v>
+        <v>1983</v>
       </c>
       <c r="D129" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E129">
-        <v>75.0</v>
+        <v>77.48</v>
       </c>
       <c r="F129" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="G129" t="s">
-        <v>10</v>
+        <v>114</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
+        <v>276</v>
+      </c>
+      <c r="B130" t="s">
         <v>277</v>
       </c>
-      <c r="B130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C130">
-        <v>1941</v>
+        <v>1880</v>
       </c>
       <c r="D130" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E130">
-        <v>73.59</v>
+        <v>77.42</v>
       </c>
       <c r="F130" t="s">
-        <v>87</v>
+        <v>10</v>
       </c>
       <c r="G130" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
+        <v>278</v>
+      </c>
+      <c r="B131" t="s">
         <v>279</v>
       </c>
-      <c r="B131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C131">
-        <v>1983</v>
+        <v>2008</v>
       </c>
       <c r="D131" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E131">
-        <v>72.56</v>
+        <v>76.9</v>
       </c>
       <c r="F131" t="s">
-        <v>108</v>
+        <v>10</v>
       </c>
       <c r="G131" t="s">
-        <v>108</v>
+        <v>44</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="B132" t="s">
-        <v>130</v>
+        <v>12</v>
       </c>
       <c r="C132">
-        <v>1959</v>
+        <v>1816</v>
       </c>
       <c r="D132" t="s">
         <v>9</v>
       </c>
       <c r="E132">
-        <v>72.21</v>
+        <v>75.0</v>
       </c>
       <c r="F132" t="s">
         <v>10</v>
       </c>
       <c r="G132" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
+        <v>281</v>
+      </c>
+      <c r="B133" t="s">
         <v>282</v>
       </c>
-      <c r="B133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133">
-        <v>2004</v>
+        <v>1941</v>
       </c>
       <c r="D133" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E133">
-        <v>72.16</v>
+        <v>73.59</v>
       </c>
       <c r="F133" t="s">
-        <v>283</v>
+        <v>87</v>
       </c>
       <c r="G133" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
+        <v>283</v>
+      </c>
+      <c r="B134" t="s">
         <v>284</v>
       </c>
-      <c r="B134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134">
-        <v>1973</v>
+        <v>1983</v>
       </c>
       <c r="D134" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E134">
-        <v>72.0</v>
+        <v>72.56</v>
       </c>
       <c r="F134" t="s">
-        <v>10</v>
+        <v>108</v>
       </c>
       <c r="G134" t="s">
-        <v>10</v>
+        <v>108</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
         <v>285</v>
       </c>
       <c r="B135" t="s">
-        <v>143</v>
+        <v>130</v>
       </c>
       <c r="C135">
-        <v>2018</v>
+        <v>1959</v>
       </c>
       <c r="D135" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E135">
-        <v>71.16</v>
+        <v>72.21</v>
       </c>
       <c r="F135" t="s">
-        <v>224</v>
+        <v>10</v>
       </c>
       <c r="G135" t="s">
-        <v>104</v>
+        <v>10</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
         <v>286</v>
       </c>
       <c r="B136" t="s">
-        <v>16</v>
+        <v>78</v>
       </c>
       <c r="C136">
-        <v>2017</v>
+        <v>2004</v>
       </c>
       <c r="D136" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E136">
-        <v>71.0</v>
+        <v>72.16</v>
       </c>
       <c r="F136" t="s">
-        <v>10</v>
+        <v>287</v>
       </c>
       <c r="G136" t="s">
-        <v>287</v>
+        <v>111</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
         <v>288</v>
       </c>
       <c r="B137" t="s">
-        <v>289</v>
+        <v>62</v>
       </c>
       <c r="C137">
-        <v>1999</v>
+        <v>1973</v>
       </c>
       <c r="D137" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E137">
-        <v>70.16</v>
+        <v>72.0</v>
       </c>
       <c r="F137" t="s">
-        <v>290</v>
+        <v>10</v>
       </c>
       <c r="G137" t="s">
-        <v>187</v>
+        <v>10</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="B138" t="s">
-        <v>208</v>
+        <v>19</v>
       </c>
       <c r="C138">
-        <v>1954</v>
+        <v>2017</v>
       </c>
       <c r="D138" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E138">
-        <v>69.75</v>
+        <v>71.0</v>
       </c>
       <c r="F138" t="s">
-        <v>292</v>
+        <v>10</v>
       </c>
       <c r="G138" t="s">
-        <v>68</v>
+        <v>290</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
+        <v>291</v>
+      </c>
+      <c r="B139" t="s">
+        <v>292</v>
+      </c>
+      <c r="C139">
+        <v>1999</v>
+      </c>
+      <c r="D139" t="s">
+        <v>13</v>
+      </c>
+      <c r="E139">
+        <v>70.16</v>
+      </c>
+      <c r="F139" t="s">
         <v>293</v>
       </c>
-      <c r="B139" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G139" t="s">
-        <v>10</v>
+        <v>176</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
         <v>294</v>
       </c>
       <c r="B140" t="s">
-        <v>130</v>
+        <v>211</v>
       </c>
       <c r="C140">
-        <v>1984</v>
+        <v>1954</v>
       </c>
       <c r="D140" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E140">
-        <v>68.6</v>
+        <v>69.75</v>
       </c>
       <c r="F140" t="s">
-        <v>63</v>
+        <v>295</v>
       </c>
       <c r="G140" t="s">
-        <v>104</v>
+        <v>68</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B141" t="s">
-        <v>231</v>
+        <v>171</v>
       </c>
       <c r="C141">
-        <v>2006</v>
+        <v>1921</v>
       </c>
       <c r="D141" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E141">
-        <v>68.35</v>
+        <v>69.74</v>
       </c>
       <c r="F141" t="s">
-        <v>99</v>
+        <v>10</v>
       </c>
       <c r="G141" t="s">
-        <v>189</v>
+        <v>10</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B142" t="s">
-        <v>255</v>
+        <v>130</v>
       </c>
       <c r="C142">
-        <v>2000</v>
+        <v>1984</v>
       </c>
       <c r="D142" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E142">
-        <v>67.01</v>
+        <v>68.6</v>
       </c>
       <c r="F142" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="G142" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B143" t="s">
-        <v>298</v>
+        <v>141</v>
       </c>
       <c r="C143">
-        <v>1931</v>
+        <v>2015</v>
       </c>
       <c r="D143" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E143">
-        <v>66.7</v>
+        <v>68.41</v>
       </c>
       <c r="F143" t="s">
-        <v>150</v>
+        <v>108</v>
       </c>
       <c r="G143" t="s">
-        <v>90</v>
+        <v>44</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
         <v>299</v>
       </c>
       <c r="B144" t="s">
-        <v>300</v>
+        <v>233</v>
       </c>
       <c r="C144">
-        <v>1923</v>
+        <v>2006</v>
       </c>
       <c r="D144" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E144">
-        <v>66.12</v>
+        <v>68.35</v>
       </c>
       <c r="F144" t="s">
-        <v>10</v>
+        <v>99</v>
       </c>
       <c r="G144" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="B145" t="s">
-        <v>302</v>
+        <v>260</v>
       </c>
       <c r="C145">
-        <v>1846</v>
+        <v>2000</v>
       </c>
       <c r="D145" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E145">
-        <v>64.48</v>
+        <v>67.01</v>
       </c>
       <c r="F145" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G145" t="s">
-        <v>10</v>
+        <v>111</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="B146" t="s">
-        <v>130</v>
+        <v>302</v>
       </c>
       <c r="C146">
-        <v>1988</v>
+        <v>1931</v>
       </c>
       <c r="D146" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E146">
-        <v>64.35</v>
+        <v>66.7</v>
       </c>
       <c r="F146" t="s">
-        <v>80</v>
+        <v>148</v>
       </c>
       <c r="G146" t="s">
-        <v>104</v>
+        <v>90</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
+        <v>303</v>
+      </c>
+      <c r="B147" t="s">
         <v>304</v>
       </c>
-      <c r="B147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C147">
-        <v>1668</v>
+        <v>1923</v>
       </c>
       <c r="D147" t="s">
         <v>9</v>
       </c>
       <c r="E147">
-        <v>63.0</v>
+        <v>66.12</v>
       </c>
       <c r="F147" t="s">
         <v>10</v>
       </c>
       <c r="G147" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
         <v>305</v>
       </c>
       <c r="B148" t="s">
-        <v>130</v>
+        <v>306</v>
       </c>
       <c r="C148">
-        <v>1999</v>
+        <v>1846</v>
       </c>
       <c r="D148" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E148">
-        <v>62.72</v>
+        <v>64.48</v>
       </c>
       <c r="F148" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="G148" t="s">
-        <v>68</v>
+        <v>10</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B149" t="s">
-        <v>307</v>
+        <v>130</v>
       </c>
       <c r="C149">
-        <v>1994</v>
+        <v>1988</v>
       </c>
       <c r="D149" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E149">
-        <v>62.26</v>
+        <v>64.35</v>
       </c>
       <c r="F149" t="s">
-        <v>199</v>
+        <v>80</v>
       </c>
       <c r="G149" t="s">
-        <v>147</v>
+        <v>104</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
         <v>308</v>
       </c>
       <c r="B150" t="s">
-        <v>309</v>
+        <v>175</v>
       </c>
       <c r="C150">
-        <v>1958</v>
+        <v>1668</v>
       </c>
       <c r="D150" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E150">
-        <v>60.43</v>
+        <v>63.0</v>
       </c>
       <c r="F150" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="G150" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="B151" t="s">
-        <v>255</v>
+        <v>130</v>
       </c>
       <c r="C151">
-        <v>1993</v>
+        <v>1999</v>
       </c>
       <c r="D151" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E151">
-        <v>59.98</v>
+        <v>62.72</v>
       </c>
       <c r="F151" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="G151" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
+        <v>310</v>
+      </c>
+      <c r="B152" t="s">
         <v>311</v>
       </c>
-      <c r="B152" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152">
-        <v>2016</v>
+        <v>1994</v>
       </c>
       <c r="D152" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E152">
-        <v>59.93</v>
+        <v>62.26</v>
       </c>
       <c r="F152" t="s">
-        <v>41</v>
+        <v>202</v>
       </c>
       <c r="G152" t="s">
-        <v>189</v>
+        <v>145</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
         <v>312</v>
       </c>
       <c r="B153" t="s">
-        <v>84</v>
+        <v>313</v>
       </c>
       <c r="C153">
-        <v>2008</v>
+        <v>1958</v>
       </c>
       <c r="D153" t="s">
         <v>13</v>
       </c>
       <c r="E153">
-        <v>59.63</v>
+        <v>60.43</v>
       </c>
       <c r="F153" t="s">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="G153" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B154" t="s">
-        <v>208</v>
+        <v>260</v>
       </c>
       <c r="C154">
         <v>1993</v>
       </c>
       <c r="D154" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E154">
-        <v>59.06</v>
+        <v>59.98</v>
       </c>
       <c r="F154" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="G154" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B155" t="s">
-        <v>141</v>
+        <v>153</v>
       </c>
       <c r="C155">
-        <v>1854</v>
+        <v>2016</v>
       </c>
       <c r="D155" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E155">
-        <v>57.3</v>
+        <v>59.93</v>
       </c>
       <c r="F155" t="s">
-        <v>287</v>
+        <v>41</v>
       </c>
       <c r="G155" t="s">
-        <v>165</v>
+        <v>192</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B156" t="s">
-        <v>26</v>
+        <v>84</v>
       </c>
       <c r="C156">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="D156" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E156">
-        <v>56.67</v>
+        <v>59.63</v>
       </c>
       <c r="F156" t="s">
-        <v>177</v>
+        <v>68</v>
       </c>
       <c r="G156" t="s">
-        <v>104</v>
+        <v>44</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B157" t="s">
-        <v>317</v>
+        <v>211</v>
       </c>
       <c r="C157">
-        <v>1850</v>
+        <v>1993</v>
       </c>
       <c r="D157" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E157">
-        <v>55.19</v>
+        <v>59.06</v>
       </c>
       <c r="F157" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="G157" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
         <v>318</v>
       </c>
       <c r="B158" t="s">
-        <v>319</v>
+        <v>139</v>
       </c>
       <c r="C158">
-        <v>1839</v>
+        <v>1854</v>
       </c>
       <c r="D158" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E158">
-        <v>54.7</v>
+        <v>57.3</v>
       </c>
       <c r="F158" t="s">
-        <v>10</v>
+        <v>290</v>
       </c>
       <c r="G158" t="s">
-        <v>10</v>
+        <v>163</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="B159" t="s">
-        <v>116</v>
+        <v>175</v>
       </c>
       <c r="C159">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="D159" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E159">
-        <v>53.73</v>
+        <v>57.12</v>
       </c>
       <c r="F159" t="s">
-        <v>177</v>
+        <v>47</v>
       </c>
       <c r="G159" t="s">
-        <v>104</v>
+        <v>253</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="B160" t="s">
-        <v>322</v>
+        <v>26</v>
       </c>
       <c r="C160">
-        <v>1980</v>
+        <v>2000</v>
       </c>
       <c r="D160" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E160">
-        <v>53.25</v>
+        <v>56.67</v>
       </c>
       <c r="F160" t="s">
-        <v>87</v>
+        <v>178</v>
       </c>
       <c r="G160" t="s">
-        <v>256</v>
+        <v>104</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="B161" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="C161">
-        <v>1816</v>
+        <v>1850</v>
       </c>
       <c r="D161" t="s">
         <v>9</v>
       </c>
       <c r="E161">
-        <v>52.15</v>
+        <v>55.19</v>
       </c>
       <c r="F161" t="s">
         <v>10</v>
       </c>
       <c r="G161" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="B162" t="s">
-        <v>170</v>
+        <v>324</v>
       </c>
       <c r="C162">
-        <v>1977</v>
+        <v>1839</v>
       </c>
       <c r="D162" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E162">
-        <v>52.0</v>
+        <v>54.7</v>
       </c>
       <c r="F162" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="G162" t="s">
-        <v>226</v>
+        <v>10</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="B163" t="s">
-        <v>327</v>
+        <v>116</v>
       </c>
       <c r="C163">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="D163" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E163">
-        <v>51.63</v>
+        <v>53.73</v>
       </c>
       <c r="F163" t="s">
-        <v>105</v>
+        <v>178</v>
       </c>
       <c r="G163" t="s">
-        <v>268</v>
+        <v>104</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="B164" t="s">
-        <v>39</v>
+        <v>327</v>
       </c>
       <c r="C164">
-        <v>1971</v>
+        <v>1980</v>
       </c>
       <c r="D164" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E164">
-        <v>50.77</v>
+        <v>53.25</v>
       </c>
       <c r="F164" t="s">
-        <v>219</v>
+        <v>87</v>
       </c>
       <c r="G164" t="s">
-        <v>177</v>
+        <v>261</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
+        <v>328</v>
+      </c>
+      <c r="B165" t="s">
         <v>329</v>
       </c>
-      <c r="B165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165">
-        <v>1964</v>
+        <v>1816</v>
       </c>
       <c r="D165" t="s">
         <v>9</v>
       </c>
       <c r="E165">
-        <v>48.8</v>
+        <v>52.15</v>
       </c>
       <c r="F165" t="s">
         <v>10</v>
       </c>
       <c r="G165" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="B166" t="s">
-        <v>332</v>
+        <v>168</v>
       </c>
       <c r="C166">
-        <v>1961</v>
+        <v>1977</v>
       </c>
       <c r="D166" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E166">
-        <v>48.7</v>
+        <v>52.0</v>
       </c>
       <c r="F166" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="G166" t="s">
-        <v>10</v>
+        <v>228</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="B167" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="C167">
-        <v>1925</v>
+        <v>2001</v>
       </c>
       <c r="D167" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E167">
-        <v>48.65</v>
+        <v>51.63</v>
       </c>
       <c r="F167" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="G167" t="s">
-        <v>10</v>
+        <v>272</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="B168" t="s">
-        <v>336</v>
+        <v>39</v>
       </c>
       <c r="C168">
-        <v>1991</v>
+        <v>1971</v>
       </c>
       <c r="D168" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E168">
-        <v>48.55</v>
+        <v>50.77</v>
       </c>
       <c r="F168" t="s">
-        <v>10</v>
+        <v>222</v>
       </c>
       <c r="G168" t="s">
-        <v>10</v>
+        <v>178</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="B169" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="C169">
-        <v>1924</v>
+        <v>1964</v>
       </c>
       <c r="D169" t="s">
         <v>9</v>
       </c>
       <c r="E169">
-        <v>48.28</v>
+        <v>48.8</v>
       </c>
       <c r="F169" t="s">
         <v>10</v>
       </c>
       <c r="G169" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="B170" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="C170">
-        <v>1879</v>
+        <v>1961</v>
       </c>
       <c r="D170" t="s">
         <v>9</v>
       </c>
       <c r="E170">
-        <v>47.64</v>
+        <v>48.7</v>
       </c>
       <c r="F170" t="s">
         <v>10</v>
       </c>
       <c r="G170" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="B171" t="s">
-        <v>33</v>
+        <v>339</v>
       </c>
       <c r="C171">
-        <v>2001</v>
+        <v>1925</v>
       </c>
       <c r="D171" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E171">
-        <v>47.05</v>
+        <v>48.65</v>
       </c>
       <c r="F171" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="G171" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="B172" t="s">
-        <v>35</v>
+        <v>341</v>
       </c>
       <c r="C172">
-        <v>1969</v>
+        <v>1991</v>
       </c>
       <c r="D172" t="s">
         <v>9</v>
       </c>
       <c r="E172">
-        <v>47.03</v>
+        <v>48.55</v>
       </c>
       <c r="F172" t="s">
         <v>10</v>
       </c>
       <c r="G172" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
+        <v>342</v>
+      </c>
+      <c r="B173" t="s">
         <v>343</v>
       </c>
-      <c r="B173" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C173">
-        <v>2022</v>
+        <v>1924</v>
       </c>
       <c r="D173" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E173">
-        <v>46.32</v>
+        <v>48.28</v>
       </c>
       <c r="F173" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="G173" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
+        <v>344</v>
+      </c>
+      <c r="B174" t="s">
         <v>345</v>
       </c>
-      <c r="B174" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C174">
-        <v>1959</v>
+        <v>1879</v>
       </c>
       <c r="D174" t="s">
         <v>9</v>
       </c>
       <c r="E174">
-        <v>45.9</v>
+        <v>47.64</v>
       </c>
       <c r="F174" t="s">
         <v>10</v>
       </c>
       <c r="G174" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="B175" t="s">
-        <v>118</v>
+        <v>33</v>
       </c>
       <c r="C175">
-        <v>1997</v>
+        <v>2001</v>
       </c>
       <c r="D175" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E175">
-        <v>45.78</v>
+        <v>47.05</v>
       </c>
       <c r="F175" t="s">
-        <v>99</v>
+        <v>54</v>
       </c>
       <c r="G175" t="s">
-        <v>256</v>
+        <v>111</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="B176" t="s">
-        <v>95</v>
+        <v>35</v>
       </c>
       <c r="C176">
-        <v>1904</v>
+        <v>1969</v>
       </c>
       <c r="D176" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E176">
-        <v>44.64</v>
+        <v>47.03</v>
       </c>
       <c r="F176" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="G176" t="s">
-        <v>349</v>
+        <v>10</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="B177" t="s">
-        <v>143</v>
+        <v>349</v>
       </c>
       <c r="C177">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="D177" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E177">
-        <v>44.25</v>
+        <v>46.32</v>
       </c>
       <c r="F177" t="s">
-        <v>108</v>
+        <v>44</v>
       </c>
       <c r="G177" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="B178" t="s">
-        <v>141</v>
+        <v>263</v>
       </c>
       <c r="C178">
-        <v>1947</v>
+        <v>1995</v>
       </c>
       <c r="D178" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E178">
-        <v>44.0</v>
+        <v>46.0</v>
       </c>
       <c r="F178" t="s">
-        <v>287</v>
+        <v>55</v>
       </c>
       <c r="G178" t="s">
-        <v>31</v>
+        <v>228</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="B179" t="s">
-        <v>33</v>
+        <v>260</v>
       </c>
       <c r="C179">
-        <v>1926</v>
+        <v>2013</v>
       </c>
       <c r="D179" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E179">
-        <v>43.73</v>
+        <v>45.96</v>
       </c>
       <c r="F179" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="G179" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
+        <v>352</v>
+      </c>
+      <c r="B180" t="s">
         <v>353</v>
       </c>
-      <c r="B180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C180">
-        <v>1958</v>
+        <v>1959</v>
       </c>
       <c r="D180" t="s">
         <v>9</v>
       </c>
       <c r="E180">
-        <v>43.4</v>
+        <v>45.9</v>
       </c>
       <c r="F180" t="s">
         <v>10</v>
       </c>
       <c r="G180" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="B181" t="s">
-        <v>130</v>
+        <v>118</v>
       </c>
       <c r="C181">
-        <v>1976</v>
+        <v>1997</v>
       </c>
       <c r="D181" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E181">
-        <v>43.4</v>
+        <v>45.78</v>
       </c>
       <c r="F181" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="G181" t="s">
-        <v>104</v>
+        <v>261</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
+        <v>355</v>
+      </c>
+      <c r="B182" t="s">
+        <v>95</v>
+      </c>
+      <c r="C182">
+        <v>1904</v>
+      </c>
+      <c r="D182" t="s">
+        <v>20</v>
+      </c>
+      <c r="E182">
+        <v>44.64</v>
+      </c>
+      <c r="F182" t="s">
+        <v>55</v>
+      </c>
+      <c r="G182" t="s">
         <v>356</v>
-      </c>
-[...16 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
         <v>357</v>
       </c>
       <c r="B183" t="s">
-        <v>346</v>
+        <v>139</v>
       </c>
       <c r="C183">
-        <v>1959</v>
+        <v>1947</v>
       </c>
       <c r="D183" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E183">
-        <v>42.0</v>
+        <v>44.0</v>
       </c>
       <c r="F183" t="s">
-        <v>189</v>
+        <v>290</v>
       </c>
       <c r="G183" t="s">
-        <v>104</v>
+        <v>31</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
         <v>358</v>
       </c>
       <c r="B184" t="s">
-        <v>275</v>
+        <v>359</v>
       </c>
       <c r="C184">
-        <v>1935</v>
+        <v>1958</v>
       </c>
       <c r="D184" t="s">
         <v>9</v>
       </c>
       <c r="E184">
-        <v>41.67</v>
+        <v>43.4</v>
       </c>
       <c r="F184" t="s">
         <v>10</v>
       </c>
       <c r="G184" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B185" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="C185">
-        <v>1876</v>
+        <v>1976</v>
       </c>
       <c r="D185" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E185">
-        <v>41.66</v>
+        <v>43.4</v>
       </c>
       <c r="F185" t="s">
-        <v>229</v>
+        <v>40</v>
       </c>
       <c r="G185" t="s">
-        <v>31</v>
+        <v>104</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B186" t="s">
-        <v>102</v>
+        <v>292</v>
       </c>
       <c r="C186">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="D186" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E186">
-        <v>41.59</v>
+        <v>42.65</v>
       </c>
       <c r="F186" t="s">
-        <v>73</v>
+        <v>173</v>
       </c>
       <c r="G186" t="s">
-        <v>114</v>
+        <v>44</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B187" t="s">
-        <v>12</v>
+        <v>353</v>
       </c>
       <c r="C187">
-        <v>2006</v>
+        <v>1959</v>
       </c>
       <c r="D187" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E187">
-        <v>40.78</v>
+        <v>42.0</v>
       </c>
       <c r="F187" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
       <c r="G187" t="s">
-        <v>362</v>
+        <v>104</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
         <v>363</v>
       </c>
       <c r="B188" t="s">
-        <v>364</v>
+        <v>279</v>
       </c>
       <c r="C188">
-        <v>1962</v>
+        <v>1935</v>
       </c>
       <c r="D188" t="s">
         <v>9</v>
       </c>
       <c r="E188">
-        <v>39.6</v>
+        <v>41.67</v>
       </c>
       <c r="F188" t="s">
         <v>10</v>
       </c>
       <c r="G188" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="B189" t="s">
-        <v>62</v>
+        <v>139</v>
       </c>
       <c r="C189">
-        <v>2002</v>
+        <v>1876</v>
       </c>
       <c r="D189" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E189">
-        <v>36.95</v>
+        <v>41.66</v>
       </c>
       <c r="F189" t="s">
-        <v>366</v>
+        <v>231</v>
       </c>
       <c r="G189" t="s">
-        <v>349</v>
+        <v>31</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B190" t="s">
-        <v>143</v>
+        <v>102</v>
       </c>
       <c r="C190">
-        <v>2024</v>
+        <v>2007</v>
       </c>
       <c r="D190" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E190">
-        <v>35.97</v>
+        <v>41.59</v>
       </c>
       <c r="F190" t="s">
-        <v>44</v>
+        <v>73</v>
       </c>
       <c r="G190" t="s">
-        <v>44</v>
+        <v>114</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="B191" t="s">
-        <v>65</v>
+        <v>12</v>
       </c>
       <c r="C191">
-        <v>1909</v>
+        <v>2006</v>
       </c>
       <c r="D191" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E191">
-        <v>35.07</v>
+        <v>40.78</v>
       </c>
       <c r="F191" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="G191" t="s">
-        <v>104</v>
+        <v>367</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
+        <v>368</v>
+      </c>
+      <c r="B192" t="s">
         <v>369</v>
       </c>
-      <c r="B192" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C192">
-        <v>1884</v>
+        <v>1962</v>
       </c>
       <c r="D192" t="s">
         <v>9</v>
       </c>
       <c r="E192">
-        <v>34.33</v>
+        <v>39.6</v>
       </c>
       <c r="F192" t="s">
         <v>10</v>
       </c>
       <c r="G192" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
+        <v>370</v>
+      </c>
+      <c r="B193" t="s">
+        <v>62</v>
+      </c>
+      <c r="C193">
+        <v>2002</v>
+      </c>
+      <c r="D193" t="s">
+        <v>20</v>
+      </c>
+      <c r="E193">
+        <v>36.95</v>
+      </c>
+      <c r="F193" t="s">
         <v>371</v>
       </c>
-      <c r="B193" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G193" t="s">
-        <v>10</v>
+        <v>356</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="B194" t="s">
-        <v>217</v>
+        <v>141</v>
       </c>
       <c r="C194">
-        <v>1936</v>
+        <v>2024</v>
       </c>
       <c r="D194" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E194">
-        <v>32.94</v>
+        <v>35.97</v>
       </c>
       <c r="F194" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="G194" t="s">
-        <v>104</v>
+        <v>44</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
+        <v>373</v>
+      </c>
+      <c r="B195" t="s">
         <v>374</v>
       </c>
-      <c r="B195" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C195">
-        <v>1934</v>
+        <v>1884</v>
       </c>
       <c r="D195" t="s">
         <v>9</v>
       </c>
       <c r="E195">
-        <v>32.92</v>
+        <v>34.33</v>
       </c>
       <c r="F195" t="s">
         <v>10</v>
       </c>
       <c r="G195" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
         <v>375</v>
       </c>
       <c r="B196" t="s">
         <v>376</v>
       </c>
       <c r="C196">
-        <v>1975</v>
+        <v>1960</v>
       </c>
       <c r="D196" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E196">
-        <v>32.89</v>
+        <v>33.8</v>
       </c>
       <c r="F196" t="s">
-        <v>377</v>
+        <v>10</v>
       </c>
       <c r="G196" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="B197" t="s">
-        <v>379</v>
+        <v>220</v>
       </c>
       <c r="C197">
-        <v>1945</v>
+        <v>1936</v>
       </c>
       <c r="D197" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E197">
-        <v>32.02</v>
+        <v>32.94</v>
       </c>
       <c r="F197" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="G197" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="B198" t="s">
-        <v>102</v>
+        <v>332</v>
       </c>
       <c r="C198">
-        <v>1993</v>
+        <v>1934</v>
       </c>
       <c r="D198" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E198">
-        <v>31.58</v>
+        <v>32.92</v>
       </c>
       <c r="F198" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="G198" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
+        <v>379</v>
+      </c>
+      <c r="B199" t="s">
+        <v>380</v>
+      </c>
+      <c r="C199">
+        <v>1975</v>
+      </c>
+      <c r="D199" t="s">
+        <v>13</v>
+      </c>
+      <c r="E199">
+        <v>32.89</v>
+      </c>
+      <c r="F199" t="s">
         <v>381</v>
       </c>
-      <c r="B199" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G199" t="s">
-        <v>10</v>
+        <v>111</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
+        <v>382</v>
+      </c>
+      <c r="B200" t="s">
         <v>383</v>
       </c>
-      <c r="B200" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C200">
-        <v>1967</v>
+        <v>1945</v>
       </c>
       <c r="D200" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E200">
-        <v>31.06</v>
+        <v>32.02</v>
       </c>
       <c r="F200" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="G200" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
         <v>384</v>
       </c>
       <c r="B201" t="s">
-        <v>255</v>
+        <v>102</v>
       </c>
       <c r="C201">
-        <v>2014</v>
+        <v>1993</v>
       </c>
       <c r="D201" t="s">
         <v>13</v>
       </c>
       <c r="E201">
-        <v>30.76</v>
+        <v>31.58</v>
       </c>
       <c r="F201" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="G201" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
         <v>385</v>
       </c>
       <c r="B202" t="s">
         <v>386</v>
       </c>
       <c r="C202">
-        <v>1999</v>
+        <v>1971</v>
       </c>
       <c r="D202" t="s">
         <v>9</v>
       </c>
       <c r="E202">
-        <v>29.7</v>
+        <v>31.07</v>
       </c>
       <c r="F202" t="s">
         <v>10</v>
       </c>
       <c r="G202" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
         <v>387</v>
       </c>
       <c r="B203" t="s">
-        <v>388</v>
+        <v>329</v>
       </c>
       <c r="C203">
-        <v>2004</v>
+        <v>1967</v>
       </c>
       <c r="D203" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E203">
-        <v>28.22</v>
+        <v>31.06</v>
       </c>
       <c r="F203" t="s">
-        <v>55</v>
+        <v>105</v>
       </c>
       <c r="G203" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="B204" t="s">
-        <v>390</v>
+        <v>260</v>
       </c>
       <c r="C204">
         <v>2014</v>
       </c>
       <c r="D204" t="s">
         <v>13</v>
       </c>
       <c r="E204">
-        <v>28.2</v>
+        <v>30.76</v>
       </c>
       <c r="F204" t="s">
-        <v>391</v>
+        <v>44</v>
       </c>
       <c r="G204" t="s">
-        <v>392</v>
+        <v>44</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="B205" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="C205">
-        <v>2011</v>
+        <v>2026</v>
       </c>
       <c r="D205" t="s">
         <v>13</v>
       </c>
       <c r="E205">
-        <v>28.14</v>
+        <v>30.0</v>
       </c>
       <c r="F205" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
       <c r="G205" t="s">
-        <v>394</v>
+        <v>104</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="B206" t="s">
-        <v>322</v>
+        <v>391</v>
       </c>
       <c r="C206">
-        <v>2023</v>
+        <v>1999</v>
       </c>
       <c r="D206" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E206">
-        <v>26.79</v>
+        <v>29.7</v>
       </c>
       <c r="F206" t="s">
-        <v>177</v>
+        <v>10</v>
       </c>
       <c r="G206" t="s">
-        <v>104</v>
+        <v>10</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="B207" t="s">
-        <v>372</v>
+        <v>393</v>
       </c>
       <c r="C207">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="D207" t="s">
         <v>13</v>
       </c>
       <c r="E207">
-        <v>26.5</v>
+        <v>28.2</v>
       </c>
       <c r="F207" t="s">
-        <v>31</v>
+        <v>394</v>
       </c>
       <c r="G207" t="s">
-        <v>44</v>
+        <v>395</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
+        <v>396</v>
+      </c>
+      <c r="B208" t="s">
+        <v>49</v>
+      </c>
+      <c r="C208">
+        <v>2011</v>
+      </c>
+      <c r="D208" t="s">
+        <v>13</v>
+      </c>
+      <c r="E208">
+        <v>28.14</v>
+      </c>
+      <c r="F208" t="s">
+        <v>44</v>
+      </c>
+      <c r="G208" t="s">
         <v>397</v>
-      </c>
-[...16 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
         <v>398</v>
       </c>
       <c r="B209" t="s">
-        <v>65</v>
+        <v>327</v>
       </c>
       <c r="C209">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="D209" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E209">
-        <v>25.59</v>
+        <v>26.79</v>
       </c>
       <c r="F209" t="s">
-        <v>93</v>
+        <v>178</v>
       </c>
       <c r="G209" t="s">
-        <v>40</v>
+        <v>104</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
         <v>399</v>
       </c>
       <c r="B210" t="s">
-        <v>400</v>
+        <v>376</v>
       </c>
       <c r="C210">
-        <v>1954</v>
+        <v>2011</v>
       </c>
       <c r="D210" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E210">
-        <v>24.91</v>
+        <v>26.5</v>
       </c>
       <c r="F210" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G210" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="B211" t="s">
-        <v>402</v>
+        <v>65</v>
       </c>
       <c r="C211">
-        <v>1964</v>
+        <v>2017</v>
       </c>
       <c r="D211" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E211">
-        <v>24.6</v>
+        <v>25.59</v>
       </c>
       <c r="F211" t="s">
-        <v>10</v>
+        <v>93</v>
       </c>
       <c r="G211" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="B212" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="C212">
-        <v>1959</v>
+        <v>1954</v>
       </c>
       <c r="D212" t="s">
         <v>9</v>
       </c>
       <c r="E212">
-        <v>23.4</v>
+        <v>24.91</v>
       </c>
       <c r="F212" t="s">
         <v>10</v>
       </c>
       <c r="G212" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="B213" t="s">
-        <v>249</v>
+        <v>404</v>
       </c>
       <c r="C213">
-        <v>1811</v>
+        <v>1964</v>
       </c>
       <c r="D213" t="s">
         <v>9</v>
       </c>
       <c r="E213">
-        <v>21.72</v>
+        <v>24.6</v>
       </c>
       <c r="F213" t="s">
         <v>10</v>
       </c>
       <c r="G213" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
+        <v>405</v>
+      </c>
+      <c r="B214" t="s">
         <v>406</v>
       </c>
-      <c r="B214" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C214">
-        <v>2001</v>
+        <v>1959</v>
       </c>
       <c r="D214" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E214">
-        <v>21.23</v>
+        <v>23.4</v>
       </c>
       <c r="F214" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="G214" t="s">
-        <v>177</v>
+        <v>10</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
         <v>407</v>
       </c>
       <c r="B215" t="s">
-        <v>408</v>
+        <v>252</v>
       </c>
       <c r="C215">
-        <v>1967</v>
+        <v>1811</v>
       </c>
       <c r="D215" t="s">
         <v>9</v>
       </c>
       <c r="E215">
-        <v>21.08</v>
+        <v>21.72</v>
       </c>
       <c r="F215" t="s">
         <v>10</v>
       </c>
       <c r="G215" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="B216" t="s">
-        <v>410</v>
+        <v>84</v>
       </c>
       <c r="C216">
-        <v>1956</v>
+        <v>2001</v>
       </c>
       <c r="D216" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E216">
-        <v>20.41</v>
+        <v>21.23</v>
       </c>
       <c r="F216" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="G216" t="s">
-        <v>10</v>
+        <v>178</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="B217" t="s">
-        <v>123</v>
+        <v>410</v>
       </c>
       <c r="C217">
-        <v>2016</v>
+        <v>1967</v>
       </c>
       <c r="D217" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E217">
-        <v>20.27</v>
+        <v>21.08</v>
       </c>
       <c r="F217" t="s">
-        <v>412</v>
+        <v>10</v>
       </c>
       <c r="G217" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="B218" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C218">
-        <v>1927</v>
+        <v>1956</v>
       </c>
       <c r="D218" t="s">
         <v>9</v>
       </c>
       <c r="E218">
-        <v>20.05</v>
+        <v>20.41</v>
       </c>
       <c r="F218" t="s">
         <v>10</v>
       </c>
       <c r="G218" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="B219" t="s">
-        <v>53</v>
+        <v>123</v>
       </c>
       <c r="C219">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="D219" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E219">
-        <v>19.98</v>
+        <v>20.27</v>
       </c>
       <c r="F219" t="s">
+        <v>414</v>
+      </c>
+      <c r="G219" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
+        <v>415</v>
+      </c>
+      <c r="B220" t="s">
         <v>416</v>
       </c>
-      <c r="B220" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C220">
-        <v>1974</v>
+        <v>1927</v>
       </c>
       <c r="D220" t="s">
         <v>9</v>
       </c>
       <c r="E220">
-        <v>18.86</v>
+        <v>20.05</v>
       </c>
       <c r="F220" t="s">
         <v>10</v>
       </c>
       <c r="G220" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
         <v>417</v>
       </c>
       <c r="B221" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="C221">
-        <v>1995</v>
+        <v>2002</v>
       </c>
       <c r="D221" t="s">
+        <v>20</v>
+      </c>
+      <c r="E221">
+        <v>19.98</v>
+      </c>
+      <c r="F221" t="s">
+        <v>44</v>
+      </c>
+      <c r="G221" t="s">
         <v>17</v>
-      </c>
-[...7 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
         <v>418</v>
       </c>
       <c r="B222" t="s">
-        <v>419</v>
+        <v>327</v>
       </c>
       <c r="C222">
-        <v>2005</v>
+        <v>1974</v>
       </c>
       <c r="D222" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E222">
-        <v>18.25</v>
+        <v>18.86</v>
       </c>
       <c r="F222" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="G222" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="B223" t="s">
-        <v>421</v>
+        <v>153</v>
       </c>
       <c r="C223">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="D223" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E223">
-        <v>18.19</v>
+        <v>18.68</v>
       </c>
       <c r="F223" t="s">
-        <v>10</v>
+        <v>231</v>
       </c>
       <c r="G223" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="B224" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="C224">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="D224" t="s">
         <v>13</v>
       </c>
       <c r="E224">
-        <v>17.89</v>
+        <v>18.25</v>
       </c>
       <c r="F224" t="s">
-        <v>221</v>
+        <v>55</v>
       </c>
       <c r="G224" t="s">
-        <v>256</v>
+        <v>10</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="B225" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="C225">
-        <v>1947</v>
+        <v>1993</v>
       </c>
       <c r="D225" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E225">
-        <v>17.34</v>
+        <v>18.19</v>
       </c>
       <c r="F225" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="G225" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="B226" t="s">
-        <v>336</v>
+        <v>425</v>
       </c>
       <c r="C226">
         <v>2006</v>
       </c>
       <c r="D226" t="s">
         <v>13</v>
       </c>
       <c r="E226">
-        <v>16.8</v>
+        <v>17.89</v>
       </c>
       <c r="F226" t="s">
-        <v>60</v>
+        <v>224</v>
       </c>
       <c r="G226" t="s">
-        <v>44</v>
+        <v>261</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
+        <v>426</v>
+      </c>
+      <c r="B227" t="s">
         <v>427</v>
       </c>
-      <c r="B227" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C227">
-        <v>2024</v>
+        <v>1947</v>
       </c>
       <c r="D227" t="s">
         <v>13</v>
       </c>
       <c r="E227">
-        <v>16.0</v>
+        <v>17.34</v>
       </c>
       <c r="F227" t="s">
         <v>44</v>
       </c>
       <c r="G227" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="B228" t="s">
-        <v>430</v>
+        <v>341</v>
       </c>
       <c r="C228">
-        <v>1950</v>
+        <v>2006</v>
       </c>
       <c r="D228" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E228">
-        <v>15.98</v>
+        <v>16.8</v>
       </c>
       <c r="F228" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="G228" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="B229" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="C229">
-        <v>1926</v>
+        <v>2024</v>
       </c>
       <c r="D229" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E229">
-        <v>15.66</v>
+        <v>16.0</v>
       </c>
       <c r="F229" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="G229" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B230" t="s">
-        <v>39</v>
+        <v>432</v>
       </c>
       <c r="C230">
-        <v>1975</v>
+        <v>1950</v>
       </c>
       <c r="D230" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E230">
-        <v>15.2</v>
+        <v>15.98</v>
       </c>
       <c r="F230" t="s">
-        <v>126</v>
+        <v>10</v>
       </c>
       <c r="G230" t="s">
-        <v>68</v>
+        <v>10</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
+        <v>433</v>
+      </c>
+      <c r="B231" t="s">
         <v>434</v>
       </c>
-      <c r="B231" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C231">
-        <v>1947</v>
+        <v>1926</v>
       </c>
       <c r="D231" t="s">
         <v>9</v>
       </c>
       <c r="E231">
-        <v>14.5</v>
+        <v>15.66</v>
       </c>
       <c r="F231" t="s">
         <v>10</v>
       </c>
       <c r="G231" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="B232" t="s">
-        <v>437</v>
+        <v>39</v>
       </c>
       <c r="C232">
-        <v>1947</v>
+        <v>1975</v>
       </c>
       <c r="D232" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E232">
-        <v>14.27</v>
+        <v>15.2</v>
       </c>
       <c r="F232" t="s">
-        <v>10</v>
+        <v>126</v>
       </c>
       <c r="G232" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="B233" t="s">
-        <v>334</v>
+        <v>437</v>
       </c>
       <c r="C233">
-        <v>2006</v>
+        <v>1947</v>
       </c>
       <c r="D233" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E233">
-        <v>14.0</v>
+        <v>14.5</v>
       </c>
       <c r="F233" t="s">
         <v>10</v>
       </c>
       <c r="G233" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
+        <v>438</v>
+      </c>
+      <c r="B234" t="s">
         <v>439</v>
       </c>
-      <c r="B234" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C234">
-        <v>1943</v>
+        <v>1947</v>
       </c>
       <c r="D234" t="s">
         <v>9</v>
       </c>
       <c r="E234">
-        <v>13.66</v>
+        <v>14.27</v>
       </c>
       <c r="F234" t="s">
         <v>10</v>
       </c>
       <c r="G234" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
         <v>440</v>
       </c>
       <c r="B235" t="s">
-        <v>441</v>
+        <v>339</v>
       </c>
       <c r="C235">
-        <v>1972</v>
+        <v>2006</v>
       </c>
       <c r="D235" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E235">
-        <v>13.48</v>
+        <v>14.0</v>
       </c>
       <c r="F235" t="s">
         <v>10</v>
       </c>
       <c r="G235" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="B236" t="s">
-        <v>443</v>
+        <v>393</v>
       </c>
       <c r="C236">
-        <v>1939</v>
+        <v>1943</v>
       </c>
       <c r="D236" t="s">
         <v>9</v>
       </c>
       <c r="E236">
-        <v>13.41</v>
+        <v>13.66</v>
       </c>
       <c r="F236" t="s">
         <v>10</v>
       </c>
       <c r="G236" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="B237" t="s">
-        <v>423</v>
+        <v>443</v>
       </c>
       <c r="C237">
-        <v>1976</v>
+        <v>1972</v>
       </c>
       <c r="D237" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E237">
-        <v>12.81</v>
+        <v>13.48</v>
       </c>
       <c r="F237" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="G237" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
+        <v>444</v>
+      </c>
+      <c r="B238" t="s">
         <v>445</v>
       </c>
-      <c r="B238" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C238">
-        <v>2016</v>
+        <v>1939</v>
       </c>
       <c r="D238" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E238">
-        <v>12.18</v>
+        <v>13.41</v>
       </c>
       <c r="F238" t="s">
-        <v>412</v>
+        <v>10</v>
       </c>
       <c r="G238" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
         <v>446</v>
       </c>
       <c r="B239" t="s">
-        <v>317</v>
+        <v>425</v>
       </c>
       <c r="C239">
-        <v>2006</v>
+        <v>1976</v>
       </c>
       <c r="D239" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E239">
-        <v>11.97</v>
+        <v>12.81</v>
       </c>
       <c r="F239" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="G239" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
         <v>447</v>
       </c>
       <c r="B240" t="s">
-        <v>448</v>
+        <v>416</v>
       </c>
       <c r="C240">
-        <v>1993</v>
+        <v>2016</v>
       </c>
       <c r="D240" t="s">
         <v>13</v>
       </c>
       <c r="E240">
-        <v>11.94</v>
+        <v>12.18</v>
       </c>
       <c r="F240" t="s">
-        <v>114</v>
+        <v>414</v>
       </c>
       <c r="G240" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="B241" t="s">
-        <v>450</v>
+        <v>322</v>
       </c>
       <c r="C241">
-        <v>2010</v>
+        <v>2006</v>
       </c>
       <c r="D241" t="s">
         <v>13</v>
       </c>
       <c r="E241">
-        <v>11.91</v>
+        <v>11.97</v>
       </c>
       <c r="F241" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="G241" t="s">
-        <v>114</v>
+        <v>44</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="B242" t="s">
-        <v>82</v>
+        <v>450</v>
       </c>
       <c r="C242">
-        <v>2011</v>
+        <v>1993</v>
       </c>
       <c r="D242" t="s">
         <v>13</v>
       </c>
       <c r="E242">
-        <v>11.67</v>
+        <v>11.94</v>
       </c>
       <c r="F242" t="s">
-        <v>362</v>
+        <v>114</v>
       </c>
       <c r="G242" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
+        <v>451</v>
+      </c>
+      <c r="B243" t="s">
         <v>452</v>
       </c>
-      <c r="B243" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C243">
-        <v>1992</v>
+        <v>2010</v>
       </c>
       <c r="D243" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E243">
-        <v>11.43</v>
+        <v>11.91</v>
       </c>
       <c r="F243" t="s">
-        <v>10</v>
+        <v>108</v>
       </c>
       <c r="G243" t="s">
-        <v>10</v>
+        <v>114</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
         <v>453</v>
       </c>
       <c r="B244" t="s">
-        <v>454</v>
+        <v>82</v>
       </c>
       <c r="C244">
-        <v>1966</v>
+        <v>2011</v>
       </c>
       <c r="D244" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E244">
-        <v>10.72</v>
+        <v>11.67</v>
       </c>
       <c r="F244" t="s">
-        <v>10</v>
+        <v>367</v>
       </c>
       <c r="G244" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="B245" t="s">
-        <v>456</v>
+        <v>292</v>
       </c>
       <c r="C245">
-        <v>1952</v>
+        <v>1992</v>
       </c>
       <c r="D245" t="s">
         <v>9</v>
       </c>
       <c r="E245">
-        <v>10.47</v>
+        <v>11.43</v>
       </c>
       <c r="F245" t="s">
         <v>10</v>
       </c>
       <c r="G245" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="B246" t="s">
-        <v>170</v>
+        <v>456</v>
       </c>
       <c r="C246">
-        <v>2020</v>
+        <v>1966</v>
       </c>
       <c r="D246" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E246">
-        <v>10.16</v>
+        <v>10.72</v>
       </c>
       <c r="F246" t="s">
-        <v>458</v>
+        <v>10</v>
       </c>
       <c r="G246" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="B247" t="s">
-        <v>8</v>
+        <v>458</v>
       </c>
       <c r="C247">
-        <v>2007</v>
+        <v>1952</v>
       </c>
       <c r="D247" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E247">
-        <v>10.0</v>
+        <v>10.47</v>
       </c>
       <c r="F247" t="s">
-        <v>104</v>
+        <v>10</v>
       </c>
       <c r="G247" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
+        <v>459</v>
+      </c>
+      <c r="B248" t="s">
+        <v>168</v>
+      </c>
+      <c r="C248">
+        <v>2020</v>
+      </c>
+      <c r="D248" t="s">
+        <v>13</v>
+      </c>
+      <c r="E248">
+        <v>10.16</v>
+      </c>
+      <c r="F248" t="s">
         <v>460</v>
       </c>
-      <c r="B248" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G248" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="B249" t="s">
-        <v>463</v>
+        <v>8</v>
       </c>
       <c r="C249">
-        <v>1927</v>
+        <v>2007</v>
       </c>
       <c r="D249" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E249">
-        <v>9.68</v>
+        <v>10.0</v>
       </c>
       <c r="F249" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
       <c r="G249" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="B250" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="C250">
-        <v>1967</v>
+        <v>1950</v>
       </c>
       <c r="D250" t="s">
         <v>9</v>
       </c>
       <c r="E250">
-        <v>9.57</v>
+        <v>9.99</v>
       </c>
       <c r="F250" t="s">
         <v>10</v>
       </c>
       <c r="G250" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B251" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="C251">
-        <v>1990</v>
+        <v>1927</v>
       </c>
       <c r="D251" t="s">
         <v>9</v>
       </c>
       <c r="E251">
-        <v>9.0</v>
+        <v>9.68</v>
       </c>
       <c r="F251" t="s">
         <v>10</v>
       </c>
       <c r="G251" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="B252" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="C252">
-        <v>1958</v>
+        <v>1967</v>
       </c>
       <c r="D252" t="s">
         <v>9</v>
       </c>
       <c r="E252">
-        <v>8.49</v>
+        <v>9.57</v>
       </c>
       <c r="F252" t="s">
         <v>10</v>
       </c>
       <c r="G252" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="B253" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="C253">
-        <v>1957</v>
+        <v>1990</v>
       </c>
       <c r="D253" t="s">
         <v>9</v>
       </c>
       <c r="E253">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
       <c r="F253" t="s">
         <v>10</v>
       </c>
       <c r="G253" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="B254" t="s">
-        <v>258</v>
+        <v>471</v>
       </c>
       <c r="C254">
-        <v>2006</v>
+        <v>1958</v>
       </c>
       <c r="D254" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E254">
-        <v>8.0</v>
+        <v>8.49</v>
       </c>
       <c r="F254" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="G254" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
+        <v>472</v>
+      </c>
+      <c r="B255" t="s">
         <v>473</v>
       </c>
-      <c r="B255" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C255">
-        <v>2023</v>
+        <v>1957</v>
       </c>
       <c r="D255" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E255">
-        <v>7.95</v>
+        <v>8.0</v>
       </c>
       <c r="F255" t="s">
-        <v>114</v>
+        <v>10</v>
       </c>
       <c r="G255" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
         <v>474</v>
       </c>
       <c r="B256" t="s">
-        <v>249</v>
+        <v>263</v>
       </c>
       <c r="C256">
-        <v>1991</v>
+        <v>2006</v>
       </c>
       <c r="D256" t="s">
         <v>13</v>
       </c>
       <c r="E256">
-        <v>7.15</v>
+        <v>8.0</v>
       </c>
       <c r="F256" t="s">
         <v>44</v>
       </c>
       <c r="G256" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
         <v>475</v>
       </c>
       <c r="B257" t="s">
-        <v>476</v>
+        <v>70</v>
       </c>
       <c r="C257">
-        <v>1992</v>
+        <v>2023</v>
       </c>
       <c r="D257" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E257">
-        <v>7.0</v>
+        <v>7.95</v>
       </c>
       <c r="F257" t="s">
-        <v>10</v>
+        <v>114</v>
       </c>
       <c r="G257" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
+        <v>476</v>
+      </c>
+      <c r="B258" t="s">
         <v>477</v>
       </c>
-      <c r="B258" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C258">
-        <v>1961</v>
+        <v>1962</v>
       </c>
       <c r="D258" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E258">
-        <v>7.0</v>
+        <v>7.58</v>
       </c>
       <c r="F258" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G258" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="B259" t="s">
-        <v>480</v>
+        <v>252</v>
       </c>
       <c r="C259">
-        <v>2000</v>
+        <v>1991</v>
       </c>
       <c r="D259" t="s">
         <v>13</v>
       </c>
       <c r="E259">
-        <v>6.09</v>
+        <v>7.15</v>
       </c>
       <c r="F259" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="G259" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B260" t="s">
-        <v>143</v>
+        <v>480</v>
       </c>
       <c r="C260">
-        <v>2014</v>
+        <v>1992</v>
       </c>
       <c r="D260" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E260">
-        <v>6.08</v>
+        <v>7.0</v>
       </c>
       <c r="F260" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="G260" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
+        <v>481</v>
+      </c>
+      <c r="B261" t="s">
         <v>482</v>
       </c>
-      <c r="B261" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C261">
-        <v>1988</v>
+        <v>1961</v>
       </c>
       <c r="D261" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E261">
-        <v>6.04</v>
+        <v>7.0</v>
       </c>
       <c r="F261" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
       <c r="G261" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
         <v>483</v>
       </c>
       <c r="B262" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C262">
-        <v>1964</v>
+        <v>2000</v>
       </c>
       <c r="D262" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E262">
-        <v>6.0</v>
+        <v>6.09</v>
       </c>
       <c r="F262" t="s">
         <v>10</v>
       </c>
       <c r="G262" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B263" t="s">
-        <v>485</v>
+        <v>141</v>
       </c>
       <c r="C263">
-        <v>1990</v>
+        <v>2014</v>
       </c>
       <c r="D263" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E263">
-        <v>6.0</v>
+        <v>6.08</v>
       </c>
       <c r="F263" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="G263" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
         <v>486</v>
       </c>
       <c r="B264" t="s">
-        <v>487</v>
+        <v>196</v>
       </c>
       <c r="C264">
-        <v>1991</v>
+        <v>1988</v>
       </c>
       <c r="D264" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E264">
-        <v>5.87</v>
+        <v>6.04</v>
       </c>
       <c r="F264" t="s">
-        <v>10</v>
+        <v>111</v>
       </c>
       <c r="G264" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="B265" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="C265">
-        <v>1993</v>
+        <v>1964</v>
       </c>
       <c r="D265" t="s">
         <v>9</v>
       </c>
       <c r="E265">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="F265" t="s">
         <v>10</v>
       </c>
       <c r="G265" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="B266" t="s">
-        <v>51</v>
+        <v>489</v>
       </c>
       <c r="C266">
-        <v>2015</v>
+        <v>1990</v>
       </c>
       <c r="D266" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E266">
-        <v>4.9</v>
+        <v>6.0</v>
       </c>
       <c r="F266" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="G266" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
+        <v>490</v>
+      </c>
+      <c r="B267" t="s">
         <v>491</v>
       </c>
-      <c r="B267" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C267">
-        <v>2000</v>
+        <v>1991</v>
       </c>
       <c r="D267" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E267">
-        <v>4.7</v>
+        <v>5.87</v>
       </c>
       <c r="F267" t="s">
         <v>10</v>
       </c>
       <c r="G267" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
         <v>492</v>
       </c>
       <c r="B268" t="s">
-        <v>423</v>
+        <v>493</v>
       </c>
       <c r="C268">
-        <v>2006</v>
+        <v>1993</v>
       </c>
       <c r="D268" t="s">
         <v>9</v>
       </c>
       <c r="E268">
-        <v>4.6</v>
+        <v>5.0</v>
       </c>
       <c r="F268" t="s">
         <v>10</v>
       </c>
       <c r="G268" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B269" t="s">
-        <v>102</v>
+        <v>51</v>
       </c>
       <c r="C269">
-        <v>1988</v>
+        <v>2015</v>
       </c>
       <c r="D269" t="s">
         <v>13</v>
       </c>
       <c r="E269">
-        <v>4.46</v>
+        <v>4.9</v>
       </c>
       <c r="F269" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="G269" t="s">
-        <v>104</v>
+        <v>44</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B270" t="s">
-        <v>300</v>
+        <v>133</v>
       </c>
       <c r="C270">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="D270" t="s">
         <v>13</v>
       </c>
       <c r="E270">
-        <v>4.3</v>
+        <v>4.7</v>
       </c>
       <c r="F270" t="s">
         <v>10</v>
       </c>
       <c r="G270" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B271" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="C271">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="D271" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E271">
-        <v>4.19</v>
+        <v>4.6</v>
       </c>
       <c r="F271" t="s">
-        <v>150</v>
+        <v>10</v>
       </c>
       <c r="G271" t="s">
-        <v>175</v>
+        <v>10</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B272" t="s">
-        <v>497</v>
+        <v>102</v>
       </c>
       <c r="C272">
-        <v>2007</v>
+        <v>1988</v>
       </c>
       <c r="D272" t="s">
         <v>13</v>
       </c>
       <c r="E272">
-        <v>4.06</v>
+        <v>4.46</v>
       </c>
       <c r="F272" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
       <c r="G272" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
         <v>498</v>
       </c>
       <c r="B273" t="s">
-        <v>499</v>
+        <v>304</v>
       </c>
       <c r="C273">
-        <v>1975</v>
+        <v>1995</v>
       </c>
       <c r="D273" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E273">
-        <v>3.77</v>
+        <v>4.3</v>
       </c>
       <c r="F273" t="s">
         <v>10</v>
       </c>
       <c r="G273" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="B274" t="s">
-        <v>501</v>
+        <v>434</v>
       </c>
       <c r="C274">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="D274" t="s">
         <v>13</v>
       </c>
       <c r="E274">
-        <v>3.56</v>
+        <v>4.19</v>
       </c>
       <c r="F274" t="s">
-        <v>90</v>
+        <v>148</v>
       </c>
       <c r="G274" t="s">
-        <v>44</v>
+        <v>173</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="B275" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="C275">
-        <v>1928</v>
+        <v>2007</v>
       </c>
       <c r="D275" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E275">
-        <v>3.26</v>
+        <v>4.06</v>
       </c>
       <c r="F275" t="s">
-        <v>10</v>
+        <v>111</v>
       </c>
       <c r="G275" t="s">
-        <v>10</v>
+        <v>111</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="B276" t="s">
-        <v>237</v>
+        <v>503</v>
       </c>
       <c r="C276">
-        <v>1999</v>
+        <v>1975</v>
       </c>
       <c r="D276" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E276">
-        <v>3.21</v>
+        <v>3.77</v>
       </c>
       <c r="F276" t="s">
         <v>10</v>
       </c>
       <c r="G276" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
+        <v>504</v>
+      </c>
+      <c r="B277" t="s">
         <v>505</v>
       </c>
-      <c r="B277" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C277">
-        <v>2019</v>
+        <v>2008</v>
       </c>
       <c r="D277" t="s">
         <v>13</v>
       </c>
       <c r="E277">
-        <v>3.19</v>
+        <v>3.56</v>
       </c>
       <c r="F277" t="s">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="G277" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
+        <v>506</v>
+      </c>
+      <c r="B278" t="s">
         <v>507</v>
       </c>
-      <c r="B278" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C278">
-        <v>2012</v>
+        <v>1928</v>
       </c>
       <c r="D278" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E278">
-        <v>3.1</v>
+        <v>3.26</v>
       </c>
       <c r="F278" t="s">
-        <v>509</v>
+        <v>10</v>
       </c>
       <c r="G278" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="B279" t="s">
-        <v>511</v>
+        <v>240</v>
       </c>
       <c r="C279">
-        <v>1990</v>
+        <v>1999</v>
       </c>
       <c r="D279" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E279">
-        <v>3.0</v>
+        <v>3.21</v>
       </c>
       <c r="F279" t="s">
         <v>10</v>
       </c>
       <c r="G279" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="B280" t="s">
-        <v>354</v>
+        <v>510</v>
       </c>
       <c r="C280">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="D280" t="s">
         <v>13</v>
       </c>
       <c r="E280">
-        <v>2.86</v>
+        <v>3.19</v>
       </c>
       <c r="F280" t="s">
-        <v>68</v>
+        <v>10</v>
       </c>
       <c r="G280" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
+        <v>511</v>
+      </c>
+      <c r="B281" t="s">
+        <v>512</v>
+      </c>
+      <c r="C281">
+        <v>2012</v>
+      </c>
+      <c r="D281" t="s">
+        <v>13</v>
+      </c>
+      <c r="E281">
+        <v>3.15</v>
+      </c>
+      <c r="F281" t="s">
         <v>513</v>
       </c>
-      <c r="B281" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G281" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
+        <v>514</v>
+      </c>
+      <c r="B282" t="s">
         <v>515</v>
       </c>
-      <c r="B282" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C282">
-        <v>2023</v>
+        <v>1990</v>
       </c>
       <c r="D282" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E282">
-        <v>2.26</v>
+        <v>3.0</v>
       </c>
       <c r="F282" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
       <c r="G282" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
         <v>516</v>
       </c>
       <c r="B283" t="s">
-        <v>517</v>
+        <v>359</v>
       </c>
       <c r="C283">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="D283" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E283">
-        <v>2.17</v>
+        <v>2.86</v>
       </c>
       <c r="F283" t="s">
-        <v>108</v>
+        <v>68</v>
       </c>
       <c r="G283" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
+        <v>517</v>
+      </c>
+      <c r="B284" t="s">
         <v>518</v>
       </c>
-      <c r="B284" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C284">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="D284" t="s">
         <v>13</v>
       </c>
       <c r="E284">
-        <v>2.08</v>
+        <v>2.77</v>
       </c>
       <c r="F284" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="G284" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
         <v>519</v>
       </c>
       <c r="B285" t="s">
-        <v>95</v>
+        <v>220</v>
       </c>
       <c r="C285">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="D285" t="s">
         <v>13</v>
       </c>
       <c r="E285">
-        <v>2.07</v>
+        <v>2.26</v>
       </c>
       <c r="F285" t="s">
-        <v>10</v>
+        <v>111</v>
       </c>
       <c r="G285" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
         <v>520</v>
       </c>
       <c r="B286" t="s">
-        <v>521</v>
+        <v>135</v>
       </c>
       <c r="C286">
-        <v>1983</v>
+        <v>2022</v>
       </c>
       <c r="D286" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E286">
-        <v>2.0</v>
+        <v>2.08</v>
       </c>
       <c r="F286" t="s">
         <v>10</v>
       </c>
       <c r="G286" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="B287" t="s">
-        <v>332</v>
+        <v>95</v>
       </c>
       <c r="C287">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="D287" t="s">
         <v>13</v>
       </c>
       <c r="E287">
-        <v>2.0</v>
+        <v>2.07</v>
       </c>
       <c r="F287" t="s">
-        <v>99</v>
+        <v>10</v>
       </c>
       <c r="G287" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
+        <v>522</v>
+      </c>
+      <c r="B288" t="s">
         <v>523</v>
       </c>
-      <c r="B288" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C288">
-        <v>1994</v>
+        <v>1983</v>
       </c>
       <c r="D288" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E288">
-        <v>1.92</v>
+        <v>2.0</v>
       </c>
       <c r="F288" t="s">
         <v>10</v>
       </c>
       <c r="G288" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="B289" t="s">
-        <v>102</v>
+        <v>337</v>
       </c>
       <c r="C289">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="D289" t="s">
         <v>13</v>
       </c>
       <c r="E289">
-        <v>1.86</v>
+        <v>2.0</v>
       </c>
       <c r="F289" t="s">
-        <v>10</v>
+        <v>99</v>
       </c>
       <c r="G289" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
+        <v>525</v>
+      </c>
+      <c r="B290" t="s">
         <v>526</v>
       </c>
-      <c r="B290" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C290">
-        <v>2011</v>
+        <v>1994</v>
       </c>
       <c r="D290" t="s">
         <v>13</v>
       </c>
       <c r="E290">
-        <v>1.84</v>
+        <v>1.92</v>
       </c>
       <c r="F290" t="s">
-        <v>527</v>
+        <v>10</v>
       </c>
       <c r="G290" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="B291" t="s">
-        <v>487</v>
+        <v>102</v>
       </c>
       <c r="C291">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="D291" t="s">
         <v>13</v>
       </c>
       <c r="E291">
-        <v>1.49</v>
+        <v>1.86</v>
       </c>
       <c r="F291" t="s">
         <v>10</v>
       </c>
       <c r="G291" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="B292" t="s">
-        <v>471</v>
+        <v>353</v>
       </c>
       <c r="C292">
         <v>2011</v>
       </c>
       <c r="D292" t="s">
         <v>13</v>
       </c>
       <c r="E292">
-        <v>1.42</v>
+        <v>1.84</v>
       </c>
       <c r="F292" t="s">
-        <v>10</v>
+        <v>529</v>
       </c>
       <c r="G292" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
         <v>530</v>
       </c>
       <c r="B293" t="s">
-        <v>465</v>
+        <v>491</v>
       </c>
       <c r="C293">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="D293" t="s">
         <v>13</v>
       </c>
       <c r="E293">
-        <v>1.26</v>
+        <v>1.66</v>
       </c>
       <c r="F293" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="G293" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
         <v>531</v>
       </c>
       <c r="B294" t="s">
-        <v>532</v>
+        <v>473</v>
       </c>
       <c r="C294">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="D294" t="s">
         <v>13</v>
       </c>
       <c r="E294">
-        <v>1.0</v>
+        <v>1.42</v>
       </c>
       <c r="F294" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="G294" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="B295" t="s">
         <v>533</v>
       </c>
       <c r="C295">
-        <v>2003</v>
+        <v>2012</v>
       </c>
       <c r="D295" t="s">
         <v>13</v>
       </c>
       <c r="E295">
-        <v>0.96</v>
+        <v>1.0</v>
       </c>
       <c r="F295" t="s">
         <v>44</v>
       </c>
       <c r="G295" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
         <v>534</v>
       </c>
       <c r="B296" t="s">
-        <v>423</v>
+        <v>534</v>
       </c>
       <c r="C296">
-        <v>2006</v>
+        <v>2003</v>
       </c>
       <c r="D296" t="s">
         <v>13</v>
       </c>
       <c r="E296">
-        <v>0.92</v>
+        <v>0.96</v>
       </c>
       <c r="F296" t="s">
-        <v>156</v>
+        <v>44</v>
       </c>
       <c r="G296" t="s">
-        <v>174</v>
+        <v>44</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
         <v>535</v>
       </c>
       <c r="B297" t="s">
-        <v>536</v>
+        <v>425</v>
       </c>
       <c r="C297">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="D297" t="s">
         <v>13</v>
       </c>
       <c r="E297">
-        <v>0.7</v>
+        <v>0.92</v>
       </c>
       <c r="F297" t="s">
-        <v>44</v>
+        <v>154</v>
       </c>
       <c r="G297" t="s">
-        <v>44</v>
+        <v>172</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
+        <v>536</v>
+      </c>
+      <c r="B298" t="s">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
       <c r="C298">
         <v>2012</v>
       </c>
       <c r="D298" t="s">
         <v>13</v>
       </c>
       <c r="E298">
         <v>0.5</v>
       </c>
       <c r="F298" t="s">
         <v>44</v>
       </c>
       <c r="G298" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="B299" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="C299">
         <v>2016</v>
       </c>
       <c r="D299" t="s">
         <v>13</v>
       </c>
       <c r="E299">
         <v>0.35</v>
       </c>
       <c r="F299" t="s">
         <v>44</v>
       </c>
       <c r="G299" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
+        <v>539</v>
+      </c>
+      <c r="B300" t="s">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>517</v>
       </c>
       <c r="C300">
         <v>2012</v>
       </c>
       <c r="D300" t="s">
         <v>13</v>
       </c>
       <c r="E300">
         <v>0.3</v>
       </c>
       <c r="F300" t="s">
-        <v>541</v>
+        <v>190</v>
       </c>
       <c r="G300" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="B301" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="C301">
         <v>2015</v>
       </c>
       <c r="D301" t="s">
         <v>13</v>
       </c>
       <c r="E301">
         <v>0.16</v>
       </c>
       <c r="F301" t="s">
-        <v>224</v>
+        <v>182</v>
       </c>
       <c r="G301" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>