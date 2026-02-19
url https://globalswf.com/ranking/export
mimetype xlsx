--- v4 (2026-01-30)
+++ v5 (2026-02-19)
@@ -344,50 +344,53 @@
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Temasek</t>
   </si>
   <si>
     <t>50%</t>
   </si>
   <si>
     <t>27%</t>
   </si>
   <si>
     <t>NYC Compt</t>
   </si>
   <si>
     <t>USA - NY</t>
   </si>
   <si>
     <t>20%</t>
   </si>
   <si>
     <t>81%</t>
   </si>
   <si>
+    <t>LIMAD</t>
+  </si>
+  <si>
     <t>NYSCRF</t>
   </si>
   <si>
     <t>90%</t>
   </si>
   <si>
     <t>SBA Florida</t>
   </si>
   <si>
     <t>USA - FL</t>
   </si>
   <si>
     <t>75%</t>
   </si>
   <si>
     <t>CBUAE</t>
   </si>
   <si>
     <t>UAE</t>
   </si>
   <si>
     <t>BoT</t>
   </si>
   <si>
     <t>Thailand</t>
@@ -395,77 +398,83 @@
   <si>
     <t>PGGM</t>
   </si>
   <si>
     <t>BLF</t>
   </si>
   <si>
     <t>48%</t>
   </si>
   <si>
     <t>NBP</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>Chikyoren</t>
   </si>
   <si>
     <t>1%</t>
   </si>
   <si>
     <t>58%</t>
   </si>
   <si>
-    <t>ADQ</t>
-[...1 lines deleted...]
-  <si>
     <t>Fed</t>
   </si>
   <si>
     <t>AustralianSuper</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>26%</t>
   </si>
   <si>
     <t>Banxico</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>BoI</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
+    <t>Danantara</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>71%</t>
+  </si>
+  <si>
     <t>ART</t>
   </si>
   <si>
     <t>Australia - QLD</t>
   </si>
   <si>
     <t>Texas TRS</t>
   </si>
   <si>
     <t>USA - TX</t>
   </si>
   <si>
     <t>BoE</t>
   </si>
   <si>
     <t>UK</t>
   </si>
   <si>
     <t>Future Fund</t>
   </si>
   <si>
     <t>43%</t>
   </si>
   <si>
     <t>PSP</t>
@@ -515,59 +524,50 @@
   <si>
     <t>NPST</t>
   </si>
   <si>
     <t>SWIB</t>
   </si>
   <si>
     <t>USA - WI</t>
   </si>
   <si>
     <t>NWF RU</t>
   </si>
   <si>
     <t>83%</t>
   </si>
   <si>
     <t>CNB</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
     <t>MPFA</t>
   </si>
   <si>
-    <t>Danantara</t>
-[...7 lines deleted...]
-  <si>
     <t>PIC</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>6%</t>
   </si>
   <si>
     <t>93%</t>
   </si>
   <si>
     <t>AP7</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>4%</t>
   </si>
   <si>
     <t>PIFSS-Wafra</t>
   </si>
   <si>
     <t>40%</t>
@@ -863,125 +863,128 @@
   <si>
     <t>Australia - NSW</t>
   </si>
   <si>
     <t>BNR</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>FGS</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>NB</t>
   </si>
   <si>
     <t>Maryland SRA</t>
   </si>
   <si>
     <t>USA - MD</t>
   </si>
   <si>
+    <t>SOFAZ</t>
+  </si>
+  <si>
+    <t>Azerbaijan</t>
+  </si>
+  <si>
+    <t>9%</t>
+  </si>
+  <si>
     <t>BIA</t>
   </si>
   <si>
     <t>Brunei</t>
   </si>
   <si>
     <t>RBA</t>
   </si>
   <si>
     <t>DH</t>
   </si>
   <si>
     <t>94%</t>
   </si>
   <si>
     <t>QCB</t>
   </si>
   <si>
     <t>Kokkyoren</t>
   </si>
   <si>
     <t>53%</t>
   </si>
   <si>
-    <t>SOFAZ</t>
-[...7 lines deleted...]
-  <si>
     <t>PKA</t>
   </si>
   <si>
     <t>8%</t>
   </si>
   <si>
     <t>SARB</t>
   </si>
   <si>
     <t>CBUS</t>
   </si>
   <si>
     <t>London CIV</t>
   </si>
   <si>
     <t>LIA</t>
   </si>
   <si>
     <t>NF-NIC</t>
   </si>
   <si>
     <t>COPERA</t>
   </si>
   <si>
     <t>USA - CO</t>
   </si>
   <si>
     <t>BanRep</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Bportugal</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>REST</t>
   </si>
   <si>
+    <t>NDFT</t>
+  </si>
+  <si>
     <t>SRB</t>
   </si>
   <si>
     <t>HESTA</t>
   </si>
   <si>
     <t>VFMC</t>
   </si>
   <si>
     <t>Australia - VIC</t>
   </si>
   <si>
     <t>New Mexico SIC</t>
   </si>
   <si>
     <t>USA - NM</t>
   </si>
   <si>
     <t>NBK</t>
   </si>
   <si>
     <t>IMCO</t>
   </si>
   <si>
     <t>Bpifrance</t>
@@ -1179,53 +1182,50 @@
     <t>USA - WY</t>
   </si>
   <si>
     <t>46%</t>
   </si>
   <si>
     <t>BanGuat</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>Khazanah</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>OBAG</t>
   </si>
   <si>
     <t>Baiterek</t>
-  </si>
-[...1 lines deleted...]
-    <t>LIMAD</t>
   </si>
   <si>
     <t>AMCM</t>
   </si>
   <si>
     <t>China - MSAR</t>
   </si>
   <si>
     <t>ISIF</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>32%</t>
   </si>
   <si>
     <t>73%</t>
   </si>
   <si>
     <t>RDIF</t>
   </si>
   <si>
     <t>96%</t>
   </si>
@@ -2053,51 +2053,51 @@
       </c>
       <c r="E2">
         <v>3723.65</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3">
         <v>1997</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3">
-        <v>2048.09</v>
+        <v>2116.17</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4">
         <v>1997</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4">
         <v>1951.96</v>
       </c>
       <c r="F4" t="s">
@@ -2941,250 +2941,250 @@
       </c>
       <c r="B41" t="s">
         <v>107</v>
       </c>
       <c r="C41">
         <v>1920</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41">
         <v>308.83</v>
       </c>
       <c r="F41" t="s">
         <v>108</v>
       </c>
       <c r="G41" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>110</v>
       </c>
       <c r="B42" t="s">
-        <v>107</v>
+        <v>26</v>
       </c>
       <c r="C42">
-        <v>1983</v>
+        <v>2018</v>
       </c>
       <c r="D42" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E42">
-        <v>291.4</v>
+        <v>300.0</v>
       </c>
       <c r="F42" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="G42" t="s">
-        <v>111</v>
+        <v>90</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B43" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="C43">
-        <v>1943</v>
+        <v>1983</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43">
-        <v>275.6</v>
+        <v>291.4</v>
       </c>
       <c r="F43" t="s">
         <v>27</v>
       </c>
       <c r="G43" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
+        <v>113</v>
+      </c>
+      <c r="B44" t="s">
+        <v>114</v>
+      </c>
+      <c r="C44">
+        <v>1943</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44">
+        <v>275.6</v>
+      </c>
+      <c r="F44" t="s">
+        <v>27</v>
+      </c>
+      <c r="G44" t="s">
         <v>115</v>
-      </c>
-[...16 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
+        <v>116</v>
+      </c>
+      <c r="B45" t="s">
         <v>117</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>1942</v>
+        <v>1980</v>
       </c>
       <c r="D45" t="s">
         <v>9</v>
       </c>
       <c r="E45">
-        <v>272.02</v>
+        <v>274.06</v>
       </c>
       <c r="F45" t="s">
         <v>10</v>
       </c>
       <c r="G45" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
+        <v>118</v>
+      </c>
+      <c r="B46" t="s">
         <v>119</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>1969</v>
+        <v>1942</v>
       </c>
       <c r="D46" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E46">
-        <v>269.52</v>
+        <v>272.02</v>
       </c>
       <c r="F46" t="s">
-        <v>108</v>
+        <v>10</v>
       </c>
       <c r="G46" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>120</v>
       </c>
       <c r="B47" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="C47">
-        <v>2014</v>
+        <v>1969</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47">
-        <v>269.41</v>
+        <v>269.52</v>
       </c>
       <c r="F47" t="s">
-        <v>37</v>
+        <v>108</v>
       </c>
       <c r="G47" t="s">
-        <v>121</v>
+        <v>54</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
+        <v>121</v>
+      </c>
+      <c r="B48" t="s">
+        <v>57</v>
+      </c>
+      <c r="C48">
+        <v>2014</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48">
+        <v>269.41</v>
+      </c>
+      <c r="F48" t="s">
+        <v>37</v>
+      </c>
+      <c r="G48" t="s">
         <v>122</v>
-      </c>
-[...16 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
+        <v>123</v>
+      </c>
+      <c r="B49" t="s">
         <v>124</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>1984</v>
+        <v>1945</v>
       </c>
       <c r="D49" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E49">
-        <v>264.0</v>
+        <v>265.0</v>
       </c>
       <c r="F49" t="s">
-        <v>125</v>
+        <v>10</v>
       </c>
       <c r="G49" t="s">
-        <v>126</v>
+        <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
+        <v>125</v>
+      </c>
+      <c r="B50" t="s">
+        <v>19</v>
+      </c>
+      <c r="C50">
+        <v>1984</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50">
+        <v>264.0</v>
+      </c>
+      <c r="F50" t="s">
+        <v>126</v>
+      </c>
+      <c r="G50" t="s">
         <v>127</v>
-      </c>
-[...16 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>128</v>
       </c>
       <c r="B51" t="s">
         <v>43</v>
       </c>
       <c r="C51">
         <v>1913</v>
       </c>
       <c r="D51" t="s">
         <v>9</v>
       </c>
       <c r="E51">
         <v>255.69</v>
       </c>
       <c r="F51" t="s">
         <v>10</v>
       </c>
       <c r="G51" t="s">
         <v>10</v>
       </c>
     </row>
@@ -3243,431 +3243,431 @@
       </c>
       <c r="C54">
         <v>1954</v>
       </c>
       <c r="D54" t="s">
         <v>9</v>
       </c>
       <c r="E54">
         <v>231.43</v>
       </c>
       <c r="F54" t="s">
         <v>10</v>
       </c>
       <c r="G54" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>136</v>
       </c>
       <c r="B55" t="s">
         <v>137</v>
       </c>
       <c r="C55">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="D55" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E55">
-        <v>228.66</v>
+        <v>230.0</v>
       </c>
       <c r="F55" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="G55" t="s">
-        <v>104</v>
+        <v>44</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B56" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C56">
-        <v>1937</v>
+        <v>2022</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56">
-        <v>225.3</v>
+        <v>228.66</v>
       </c>
       <c r="F56" t="s">
-        <v>27</v>
+        <v>93</v>
       </c>
       <c r="G56" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B57" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C57">
-        <v>1694</v>
+        <v>1937</v>
       </c>
       <c r="D57" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E57">
-        <v>222.49</v>
+        <v>225.3</v>
       </c>
       <c r="F57" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G57" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B58" t="s">
-        <v>130</v>
+        <v>144</v>
       </c>
       <c r="C58">
-        <v>2006</v>
+        <v>1694</v>
       </c>
       <c r="D58" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E58">
-        <v>215.82</v>
+        <v>222.49</v>
       </c>
       <c r="F58" t="s">
-        <v>143</v>
+        <v>10</v>
       </c>
       <c r="G58" t="s">
-        <v>108</v>
+        <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B59" t="s">
-        <v>67</v>
+        <v>130</v>
       </c>
       <c r="C59">
-        <v>1999</v>
+        <v>2006</v>
       </c>
       <c r="D59" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E59">
-        <v>209.46</v>
+        <v>215.82</v>
       </c>
       <c r="F59" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="G59" t="s">
-        <v>146</v>
+        <v>108</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>147</v>
       </c>
       <c r="B60" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="C60">
-        <v>2005</v>
+        <v>1999</v>
       </c>
       <c r="D60" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E60">
-        <v>206.5</v>
+        <v>209.46</v>
       </c>
       <c r="F60" t="s">
         <v>148</v>
       </c>
       <c r="G60" t="s">
-        <v>10</v>
+        <v>149</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B61" t="s">
-        <v>150</v>
+        <v>39</v>
       </c>
       <c r="C61">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="D61" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E61">
-        <v>206.18</v>
+        <v>206.5</v>
       </c>
       <c r="F61" t="s">
-        <v>68</v>
+        <v>151</v>
       </c>
       <c r="G61" t="s">
-        <v>151</v>
+        <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>152</v>
       </c>
       <c r="B62" t="s">
         <v>153</v>
       </c>
       <c r="C62">
-        <v>1917</v>
+        <v>1999</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62">
-        <v>197.05</v>
+        <v>206.18</v>
       </c>
       <c r="F62" t="s">
-        <v>126</v>
+        <v>68</v>
       </c>
       <c r="G62" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>155</v>
       </c>
       <c r="B63" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="C63">
-        <v>2014</v>
+        <v>1917</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63">
-        <v>193.5</v>
+        <v>197.05</v>
       </c>
       <c r="F63" t="s">
-        <v>36</v>
+        <v>127</v>
       </c>
       <c r="G63" t="s">
-        <v>104</v>
+        <v>157</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B64" t="s">
-        <v>97</v>
+        <v>53</v>
       </c>
       <c r="C64">
-        <v>1931</v>
+        <v>2014</v>
       </c>
       <c r="D64" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E64">
-        <v>186.44</v>
+        <v>193.5</v>
       </c>
       <c r="F64" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="G64" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B65" t="s">
-        <v>158</v>
+        <v>97</v>
       </c>
       <c r="C65">
-        <v>2005</v>
+        <v>1931</v>
       </c>
       <c r="D65" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E65">
-        <v>185.71</v>
+        <v>186.44</v>
       </c>
       <c r="F65" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
       <c r="G65" t="s">
-        <v>68</v>
+        <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B66" t="s">
-        <v>51</v>
+        <v>161</v>
       </c>
       <c r="C66">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66">
-        <v>184.19</v>
+        <v>185.71</v>
       </c>
       <c r="F66" t="s">
-        <v>10</v>
+        <v>148</v>
       </c>
       <c r="G66" t="s">
-        <v>44</v>
+        <v>68</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B67" t="s">
-        <v>161</v>
+        <v>51</v>
       </c>
       <c r="C67">
-        <v>1951</v>
+        <v>2008</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67">
-        <v>177.24</v>
+        <v>184.19</v>
       </c>
       <c r="F67" t="s">
-        <v>143</v>
+        <v>10</v>
       </c>
       <c r="G67" t="s">
-        <v>90</v>
+        <v>44</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B68" t="s">
-        <v>49</v>
+        <v>164</v>
       </c>
       <c r="C68">
-        <v>2008</v>
+        <v>1951</v>
       </c>
       <c r="D68" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E68">
-        <v>175.21</v>
+        <v>177.24</v>
       </c>
       <c r="F68" t="s">
-        <v>108</v>
+        <v>146</v>
       </c>
       <c r="G68" t="s">
-        <v>163</v>
+        <v>90</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B69" t="s">
-        <v>165</v>
+        <v>49</v>
       </c>
       <c r="C69">
-        <v>1993</v>
+        <v>2008</v>
       </c>
       <c r="D69" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E69">
-        <v>172.64</v>
+        <v>175.21</v>
       </c>
       <c r="F69" t="s">
-        <v>10</v>
+        <v>108</v>
       </c>
       <c r="G69" t="s">
-        <v>10</v>
+        <v>166</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B70" t="s">
-        <v>70</v>
+        <v>168</v>
       </c>
       <c r="C70">
-        <v>1995</v>
+        <v>1993</v>
       </c>
       <c r="D70" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E70">
-        <v>172.32</v>
+        <v>172.64</v>
       </c>
       <c r="F70" t="s">
         <v>10</v>
       </c>
       <c r="G70" t="s">
-        <v>126</v>
+        <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B71" t="s">
-        <v>168</v>
+        <v>70</v>
       </c>
       <c r="C71">
-        <v>2025</v>
+        <v>1995</v>
       </c>
       <c r="D71" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E71">
-        <v>172.0</v>
+        <v>172.32</v>
       </c>
       <c r="F71" t="s">
-        <v>169</v>
+        <v>10</v>
       </c>
       <c r="G71" t="s">
-        <v>44</v>
+        <v>127</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>170</v>
       </c>
       <c r="B72" t="s">
         <v>171</v>
       </c>
       <c r="C72">
         <v>2015</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72">
         <v>165.56</v>
       </c>
       <c r="F72" t="s">
         <v>172</v>
       </c>
       <c r="G72" t="s">
         <v>173</v>
       </c>
     </row>
@@ -3723,74 +3723,74 @@
       </c>
       <c r="B75" t="s">
         <v>107</v>
       </c>
       <c r="C75">
         <v>1913</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75">
         <v>154.2</v>
       </c>
       <c r="F75" t="s">
         <v>63</v>
       </c>
       <c r="G75" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>181</v>
       </c>
       <c r="B76" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C76">
         <v>2018</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76">
         <v>152.18</v>
       </c>
       <c r="F76" t="s">
         <v>182</v>
       </c>
       <c r="G76" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>183</v>
       </c>
       <c r="B77" t="s">
-        <v>168</v>
+        <v>137</v>
       </c>
       <c r="C77">
         <v>1953</v>
       </c>
       <c r="D77" t="s">
         <v>9</v>
       </c>
       <c r="E77">
         <v>150.1</v>
       </c>
       <c r="F77" t="s">
         <v>10</v>
       </c>
       <c r="G77" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>184</v>
       </c>
       <c r="B78" t="s">
         <v>185</v>
       </c>
       <c r="C78">
@@ -3815,51 +3815,51 @@
       </c>
       <c r="B79" t="s">
         <v>188</v>
       </c>
       <c r="C79">
         <v>1935</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79">
         <v>142.64</v>
       </c>
       <c r="F79" t="s">
         <v>16</v>
       </c>
       <c r="G79" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>189</v>
       </c>
       <c r="B80" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C80">
         <v>2017</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80">
         <v>134.67</v>
       </c>
       <c r="F80" t="s">
         <v>190</v>
       </c>
       <c r="G80" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>191</v>
       </c>
       <c r="B81" t="s">
         <v>130</v>
       </c>
       <c r="C81">
@@ -3922,94 +3922,94 @@
       </c>
       <c r="G83" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>197</v>
       </c>
       <c r="B84" t="s">
         <v>198</v>
       </c>
       <c r="C84">
         <v>1941</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84">
         <v>127.04</v>
       </c>
       <c r="F84" t="s">
         <v>99</v>
       </c>
       <c r="G84" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>199</v>
       </c>
       <c r="B85" t="s">
         <v>67</v>
       </c>
       <c r="C85">
         <v>1935</v>
       </c>
       <c r="D85" t="s">
         <v>9</v>
       </c>
       <c r="E85">
         <v>126.72</v>
       </c>
       <c r="F85" t="s">
         <v>10</v>
       </c>
       <c r="G85" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>200</v>
       </c>
       <c r="B86" t="s">
         <v>201</v>
       </c>
       <c r="C86">
         <v>1976</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86">
         <v>125.16</v>
       </c>
       <c r="F86" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="G86" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
         <v>203</v>
       </c>
       <c r="B87" t="s">
         <v>102</v>
       </c>
       <c r="C87">
         <v>1959</v>
       </c>
       <c r="D87" t="s">
         <v>9</v>
       </c>
       <c r="E87">
         <v>123.6</v>
       </c>
       <c r="F87" t="s">
         <v>10</v>
       </c>
       <c r="G87" t="s">
@@ -4068,51 +4068,51 @@
       </c>
       <c r="B90" t="s">
         <v>207</v>
       </c>
       <c r="C90">
         <v>1943</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90">
         <v>116.84</v>
       </c>
       <c r="F90" t="s">
         <v>176</v>
       </c>
       <c r="G90" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>208</v>
       </c>
       <c r="B91" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C91">
         <v>2007</v>
       </c>
       <c r="D91" t="s">
         <v>13</v>
       </c>
       <c r="E91">
         <v>116.32</v>
       </c>
       <c r="F91" t="s">
         <v>209</v>
       </c>
       <c r="G91" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>210</v>
       </c>
       <c r="B92" t="s">
         <v>211</v>
       </c>
       <c r="C92">
@@ -4195,51 +4195,51 @@
       </c>
       <c r="F95" t="s">
         <v>44</v>
       </c>
       <c r="G95" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>217</v>
       </c>
       <c r="B96" t="s">
         <v>218</v>
       </c>
       <c r="C96">
         <v>1942</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96">
         <v>113.9</v>
       </c>
       <c r="F96" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="G96" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>219</v>
       </c>
       <c r="B97" t="s">
         <v>220</v>
       </c>
       <c r="C97">
         <v>1993</v>
       </c>
       <c r="D97" t="s">
         <v>9</v>
       </c>
       <c r="E97">
         <v>111.08</v>
       </c>
       <c r="F97" t="s">
         <v>10</v>
       </c>
       <c r="G97" t="s">
@@ -4321,51 +4321,51 @@
       </c>
       <c r="B101" t="s">
         <v>130</v>
       </c>
       <c r="C101">
         <v>2000</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101">
         <v>103.22</v>
       </c>
       <c r="F101" t="s">
         <v>182</v>
       </c>
       <c r="G101" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>227</v>
       </c>
       <c r="B102" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C102">
         <v>1962</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102">
         <v>102.84</v>
       </c>
       <c r="F102" t="s">
         <v>228</v>
       </c>
       <c r="G102" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>230</v>
       </c>
       <c r="B103" t="s">
         <v>135</v>
       </c>
       <c r="C103">
@@ -4425,62 +4425,62 @@
       </c>
       <c r="F105" t="s">
         <v>10</v>
       </c>
       <c r="G105" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>236</v>
       </c>
       <c r="B106" t="s">
         <v>237</v>
       </c>
       <c r="C106">
         <v>1946</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106">
         <v>95.98</v>
       </c>
       <c r="F106" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G106" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>238</v>
       </c>
       <c r="B107" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C107">
         <v>2019</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107">
         <v>94.27</v>
       </c>
       <c r="F107" t="s">
         <v>63</v>
       </c>
       <c r="G107" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>239</v>
       </c>
       <c r="B108" t="s">
         <v>240</v>
       </c>
       <c r="C108">
@@ -4528,66 +4528,66 @@
       </c>
       <c r="B110" t="s">
         <v>29</v>
       </c>
       <c r="C110">
         <v>2017</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110">
         <v>89.81</v>
       </c>
       <c r="F110" t="s">
         <v>27</v>
       </c>
       <c r="G110" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>243</v>
       </c>
       <c r="B111" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="C111">
         <v>1991</v>
       </c>
       <c r="D111" t="s">
         <v>13</v>
       </c>
       <c r="E111">
         <v>88.92</v>
       </c>
       <c r="F111" t="s">
         <v>63</v>
       </c>
       <c r="G111" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>244</v>
       </c>
       <c r="B112" t="s">
         <v>59</v>
       </c>
       <c r="C112">
         <v>1937</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112">
         <v>87.97</v>
       </c>
       <c r="F112" t="s">
         <v>47</v>
       </c>
       <c r="G112" t="s">
         <v>90</v>
       </c>
     </row>
@@ -4597,51 +4597,51 @@
       </c>
       <c r="B113" t="s">
         <v>130</v>
       </c>
       <c r="C113">
         <v>1987</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113">
         <v>87.87</v>
       </c>
       <c r="F113" t="s">
         <v>202</v>
       </c>
       <c r="G113" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
         <v>246</v>
       </c>
       <c r="B114" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C114">
         <v>1990</v>
       </c>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114">
         <v>87.74</v>
       </c>
       <c r="F114" t="s">
         <v>10</v>
       </c>
       <c r="G114" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>247</v>
       </c>
       <c r="B115" t="s">
         <v>248</v>
       </c>
       <c r="C115">
@@ -4658,82 +4658,82 @@
       </c>
       <c r="G115" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>250</v>
       </c>
       <c r="B116" t="s">
         <v>19</v>
       </c>
       <c r="C116">
         <v>1967</v>
       </c>
       <c r="D116" t="s">
         <v>20</v>
       </c>
       <c r="E116">
         <v>86.79</v>
       </c>
       <c r="F116" t="s">
         <v>10</v>
       </c>
       <c r="G116" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>251</v>
       </c>
       <c r="B117" t="s">
         <v>252</v>
       </c>
       <c r="C117">
         <v>1988</v>
       </c>
       <c r="D117" t="s">
         <v>20</v>
       </c>
       <c r="E117">
         <v>85.75</v>
       </c>
       <c r="F117" t="s">
         <v>60</v>
       </c>
       <c r="G117" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
         <v>254</v>
       </c>
       <c r="B118" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C118">
         <v>1960</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118">
         <v>85.72</v>
       </c>
       <c r="F118" t="s">
         <v>178</v>
       </c>
       <c r="G118" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
         <v>255</v>
       </c>
       <c r="B119" t="s">
         <v>175</v>
       </c>
       <c r="C119">
@@ -4750,51 +4750,51 @@
       </c>
       <c r="G119" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
         <v>256</v>
       </c>
       <c r="B120" t="s">
         <v>257</v>
       </c>
       <c r="C120">
         <v>1976</v>
       </c>
       <c r="D120" t="s">
         <v>13</v>
       </c>
       <c r="E120">
         <v>85.1</v>
       </c>
       <c r="F120" t="s">
         <v>41</v>
       </c>
       <c r="G120" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
         <v>258</v>
       </c>
       <c r="B121" t="s">
         <v>175</v>
       </c>
       <c r="C121">
         <v>2001</v>
       </c>
       <c r="D121" t="s">
         <v>20</v>
       </c>
       <c r="E121">
         <v>84.4</v>
       </c>
       <c r="F121" t="s">
         <v>99</v>
       </c>
       <c r="G121" t="s">
         <v>214</v>
       </c>
     </row>
@@ -4842,51 +4842,51 @@
       </c>
       <c r="G123" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
         <v>264</v>
       </c>
       <c r="B124" t="s">
         <v>265</v>
       </c>
       <c r="C124">
         <v>1939</v>
       </c>
       <c r="D124" t="s">
         <v>20</v>
       </c>
       <c r="E124">
         <v>80.83</v>
       </c>
       <c r="F124" t="s">
         <v>209</v>
       </c>
       <c r="G124" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
         <v>266</v>
       </c>
       <c r="B125" t="s">
         <v>78</v>
       </c>
       <c r="C125">
         <v>2024</v>
       </c>
       <c r="D125" t="s">
         <v>13</v>
       </c>
       <c r="E125">
         <v>79.7</v>
       </c>
       <c r="F125" t="s">
         <v>68</v>
       </c>
       <c r="G125" t="s">
         <v>44</v>
       </c>
     </row>
@@ -4911,97 +4911,97 @@
       </c>
       <c r="G126" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
         <v>269</v>
       </c>
       <c r="B127" t="s">
         <v>270</v>
       </c>
       <c r="C127">
         <v>1950</v>
       </c>
       <c r="D127" t="s">
         <v>20</v>
       </c>
       <c r="E127">
         <v>78.51</v>
       </c>
       <c r="F127" t="s">
         <v>105</v>
       </c>
       <c r="G127" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
         <v>271</v>
       </c>
       <c r="B128" t="s">
         <v>102</v>
       </c>
       <c r="C128">
         <v>1978</v>
       </c>
       <c r="D128" t="s">
         <v>13</v>
       </c>
       <c r="E128">
         <v>78.05</v>
       </c>
       <c r="F128" t="s">
         <v>272</v>
       </c>
       <c r="G128" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
         <v>274</v>
       </c>
       <c r="B129" t="s">
         <v>275</v>
       </c>
       <c r="C129">
         <v>1983</v>
       </c>
       <c r="D129" t="s">
         <v>13</v>
       </c>
       <c r="E129">
         <v>77.48</v>
       </c>
       <c r="F129" t="s">
         <v>40</v>
       </c>
       <c r="G129" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
         <v>276</v>
       </c>
       <c r="B130" t="s">
         <v>277</v>
       </c>
       <c r="C130">
         <v>1880</v>
       </c>
       <c r="D130" t="s">
         <v>9</v>
       </c>
       <c r="E130">
         <v>77.42</v>
       </c>
       <c r="F130" t="s">
         <v>10</v>
       </c>
       <c r="G130" t="s">
         <v>10</v>
       </c>
     </row>
@@ -5060,178 +5060,178 @@
       </c>
       <c r="C133">
         <v>1941</v>
       </c>
       <c r="D133" t="s">
         <v>20</v>
       </c>
       <c r="E133">
         <v>73.59</v>
       </c>
       <c r="F133" t="s">
         <v>87</v>
       </c>
       <c r="G133" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
         <v>283</v>
       </c>
       <c r="B134" t="s">
         <v>284</v>
       </c>
       <c r="C134">
-        <v>1983</v>
+        <v>1999</v>
       </c>
       <c r="D134" t="s">
         <v>13</v>
       </c>
       <c r="E134">
-        <v>72.56</v>
+        <v>73.5</v>
       </c>
       <c r="F134" t="s">
-        <v>108</v>
+        <v>285</v>
       </c>
       <c r="G134" t="s">
-        <v>108</v>
+        <v>176</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B135" t="s">
-        <v>130</v>
+        <v>287</v>
       </c>
       <c r="C135">
-        <v>1959</v>
+        <v>1983</v>
       </c>
       <c r="D135" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E135">
-        <v>72.21</v>
+        <v>72.56</v>
       </c>
       <c r="F135" t="s">
-        <v>10</v>
+        <v>108</v>
       </c>
       <c r="G135" t="s">
-        <v>10</v>
+        <v>108</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B136" t="s">
-        <v>78</v>
+        <v>130</v>
       </c>
       <c r="C136">
-        <v>2004</v>
+        <v>1959</v>
       </c>
       <c r="D136" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E136">
-        <v>72.16</v>
+        <v>72.21</v>
       </c>
       <c r="F136" t="s">
-        <v>287</v>
+        <v>10</v>
       </c>
       <c r="G136" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B137" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="C137">
-        <v>1973</v>
+        <v>2004</v>
       </c>
       <c r="D137" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E137">
-        <v>72.0</v>
+        <v>72.16</v>
       </c>
       <c r="F137" t="s">
-        <v>10</v>
+        <v>290</v>
       </c>
       <c r="G137" t="s">
-        <v>10</v>
+        <v>112</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B138" t="s">
-        <v>19</v>
+        <v>62</v>
       </c>
       <c r="C138">
-        <v>2017</v>
+        <v>1973</v>
       </c>
       <c r="D138" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E138">
-        <v>71.0</v>
+        <v>72.0</v>
       </c>
       <c r="F138" t="s">
         <v>10</v>
       </c>
       <c r="G138" t="s">
-        <v>290</v>
+        <v>10</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B139" t="s">
-        <v>292</v>
+        <v>19</v>
       </c>
       <c r="C139">
-        <v>1999</v>
+        <v>2017</v>
       </c>
       <c r="D139" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E139">
-        <v>70.16</v>
+        <v>71.0</v>
       </c>
       <c r="F139" t="s">
+        <v>10</v>
+      </c>
+      <c r="G139" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
         <v>294</v>
       </c>
       <c r="B140" t="s">
         <v>211</v>
       </c>
       <c r="C140">
         <v>1954</v>
       </c>
       <c r="D140" t="s">
         <v>20</v>
       </c>
       <c r="E140">
         <v>69.75</v>
       </c>
       <c r="F140" t="s">
         <v>295</v>
       </c>
       <c r="G140" t="s">
         <v>68</v>
       </c>
     </row>
@@ -5264,51 +5264,51 @@
       </c>
       <c r="B142" t="s">
         <v>130</v>
       </c>
       <c r="C142">
         <v>1984</v>
       </c>
       <c r="D142" t="s">
         <v>20</v>
       </c>
       <c r="E142">
         <v>68.6</v>
       </c>
       <c r="F142" t="s">
         <v>63</v>
       </c>
       <c r="G142" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
         <v>298</v>
       </c>
       <c r="B143" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C143">
         <v>2015</v>
       </c>
       <c r="D143" t="s">
         <v>20</v>
       </c>
       <c r="E143">
         <v>68.41</v>
       </c>
       <c r="F143" t="s">
         <v>108</v>
       </c>
       <c r="G143" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
         <v>299</v>
       </c>
       <c r="B144" t="s">
         <v>233</v>
       </c>
       <c r="C144">
@@ -5325,71 +5325,71 @@
       </c>
       <c r="G144" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
         <v>300</v>
       </c>
       <c r="B145" t="s">
         <v>260</v>
       </c>
       <c r="C145">
         <v>2000</v>
       </c>
       <c r="D145" t="s">
         <v>13</v>
       </c>
       <c r="E145">
         <v>67.01</v>
       </c>
       <c r="F145" t="s">
         <v>37</v>
       </c>
       <c r="G145" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
         <v>301</v>
       </c>
       <c r="B146" t="s">
         <v>302</v>
       </c>
       <c r="C146">
         <v>1931</v>
       </c>
       <c r="D146" t="s">
         <v>20</v>
       </c>
       <c r="E146">
         <v>66.7</v>
       </c>
       <c r="F146" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="G146" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
         <v>303</v>
       </c>
       <c r="B147" t="s">
         <v>304</v>
       </c>
       <c r="C147">
         <v>1923</v>
       </c>
       <c r="D147" t="s">
         <v>9</v>
       </c>
       <c r="E147">
         <v>66.12</v>
       </c>
       <c r="F147" t="s">
         <v>10</v>
       </c>
       <c r="G147" t="s">
@@ -5425,1331 +5425,1331 @@
       </c>
       <c r="B149" t="s">
         <v>130</v>
       </c>
       <c r="C149">
         <v>1988</v>
       </c>
       <c r="D149" t="s">
         <v>20</v>
       </c>
       <c r="E149">
         <v>64.35</v>
       </c>
       <c r="F149" t="s">
         <v>80</v>
       </c>
       <c r="G149" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
         <v>308</v>
       </c>
       <c r="B150" t="s">
-        <v>175</v>
+        <v>57</v>
       </c>
       <c r="C150">
-        <v>1668</v>
+        <v>2006</v>
       </c>
       <c r="D150" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E150">
-        <v>63.0</v>
+        <v>64.0</v>
       </c>
       <c r="F150" t="s">
-        <v>10</v>
+        <v>126</v>
       </c>
       <c r="G150" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
         <v>309</v>
       </c>
       <c r="B151" t="s">
-        <v>130</v>
+        <v>175</v>
       </c>
       <c r="C151">
-        <v>1999</v>
+        <v>1668</v>
       </c>
       <c r="D151" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E151">
-        <v>62.72</v>
+        <v>63.0</v>
       </c>
       <c r="F151" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="G151" t="s">
-        <v>68</v>
+        <v>10</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
         <v>310</v>
       </c>
       <c r="B152" t="s">
-        <v>311</v>
+        <v>130</v>
       </c>
       <c r="C152">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="D152" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E152">
-        <v>62.26</v>
+        <v>62.72</v>
       </c>
       <c r="F152" t="s">
-        <v>202</v>
+        <v>36</v>
       </c>
       <c r="G152" t="s">
-        <v>145</v>
+        <v>68</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
+        <v>311</v>
+      </c>
+      <c r="B153" t="s">
         <v>312</v>
       </c>
-      <c r="B153" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C153">
-        <v>1958</v>
+        <v>1994</v>
       </c>
       <c r="D153" t="s">
         <v>13</v>
       </c>
       <c r="E153">
-        <v>60.43</v>
+        <v>62.26</v>
       </c>
       <c r="F153" t="s">
-        <v>93</v>
+        <v>202</v>
       </c>
       <c r="G153" t="s">
-        <v>31</v>
+        <v>148</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
+        <v>313</v>
+      </c>
+      <c r="B154" t="s">
         <v>314</v>
       </c>
-      <c r="B154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154">
-        <v>1993</v>
+        <v>1958</v>
       </c>
       <c r="D154" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E154">
-        <v>59.98</v>
+        <v>60.43</v>
       </c>
       <c r="F154" t="s">
-        <v>10</v>
+        <v>93</v>
       </c>
       <c r="G154" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
         <v>315</v>
       </c>
       <c r="B155" t="s">
-        <v>153</v>
+        <v>260</v>
       </c>
       <c r="C155">
-        <v>2016</v>
+        <v>1993</v>
       </c>
       <c r="D155" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E155">
-        <v>59.93</v>
+        <v>59.98</v>
       </c>
       <c r="F155" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="G155" t="s">
-        <v>192</v>
+        <v>10</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
         <v>316</v>
       </c>
       <c r="B156" t="s">
-        <v>84</v>
+        <v>156</v>
       </c>
       <c r="C156">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="D156" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E156">
-        <v>59.63</v>
+        <v>59.93</v>
       </c>
       <c r="F156" t="s">
-        <v>68</v>
+        <v>41</v>
       </c>
       <c r="G156" t="s">
-        <v>44</v>
+        <v>192</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
         <v>317</v>
       </c>
       <c r="B157" t="s">
-        <v>211</v>
+        <v>84</v>
       </c>
       <c r="C157">
-        <v>1993</v>
+        <v>2008</v>
       </c>
       <c r="D157" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E157">
-        <v>59.06</v>
+        <v>59.63</v>
       </c>
       <c r="F157" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="G157" t="s">
-        <v>60</v>
+        <v>44</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
         <v>318</v>
       </c>
       <c r="B158" t="s">
-        <v>139</v>
+        <v>211</v>
       </c>
       <c r="C158">
-        <v>1854</v>
+        <v>1993</v>
       </c>
       <c r="D158" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E158">
-        <v>57.3</v>
+        <v>59.06</v>
       </c>
       <c r="F158" t="s">
-        <v>290</v>
+        <v>36</v>
       </c>
       <c r="G158" t="s">
-        <v>163</v>
+        <v>60</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
         <v>319</v>
       </c>
       <c r="B159" t="s">
-        <v>175</v>
+        <v>142</v>
       </c>
       <c r="C159">
-        <v>2001</v>
+        <v>1854</v>
       </c>
       <c r="D159" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E159">
-        <v>57.12</v>
+        <v>57.3</v>
       </c>
       <c r="F159" t="s">
-        <v>47</v>
+        <v>293</v>
       </c>
       <c r="G159" t="s">
-        <v>253</v>
+        <v>166</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
         <v>320</v>
       </c>
       <c r="B160" t="s">
-        <v>26</v>
+        <v>175</v>
       </c>
       <c r="C160">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="D160" t="s">
         <v>20</v>
       </c>
       <c r="E160">
-        <v>56.67</v>
+        <v>57.12</v>
       </c>
       <c r="F160" t="s">
-        <v>178</v>
+        <v>47</v>
       </c>
       <c r="G160" t="s">
-        <v>104</v>
+        <v>253</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
         <v>321</v>
       </c>
       <c r="B161" t="s">
-        <v>322</v>
+        <v>26</v>
       </c>
       <c r="C161">
-        <v>1850</v>
+        <v>2000</v>
       </c>
       <c r="D161" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E161">
-        <v>55.19</v>
+        <v>56.67</v>
       </c>
       <c r="F161" t="s">
-        <v>10</v>
+        <v>178</v>
       </c>
       <c r="G161" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
+        <v>322</v>
+      </c>
+      <c r="B162" t="s">
         <v>323</v>
       </c>
-      <c r="B162" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162">
-        <v>1839</v>
+        <v>1850</v>
       </c>
       <c r="D162" t="s">
         <v>9</v>
       </c>
       <c r="E162">
-        <v>54.7</v>
+        <v>55.19</v>
       </c>
       <c r="F162" t="s">
         <v>10</v>
       </c>
       <c r="G162" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
+        <v>324</v>
+      </c>
+      <c r="B163" t="s">
         <v>325</v>
       </c>
-      <c r="B163" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C163">
-        <v>1999</v>
+        <v>1839</v>
       </c>
       <c r="D163" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E163">
-        <v>53.73</v>
+        <v>54.7</v>
       </c>
       <c r="F163" t="s">
-        <v>178</v>
+        <v>10</v>
       </c>
       <c r="G163" t="s">
-        <v>104</v>
+        <v>10</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
         <v>326</v>
       </c>
       <c r="B164" t="s">
-        <v>327</v>
+        <v>117</v>
       </c>
       <c r="C164">
-        <v>1980</v>
+        <v>1999</v>
       </c>
       <c r="D164" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E164">
-        <v>53.25</v>
+        <v>53.73</v>
       </c>
       <c r="F164" t="s">
-        <v>87</v>
+        <v>178</v>
       </c>
       <c r="G164" t="s">
-        <v>261</v>
+        <v>104</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
+        <v>327</v>
+      </c>
+      <c r="B165" t="s">
         <v>328</v>
       </c>
-      <c r="B165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165">
-        <v>1816</v>
+        <v>1980</v>
       </c>
       <c r="D165" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E165">
-        <v>52.15</v>
+        <v>53.25</v>
       </c>
       <c r="F165" t="s">
-        <v>10</v>
+        <v>87</v>
       </c>
       <c r="G165" t="s">
-        <v>10</v>
+        <v>261</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
+        <v>329</v>
+      </c>
+      <c r="B166" t="s">
         <v>330</v>
       </c>
-      <c r="B166" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C166">
-        <v>1977</v>
+        <v>1816</v>
       </c>
       <c r="D166" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E166">
-        <v>52.0</v>
+        <v>52.15</v>
       </c>
       <c r="F166" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="G166" t="s">
-        <v>228</v>
+        <v>10</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
         <v>331</v>
       </c>
       <c r="B167" t="s">
-        <v>332</v>
+        <v>137</v>
       </c>
       <c r="C167">
-        <v>2001</v>
+        <v>1977</v>
       </c>
       <c r="D167" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E167">
-        <v>51.63</v>
+        <v>52.0</v>
       </c>
       <c r="F167" t="s">
-        <v>105</v>
+        <v>55</v>
       </c>
       <c r="G167" t="s">
-        <v>272</v>
+        <v>228</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
+        <v>332</v>
+      </c>
+      <c r="B168" t="s">
         <v>333</v>
       </c>
-      <c r="B168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168">
-        <v>1971</v>
+        <v>2001</v>
       </c>
       <c r="D168" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E168">
-        <v>50.77</v>
+        <v>51.63</v>
       </c>
       <c r="F168" t="s">
-        <v>222</v>
+        <v>105</v>
       </c>
       <c r="G168" t="s">
-        <v>178</v>
+        <v>272</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
         <v>334</v>
       </c>
       <c r="B169" t="s">
-        <v>335</v>
+        <v>39</v>
       </c>
       <c r="C169">
-        <v>1964</v>
+        <v>1971</v>
       </c>
       <c r="D169" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E169">
-        <v>48.8</v>
+        <v>50.77</v>
       </c>
       <c r="F169" t="s">
-        <v>10</v>
+        <v>222</v>
       </c>
       <c r="G169" t="s">
-        <v>10</v>
+        <v>178</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
+        <v>335</v>
+      </c>
+      <c r="B170" t="s">
         <v>336</v>
       </c>
-      <c r="B170" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C170">
-        <v>1961</v>
+        <v>1964</v>
       </c>
       <c r="D170" t="s">
         <v>9</v>
       </c>
       <c r="E170">
-        <v>48.7</v>
+        <v>48.8</v>
       </c>
       <c r="F170" t="s">
         <v>10</v>
       </c>
       <c r="G170" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
+        <v>337</v>
+      </c>
+      <c r="B171" t="s">
         <v>338</v>
       </c>
-      <c r="B171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C171">
-        <v>1925</v>
+        <v>1961</v>
       </c>
       <c r="D171" t="s">
         <v>9</v>
       </c>
       <c r="E171">
-        <v>48.65</v>
+        <v>48.7</v>
       </c>
       <c r="F171" t="s">
         <v>10</v>
       </c>
       <c r="G171" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
+        <v>339</v>
+      </c>
+      <c r="B172" t="s">
         <v>340</v>
       </c>
-      <c r="B172" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C172">
-        <v>1991</v>
+        <v>1925</v>
       </c>
       <c r="D172" t="s">
         <v>9</v>
       </c>
       <c r="E172">
-        <v>48.55</v>
+        <v>48.65</v>
       </c>
       <c r="F172" t="s">
         <v>10</v>
       </c>
       <c r="G172" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
+        <v>341</v>
+      </c>
+      <c r="B173" t="s">
         <v>342</v>
       </c>
-      <c r="B173" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C173">
-        <v>1924</v>
+        <v>1991</v>
       </c>
       <c r="D173" t="s">
         <v>9</v>
       </c>
       <c r="E173">
-        <v>48.28</v>
+        <v>48.55</v>
       </c>
       <c r="F173" t="s">
         <v>10</v>
       </c>
       <c r="G173" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
+        <v>343</v>
+      </c>
+      <c r="B174" t="s">
         <v>344</v>
       </c>
-      <c r="B174" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C174">
-        <v>1879</v>
+        <v>1924</v>
       </c>
       <c r="D174" t="s">
         <v>9</v>
       </c>
       <c r="E174">
-        <v>47.64</v>
+        <v>48.28</v>
       </c>
       <c r="F174" t="s">
         <v>10</v>
       </c>
       <c r="G174" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
+        <v>345</v>
+      </c>
+      <c r="B175" t="s">
         <v>346</v>
       </c>
-      <c r="B175" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C175">
-        <v>2001</v>
+        <v>1879</v>
       </c>
       <c r="D175" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E175">
-        <v>47.05</v>
+        <v>47.64</v>
       </c>
       <c r="F175" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="G175" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
         <v>347</v>
       </c>
       <c r="B176" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C176">
-        <v>1969</v>
+        <v>2001</v>
       </c>
       <c r="D176" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E176">
-        <v>47.03</v>
+        <v>47.05</v>
       </c>
       <c r="F176" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="G176" t="s">
-        <v>10</v>
+        <v>112</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
         <v>348</v>
       </c>
       <c r="B177" t="s">
-        <v>349</v>
+        <v>35</v>
       </c>
       <c r="C177">
-        <v>2022</v>
+        <v>1969</v>
       </c>
       <c r="D177" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E177">
-        <v>46.32</v>
+        <v>47.03</v>
       </c>
       <c r="F177" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="G177" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
+        <v>349</v>
+      </c>
+      <c r="B178" t="s">
         <v>350</v>
       </c>
-      <c r="B178" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C178">
-        <v>1995</v>
+        <v>2022</v>
       </c>
       <c r="D178" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E178">
-        <v>46.0</v>
+        <v>46.32</v>
       </c>
       <c r="F178" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="G178" t="s">
-        <v>228</v>
+        <v>44</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
         <v>351</v>
       </c>
       <c r="B179" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C179">
-        <v>2013</v>
+        <v>1995</v>
       </c>
       <c r="D179" t="s">
         <v>20</v>
       </c>
       <c r="E179">
-        <v>45.96</v>
+        <v>46.0</v>
       </c>
       <c r="F179" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="G179" t="s">
-        <v>111</v>
+        <v>228</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
         <v>352</v>
       </c>
       <c r="B180" t="s">
-        <v>353</v>
+        <v>260</v>
       </c>
       <c r="C180">
-        <v>1959</v>
+        <v>2013</v>
       </c>
       <c r="D180" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E180">
-        <v>45.9</v>
+        <v>45.96</v>
       </c>
       <c r="F180" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G180" t="s">
-        <v>10</v>
+        <v>112</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
+        <v>353</v>
+      </c>
+      <c r="B181" t="s">
         <v>354</v>
       </c>
-      <c r="B181" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C181">
-        <v>1997</v>
+        <v>1959</v>
       </c>
       <c r="D181" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E181">
-        <v>45.78</v>
+        <v>45.9</v>
       </c>
       <c r="F181" t="s">
-        <v>99</v>
+        <v>10</v>
       </c>
       <c r="G181" t="s">
-        <v>261</v>
+        <v>10</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
         <v>355</v>
       </c>
       <c r="B182" t="s">
-        <v>95</v>
+        <v>119</v>
       </c>
       <c r="C182">
-        <v>1904</v>
+        <v>1997</v>
       </c>
       <c r="D182" t="s">
         <v>20</v>
       </c>
       <c r="E182">
-        <v>44.64</v>
+        <v>45.78</v>
       </c>
       <c r="F182" t="s">
-        <v>55</v>
+        <v>99</v>
       </c>
       <c r="G182" t="s">
-        <v>356</v>
+        <v>261</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
+        <v>356</v>
+      </c>
+      <c r="B183" t="s">
+        <v>95</v>
+      </c>
+      <c r="C183">
+        <v>1904</v>
+      </c>
+      <c r="D183" t="s">
+        <v>20</v>
+      </c>
+      <c r="E183">
+        <v>44.64</v>
+      </c>
+      <c r="F183" t="s">
+        <v>55</v>
+      </c>
+      <c r="G183" t="s">
         <v>357</v>
-      </c>
-[...16 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
         <v>358</v>
       </c>
       <c r="B184" t="s">
-        <v>359</v>
+        <v>142</v>
       </c>
       <c r="C184">
-        <v>1958</v>
+        <v>1947</v>
       </c>
       <c r="D184" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E184">
-        <v>43.4</v>
+        <v>44.0</v>
       </c>
       <c r="F184" t="s">
-        <v>10</v>
+        <v>293</v>
       </c>
       <c r="G184" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
+        <v>359</v>
+      </c>
+      <c r="B185" t="s">
         <v>360</v>
       </c>
-      <c r="B185" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C185">
-        <v>1976</v>
+        <v>1958</v>
       </c>
       <c r="D185" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E185">
         <v>43.4</v>
       </c>
       <c r="F185" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="G185" t="s">
-        <v>104</v>
+        <v>10</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
         <v>361</v>
       </c>
       <c r="B186" t="s">
-        <v>292</v>
+        <v>130</v>
       </c>
       <c r="C186">
-        <v>2021</v>
+        <v>1976</v>
       </c>
       <c r="D186" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E186">
-        <v>42.65</v>
+        <v>43.4</v>
       </c>
       <c r="F186" t="s">
-        <v>173</v>
+        <v>40</v>
       </c>
       <c r="G186" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
         <v>362</v>
       </c>
       <c r="B187" t="s">
-        <v>353</v>
+        <v>284</v>
       </c>
       <c r="C187">
-        <v>1959</v>
+        <v>2021</v>
       </c>
       <c r="D187" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E187">
-        <v>42.0</v>
+        <v>42.65</v>
       </c>
       <c r="F187" t="s">
-        <v>192</v>
+        <v>173</v>
       </c>
       <c r="G187" t="s">
-        <v>104</v>
+        <v>44</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
         <v>363</v>
       </c>
       <c r="B188" t="s">
-        <v>279</v>
+        <v>354</v>
       </c>
       <c r="C188">
-        <v>1935</v>
+        <v>1959</v>
       </c>
       <c r="D188" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E188">
-        <v>41.67</v>
+        <v>42.0</v>
       </c>
       <c r="F188" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
       <c r="G188" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
         <v>364</v>
       </c>
       <c r="B189" t="s">
-        <v>139</v>
+        <v>279</v>
       </c>
       <c r="C189">
-        <v>1876</v>
+        <v>1935</v>
       </c>
       <c r="D189" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E189">
-        <v>41.66</v>
+        <v>41.67</v>
       </c>
       <c r="F189" t="s">
-        <v>231</v>
+        <v>10</v>
       </c>
       <c r="G189" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
         <v>365</v>
       </c>
       <c r="B190" t="s">
-        <v>102</v>
+        <v>142</v>
       </c>
       <c r="C190">
-        <v>2007</v>
+        <v>1876</v>
       </c>
       <c r="D190" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E190">
-        <v>41.59</v>
+        <v>41.66</v>
       </c>
       <c r="F190" t="s">
-        <v>73</v>
+        <v>231</v>
       </c>
       <c r="G190" t="s">
-        <v>114</v>
+        <v>31</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
         <v>366</v>
       </c>
       <c r="B191" t="s">
-        <v>12</v>
+        <v>102</v>
       </c>
       <c r="C191">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="D191" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E191">
-        <v>40.78</v>
+        <v>41.59</v>
       </c>
       <c r="F191" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="G191" t="s">
-        <v>367</v>
+        <v>115</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
+        <v>367</v>
+      </c>
+      <c r="B192" t="s">
+        <v>12</v>
+      </c>
+      <c r="C192">
+        <v>2006</v>
+      </c>
+      <c r="D192" t="s">
+        <v>13</v>
+      </c>
+      <c r="E192">
+        <v>40.78</v>
+      </c>
+      <c r="F192" t="s">
+        <v>10</v>
+      </c>
+      <c r="G192" t="s">
         <v>368</v>
-      </c>
-[...16 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
+        <v>369</v>
+      </c>
+      <c r="B193" t="s">
         <v>370</v>
       </c>
-      <c r="B193" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C193">
-        <v>2002</v>
+        <v>1962</v>
       </c>
       <c r="D193" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E193">
-        <v>36.95</v>
+        <v>39.6</v>
       </c>
       <c r="F193" t="s">
-        <v>371</v>
+        <v>10</v>
       </c>
       <c r="G193" t="s">
-        <v>356</v>
+        <v>10</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
+        <v>371</v>
+      </c>
+      <c r="B194" t="s">
+        <v>62</v>
+      </c>
+      <c r="C194">
+        <v>2002</v>
+      </c>
+      <c r="D194" t="s">
+        <v>20</v>
+      </c>
+      <c r="E194">
+        <v>36.95</v>
+      </c>
+      <c r="F194" t="s">
         <v>372</v>
       </c>
-      <c r="B194" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G194" t="s">
-        <v>44</v>
+        <v>357</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
         <v>373</v>
       </c>
       <c r="B195" t="s">
-        <v>374</v>
+        <v>144</v>
       </c>
       <c r="C195">
-        <v>1884</v>
+        <v>2024</v>
       </c>
       <c r="D195" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E195">
-        <v>34.33</v>
+        <v>35.97</v>
       </c>
       <c r="F195" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="G195" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
+        <v>374</v>
+      </c>
+      <c r="B196" t="s">
         <v>375</v>
       </c>
-      <c r="B196" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C196">
-        <v>1960</v>
+        <v>1884</v>
       </c>
       <c r="D196" t="s">
         <v>9</v>
       </c>
       <c r="E196">
-        <v>33.8</v>
+        <v>34.33</v>
       </c>
       <c r="F196" t="s">
         <v>10</v>
       </c>
       <c r="G196" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
+        <v>376</v>
+      </c>
+      <c r="B197" t="s">
         <v>377</v>
       </c>
-      <c r="B197" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C197">
-        <v>1936</v>
+        <v>1960</v>
       </c>
       <c r="D197" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E197">
-        <v>32.94</v>
+        <v>33.8</v>
       </c>
       <c r="F197" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="G197" t="s">
-        <v>104</v>
+        <v>10</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
         <v>378</v>
       </c>
       <c r="B198" t="s">
-        <v>332</v>
+        <v>220</v>
       </c>
       <c r="C198">
-        <v>1934</v>
+        <v>1936</v>
       </c>
       <c r="D198" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E198">
-        <v>32.92</v>
+        <v>32.94</v>
       </c>
       <c r="F198" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="G198" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
         <v>379</v>
       </c>
       <c r="B199" t="s">
-        <v>380</v>
+        <v>333</v>
       </c>
       <c r="C199">
-        <v>1975</v>
+        <v>1934</v>
       </c>
       <c r="D199" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E199">
-        <v>32.89</v>
+        <v>32.92</v>
       </c>
       <c r="F199" t="s">
-        <v>381</v>
+        <v>10</v>
       </c>
       <c r="G199" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
+        <v>380</v>
+      </c>
+      <c r="B200" t="s">
+        <v>381</v>
+      </c>
+      <c r="C200">
+        <v>1975</v>
+      </c>
+      <c r="D200" t="s">
+        <v>13</v>
+      </c>
+      <c r="E200">
+        <v>32.89</v>
+      </c>
+      <c r="F200" t="s">
         <v>382</v>
       </c>
-      <c r="B200" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G200" t="s">
-        <v>10</v>
+        <v>112</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
+        <v>383</v>
+      </c>
+      <c r="B201" t="s">
         <v>384</v>
       </c>
-      <c r="B201" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C201">
-        <v>1993</v>
+        <v>1945</v>
       </c>
       <c r="D201" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E201">
-        <v>31.58</v>
+        <v>32.02</v>
       </c>
       <c r="F201" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="G201" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
         <v>385</v>
       </c>
       <c r="B202" t="s">
-        <v>386</v>
+        <v>102</v>
       </c>
       <c r="C202">
-        <v>1971</v>
+        <v>1993</v>
       </c>
       <c r="D202" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E202">
-        <v>31.07</v>
+        <v>31.58</v>
       </c>
       <c r="F202" t="s">
-        <v>10</v>
+        <v>63</v>
       </c>
       <c r="G202" t="s">
-        <v>10</v>
+        <v>79</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
+        <v>386</v>
+      </c>
+      <c r="B203" t="s">
         <v>387</v>
       </c>
-      <c r="B203" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C203">
-        <v>1967</v>
+        <v>1971</v>
       </c>
       <c r="D203" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E203">
-        <v>31.06</v>
+        <v>31.07</v>
       </c>
       <c r="F203" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="G203" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
         <v>388</v>
       </c>
       <c r="B204" t="s">
-        <v>260</v>
+        <v>330</v>
       </c>
       <c r="C204">
-        <v>2014</v>
+        <v>1967</v>
       </c>
       <c r="D204" t="s">
         <v>13</v>
       </c>
       <c r="E204">
-        <v>30.76</v>
+        <v>31.06</v>
       </c>
       <c r="F204" t="s">
-        <v>44</v>
+        <v>105</v>
       </c>
       <c r="G204" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
         <v>389</v>
       </c>
       <c r="B205" t="s">
-        <v>26</v>
+        <v>260</v>
       </c>
       <c r="C205">
-        <v>2026</v>
+        <v>2014</v>
       </c>
       <c r="D205" t="s">
         <v>13</v>
       </c>
       <c r="E205">
-        <v>30.0</v>
+        <v>30.76</v>
       </c>
       <c r="F205" t="s">
-        <v>104</v>
+        <v>44</v>
       </c>
       <c r="G205" t="s">
-        <v>104</v>
+        <v>44</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
         <v>390</v>
       </c>
       <c r="B206" t="s">
         <v>391</v>
       </c>
       <c r="C206">
         <v>1999</v>
       </c>
       <c r="D206" t="s">
         <v>9</v>
       </c>
       <c r="E206">
         <v>29.7</v>
       </c>
       <c r="F206" t="s">
         <v>10</v>
       </c>
       <c r="G206" t="s">
         <v>10</v>
       </c>
     </row>
@@ -6782,74 +6782,74 @@
       </c>
       <c r="B208" t="s">
         <v>49</v>
       </c>
       <c r="C208">
         <v>2011</v>
       </c>
       <c r="D208" t="s">
         <v>13</v>
       </c>
       <c r="E208">
         <v>28.14</v>
       </c>
       <c r="F208" t="s">
         <v>44</v>
       </c>
       <c r="G208" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
         <v>398</v>
       </c>
       <c r="B209" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C209">
         <v>2023</v>
       </c>
       <c r="D209" t="s">
         <v>20</v>
       </c>
       <c r="E209">
         <v>26.79</v>
       </c>
       <c r="F209" t="s">
         <v>178</v>
       </c>
       <c r="G209" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
         <v>399</v>
       </c>
       <c r="B210" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C210">
         <v>2011</v>
       </c>
       <c r="D210" t="s">
         <v>13</v>
       </c>
       <c r="E210">
         <v>26.5</v>
       </c>
       <c r="F210" t="s">
         <v>31</v>
       </c>
       <c r="G210" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
         <v>400</v>
       </c>
       <c r="B211" t="s">
         <v>65</v>
       </c>
       <c r="C211">
@@ -7012,51 +7012,51 @@
       </c>
       <c r="B218" t="s">
         <v>412</v>
       </c>
       <c r="C218">
         <v>1956</v>
       </c>
       <c r="D218" t="s">
         <v>9</v>
       </c>
       <c r="E218">
         <v>20.41</v>
       </c>
       <c r="F218" t="s">
         <v>10</v>
       </c>
       <c r="G218" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
         <v>413</v>
       </c>
       <c r="B219" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C219">
         <v>2016</v>
       </c>
       <c r="D219" t="s">
         <v>13</v>
       </c>
       <c r="E219">
         <v>20.27</v>
       </c>
       <c r="F219" t="s">
         <v>414</v>
       </c>
       <c r="G219" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
         <v>415</v>
       </c>
       <c r="B220" t="s">
         <v>416</v>
       </c>
       <c r="C220">
@@ -7081,74 +7081,74 @@
       </c>
       <c r="B221" t="s">
         <v>53</v>
       </c>
       <c r="C221">
         <v>2002</v>
       </c>
       <c r="D221" t="s">
         <v>20</v>
       </c>
       <c r="E221">
         <v>19.98</v>
       </c>
       <c r="F221" t="s">
         <v>44</v>
       </c>
       <c r="G221" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
         <v>418</v>
       </c>
       <c r="B222" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C222">
         <v>1974</v>
       </c>
       <c r="D222" t="s">
         <v>9</v>
       </c>
       <c r="E222">
         <v>18.86</v>
       </c>
       <c r="F222" t="s">
         <v>10</v>
       </c>
       <c r="G222" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
         <v>419</v>
       </c>
       <c r="B223" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C223">
         <v>1995</v>
       </c>
       <c r="D223" t="s">
         <v>20</v>
       </c>
       <c r="E223">
         <v>18.68</v>
       </c>
       <c r="F223" t="s">
         <v>231</v>
       </c>
       <c r="G223" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
         <v>420</v>
       </c>
       <c r="B224" t="s">
         <v>421</v>
       </c>
       <c r="C224">
@@ -7219,51 +7219,51 @@
       </c>
       <c r="B227" t="s">
         <v>427</v>
       </c>
       <c r="C227">
         <v>1947</v>
       </c>
       <c r="D227" t="s">
         <v>13</v>
       </c>
       <c r="E227">
         <v>17.34</v>
       </c>
       <c r="F227" t="s">
         <v>44</v>
       </c>
       <c r="G227" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
         <v>428</v>
       </c>
       <c r="B228" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C228">
         <v>2006</v>
       </c>
       <c r="D228" t="s">
         <v>13</v>
       </c>
       <c r="E228">
         <v>16.8</v>
       </c>
       <c r="F228" t="s">
         <v>60</v>
       </c>
       <c r="G228" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
         <v>429</v>
       </c>
       <c r="B229" t="s">
         <v>430</v>
       </c>
       <c r="C229">
@@ -7323,51 +7323,51 @@
       </c>
       <c r="F231" t="s">
         <v>10</v>
       </c>
       <c r="G231" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
         <v>435</v>
       </c>
       <c r="B232" t="s">
         <v>39</v>
       </c>
       <c r="C232">
         <v>1975</v>
       </c>
       <c r="D232" t="s">
         <v>20</v>
       </c>
       <c r="E232">
         <v>15.2</v>
       </c>
       <c r="F232" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G232" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
         <v>436</v>
       </c>
       <c r="B233" t="s">
         <v>437</v>
       </c>
       <c r="C233">
         <v>1947</v>
       </c>
       <c r="D233" t="s">
         <v>9</v>
       </c>
       <c r="E233">
         <v>14.5</v>
       </c>
       <c r="F233" t="s">
         <v>10</v>
       </c>
       <c r="G233" t="s">
@@ -7380,51 +7380,51 @@
       </c>
       <c r="B234" t="s">
         <v>439</v>
       </c>
       <c r="C234">
         <v>1947</v>
       </c>
       <c r="D234" t="s">
         <v>9</v>
       </c>
       <c r="E234">
         <v>14.27</v>
       </c>
       <c r="F234" t="s">
         <v>10</v>
       </c>
       <c r="G234" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
         <v>440</v>
       </c>
       <c r="B235" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C235">
         <v>2006</v>
       </c>
       <c r="D235" t="s">
         <v>13</v>
       </c>
       <c r="E235">
         <v>14.0</v>
       </c>
       <c r="F235" t="s">
         <v>10</v>
       </c>
       <c r="G235" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
         <v>441</v>
       </c>
       <c r="B236" t="s">
         <v>393</v>
       </c>
       <c r="C236">
@@ -7518,143 +7518,143 @@
       </c>
       <c r="B240" t="s">
         <v>416</v>
       </c>
       <c r="C240">
         <v>2016</v>
       </c>
       <c r="D240" t="s">
         <v>13</v>
       </c>
       <c r="E240">
         <v>12.18</v>
       </c>
       <c r="F240" t="s">
         <v>414</v>
       </c>
       <c r="G240" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
         <v>448</v>
       </c>
       <c r="B241" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C241">
         <v>2006</v>
       </c>
       <c r="D241" t="s">
         <v>13</v>
       </c>
       <c r="E241">
         <v>11.97</v>
       </c>
       <c r="F241" t="s">
         <v>79</v>
       </c>
       <c r="G241" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
         <v>449</v>
       </c>
       <c r="B242" t="s">
         <v>450</v>
       </c>
       <c r="C242">
         <v>1993</v>
       </c>
       <c r="D242" t="s">
         <v>13</v>
       </c>
       <c r="E242">
         <v>11.94</v>
       </c>
       <c r="F242" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G242" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
         <v>451</v>
       </c>
       <c r="B243" t="s">
         <v>452</v>
       </c>
       <c r="C243">
         <v>2010</v>
       </c>
       <c r="D243" t="s">
         <v>13</v>
       </c>
       <c r="E243">
         <v>11.91</v>
       </c>
       <c r="F243" t="s">
         <v>108</v>
       </c>
       <c r="G243" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
         <v>453</v>
       </c>
       <c r="B244" t="s">
         <v>82</v>
       </c>
       <c r="C244">
         <v>2011</v>
       </c>
       <c r="D244" t="s">
         <v>13</v>
       </c>
       <c r="E244">
         <v>11.67</v>
       </c>
       <c r="F244" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="G244" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
         <v>454</v>
       </c>
       <c r="B245" t="s">
-        <v>292</v>
+        <v>284</v>
       </c>
       <c r="C245">
         <v>1992</v>
       </c>
       <c r="D245" t="s">
         <v>9</v>
       </c>
       <c r="E245">
         <v>11.43</v>
       </c>
       <c r="F245" t="s">
         <v>10</v>
       </c>
       <c r="G245" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
         <v>455</v>
       </c>
       <c r="B246" t="s">
         <v>456</v>
       </c>
       <c r="C246">
@@ -7679,51 +7679,51 @@
       </c>
       <c r="B247" t="s">
         <v>458</v>
       </c>
       <c r="C247">
         <v>1952</v>
       </c>
       <c r="D247" t="s">
         <v>9</v>
       </c>
       <c r="E247">
         <v>10.47</v>
       </c>
       <c r="F247" t="s">
         <v>10</v>
       </c>
       <c r="G247" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
         <v>459</v>
       </c>
       <c r="B248" t="s">
-        <v>168</v>
+        <v>137</v>
       </c>
       <c r="C248">
         <v>2020</v>
       </c>
       <c r="D248" t="s">
         <v>13</v>
       </c>
       <c r="E248">
         <v>10.16</v>
       </c>
       <c r="F248" t="s">
         <v>460</v>
       </c>
       <c r="G248" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
         <v>461</v>
       </c>
       <c r="B249" t="s">
         <v>8</v>
       </c>
       <c r="C249">
@@ -7898,51 +7898,51 @@
       </c>
       <c r="F256" t="s">
         <v>44</v>
       </c>
       <c r="G256" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
         <v>475</v>
       </c>
       <c r="B257" t="s">
         <v>70</v>
       </c>
       <c r="C257">
         <v>2023</v>
       </c>
       <c r="D257" t="s">
         <v>13</v>
       </c>
       <c r="E257">
         <v>7.95</v>
       </c>
       <c r="F257" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G257" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
         <v>476</v>
       </c>
       <c r="B258" t="s">
         <v>477</v>
       </c>
       <c r="C258">
         <v>1962</v>
       </c>
       <c r="D258" t="s">
         <v>13</v>
       </c>
       <c r="E258">
         <v>7.58</v>
       </c>
       <c r="F258" t="s">
         <v>30</v>
       </c>
       <c r="G258" t="s">
@@ -8024,86 +8024,86 @@
       </c>
       <c r="B262" t="s">
         <v>484</v>
       </c>
       <c r="C262">
         <v>2000</v>
       </c>
       <c r="D262" t="s">
         <v>13</v>
       </c>
       <c r="E262">
         <v>6.09</v>
       </c>
       <c r="F262" t="s">
         <v>10</v>
       </c>
       <c r="G262" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
         <v>485</v>
       </c>
       <c r="B263" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C263">
         <v>2014</v>
       </c>
       <c r="D263" t="s">
         <v>13</v>
       </c>
       <c r="E263">
         <v>6.08</v>
       </c>
       <c r="F263" t="s">
         <v>44</v>
       </c>
       <c r="G263" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
         <v>486</v>
       </c>
       <c r="B264" t="s">
         <v>196</v>
       </c>
       <c r="C264">
         <v>1988</v>
       </c>
       <c r="D264" t="s">
         <v>13</v>
       </c>
       <c r="E264">
         <v>6.04</v>
       </c>
       <c r="F264" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G264" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
         <v>487</v>
       </c>
       <c r="B265" t="s">
         <v>484</v>
       </c>
       <c r="C265">
         <v>1964</v>
       </c>
       <c r="D265" t="s">
         <v>9</v>
       </c>
       <c r="E265">
         <v>6.0</v>
       </c>
       <c r="F265" t="s">
         <v>10</v>
       </c>
       <c r="G265" t="s">
@@ -8289,77 +8289,77 @@
       </c>
       <c r="F273" t="s">
         <v>10</v>
       </c>
       <c r="G273" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
         <v>499</v>
       </c>
       <c r="B274" t="s">
         <v>434</v>
       </c>
       <c r="C274">
         <v>2012</v>
       </c>
       <c r="D274" t="s">
         <v>13</v>
       </c>
       <c r="E274">
         <v>4.19</v>
       </c>
       <c r="F274" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="G274" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
         <v>500</v>
       </c>
       <c r="B275" t="s">
         <v>501</v>
       </c>
       <c r="C275">
         <v>2007</v>
       </c>
       <c r="D275" t="s">
         <v>13</v>
       </c>
       <c r="E275">
         <v>4.06</v>
       </c>
       <c r="F275" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G275" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
         <v>502</v>
       </c>
       <c r="B276" t="s">
         <v>503</v>
       </c>
       <c r="C276">
         <v>1975</v>
       </c>
       <c r="D276" t="s">
         <v>9</v>
       </c>
       <c r="E276">
         <v>3.77</v>
       </c>
       <c r="F276" t="s">
         <v>10</v>
       </c>
       <c r="G276" t="s">
         <v>10</v>
       </c>
     </row>
@@ -8484,51 +8484,51 @@
       </c>
       <c r="B282" t="s">
         <v>515</v>
       </c>
       <c r="C282">
         <v>1990</v>
       </c>
       <c r="D282" t="s">
         <v>9</v>
       </c>
       <c r="E282">
         <v>3.0</v>
       </c>
       <c r="F282" t="s">
         <v>10</v>
       </c>
       <c r="G282" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
         <v>516</v>
       </c>
       <c r="B283" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C283">
         <v>2011</v>
       </c>
       <c r="D283" t="s">
         <v>13</v>
       </c>
       <c r="E283">
         <v>2.86</v>
       </c>
       <c r="F283" t="s">
         <v>68</v>
       </c>
       <c r="G283" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
         <v>517</v>
       </c>
       <c r="B284" t="s">
         <v>518</v>
       </c>
       <c r="C284">
@@ -8542,51 +8542,51 @@
       </c>
       <c r="F284" t="s">
         <v>44</v>
       </c>
       <c r="G284" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
         <v>519</v>
       </c>
       <c r="B285" t="s">
         <v>220</v>
       </c>
       <c r="C285">
         <v>2023</v>
       </c>
       <c r="D285" t="s">
         <v>13</v>
       </c>
       <c r="E285">
         <v>2.26</v>
       </c>
       <c r="F285" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G285" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
         <v>520</v>
       </c>
       <c r="B286" t="s">
         <v>135</v>
       </c>
       <c r="C286">
         <v>2022</v>
       </c>
       <c r="D286" t="s">
         <v>13</v>
       </c>
       <c r="E286">
         <v>2.08</v>
       </c>
       <c r="F286" t="s">
         <v>10</v>
       </c>
       <c r="G286" t="s">
@@ -8622,51 +8622,51 @@
       </c>
       <c r="B288" t="s">
         <v>523</v>
       </c>
       <c r="C288">
         <v>1983</v>
       </c>
       <c r="D288" t="s">
         <v>9</v>
       </c>
       <c r="E288">
         <v>2.0</v>
       </c>
       <c r="F288" t="s">
         <v>10</v>
       </c>
       <c r="G288" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
         <v>524</v>
       </c>
       <c r="B289" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C289">
         <v>2018</v>
       </c>
       <c r="D289" t="s">
         <v>13</v>
       </c>
       <c r="E289">
         <v>2.0</v>
       </c>
       <c r="F289" t="s">
         <v>99</v>
       </c>
       <c r="G289" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
         <v>525</v>
       </c>
       <c r="B290" t="s">
         <v>526</v>
       </c>
       <c r="C290">
@@ -8691,51 +8691,51 @@
       </c>
       <c r="B291" t="s">
         <v>102</v>
       </c>
       <c r="C291">
         <v>2024</v>
       </c>
       <c r="D291" t="s">
         <v>13</v>
       </c>
       <c r="E291">
         <v>1.86</v>
       </c>
       <c r="F291" t="s">
         <v>10</v>
       </c>
       <c r="G291" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
         <v>528</v>
       </c>
       <c r="B292" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C292">
         <v>2011</v>
       </c>
       <c r="D292" t="s">
         <v>13</v>
       </c>
       <c r="E292">
         <v>1.84</v>
       </c>
       <c r="F292" t="s">
         <v>529</v>
       </c>
       <c r="G292" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
         <v>530</v>
       </c>
       <c r="B293" t="s">
         <v>491</v>
       </c>
       <c r="C293">
@@ -8818,51 +8818,51 @@
       </c>
       <c r="F296" t="s">
         <v>44</v>
       </c>
       <c r="G296" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
         <v>535</v>
       </c>
       <c r="B297" t="s">
         <v>425</v>
       </c>
       <c r="C297">
         <v>2006</v>
       </c>
       <c r="D297" t="s">
         <v>13</v>
       </c>
       <c r="E297">
         <v>0.92</v>
       </c>
       <c r="F297" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="G297" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
         <v>536</v>
       </c>
       <c r="B298" t="s">
         <v>537</v>
       </c>
       <c r="C298">
         <v>2012</v>
       </c>
       <c r="D298" t="s">
         <v>13</v>
       </c>
       <c r="E298">
         <v>0.5</v>
       </c>
       <c r="F298" t="s">
         <v>44</v>
       </c>
       <c r="G298" t="s">