--- v5 (2026-02-19)
+++ v6 (2026-03-12)
@@ -12,1336 +12,1321 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="542">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="538">
   <si>
     <t>Investor</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Est</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>AuM ($b)*</t>
   </si>
   <si>
     <t>Alternatives (%) **</t>
   </si>
   <si>
     <t>Domestic (%)</t>
   </si>
   <si>
     <t>PBoC</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>CB</t>
   </si>
   <si>
     <t>0%</t>
   </si>
   <si>
     <t>NBIM</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>SWF</t>
   </si>
   <si>
     <t>2%</t>
   </si>
   <si>
     <t>SAFE IC</t>
   </si>
   <si>
+    <t>29%</t>
+  </si>
+  <si>
+    <t>40%</t>
+  </si>
+  <si>
+    <t>GPIF</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>PPF</t>
+  </si>
+  <si>
+    <t>48%</t>
+  </si>
+  <si>
+    <t>CIC</t>
+  </si>
+  <si>
     <t>28%</t>
   </si>
   <si>
+    <t>60%</t>
+  </si>
+  <si>
+    <t>BoJ</t>
+  </si>
+  <si>
+    <t>ADIA</t>
+  </si>
+  <si>
+    <t>UAE - Abu Dhabi</t>
+  </si>
+  <si>
+    <t>33%</t>
+  </si>
+  <si>
+    <t>PIF</t>
+  </si>
+  <si>
+    <t>Saudi Arabia</t>
+  </si>
+  <si>
+    <t>55%</t>
+  </si>
+  <si>
+    <t>80%</t>
+  </si>
+  <si>
+    <t>SNB</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>NPS</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>16%</t>
+  </si>
+  <si>
+    <t>39%</t>
+  </si>
+  <si>
+    <t>KIA</t>
+  </si>
+  <si>
+    <t>Kuwait</t>
+  </si>
+  <si>
+    <t>25%</t>
+  </si>
+  <si>
+    <t>6%</t>
+  </si>
+  <si>
+    <t>FRTIB</t>
+  </si>
+  <si>
+    <t>USA</t>
+  </si>
+  <si>
+    <t>100%</t>
+  </si>
+  <si>
+    <t>GIC</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>CBR</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>RBI</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>APG</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>24%</t>
+  </si>
+  <si>
+    <t>5%</t>
+  </si>
+  <si>
+    <t>CalPERS</t>
+  </si>
+  <si>
+    <t>USA - CA</t>
+  </si>
+  <si>
+    <t>34%</t>
+  </si>
+  <si>
     <t>74%</t>
   </si>
   <si>
-    <t>GPIF</t>
-[...11 lines deleted...]
-    <t>CIC</t>
+    <t>CBC</t>
+  </si>
+  <si>
+    <t>Taiwan</t>
+  </si>
+  <si>
+    <t>QIA</t>
+  </si>
+  <si>
+    <t>Qatar</t>
+  </si>
+  <si>
+    <t>45%</t>
+  </si>
+  <si>
+    <t>35%</t>
+  </si>
+  <si>
+    <t>CPP</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>12%</t>
+  </si>
+  <si>
+    <t>DB</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>HKMA EF</t>
+  </si>
+  <si>
+    <t>China - HKSAR</t>
+  </si>
+  <si>
+    <t>CPF</t>
+  </si>
+  <si>
+    <t>NSSF</t>
+  </si>
+  <si>
+    <t>14%</t>
+  </si>
+  <si>
+    <t>87%</t>
+  </si>
+  <si>
+    <t>SAMA</t>
+  </si>
+  <si>
+    <t>BoK</t>
+  </si>
+  <si>
+    <t>ICD</t>
+  </si>
+  <si>
+    <t>UAE - Dubai</t>
+  </si>
+  <si>
+    <t>66%</t>
+  </si>
+  <si>
+    <t>50%</t>
+  </si>
+  <si>
+    <t>BdI</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>BdF</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>MAS</t>
+  </si>
+  <si>
+    <t>CalSTRS</t>
+  </si>
+  <si>
+    <t>42%</t>
+  </si>
+  <si>
+    <t>La Caisse</t>
+  </si>
+  <si>
+    <t>Canada - QC</t>
+  </si>
+  <si>
+    <t>30%</t>
+  </si>
+  <si>
+    <t>GOSI</t>
+  </si>
+  <si>
+    <t>BCBr</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>TWF</t>
+  </si>
+  <si>
+    <t>Turkiye</t>
+  </si>
+  <si>
+    <t>Mubadala</t>
   </si>
   <si>
     <t>65%</t>
   </si>
   <si>
-    <t>BoJ</t>
-[...35 lines deleted...]
-    <t>25%</t>
+    <t>23%</t>
+  </si>
+  <si>
+    <t>KWSP / EPF</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>10%</t>
   </si>
   <si>
-    <t>NPS</t>
-[...2 lines deleted...]
-    <t>South Korea</t>
+    <t>EPFO</t>
+  </si>
+  <si>
+    <t>Temasek</t>
+  </si>
+  <si>
+    <t>27%</t>
+  </si>
+  <si>
+    <t>NYC Compt</t>
+  </si>
+  <si>
+    <t>USA - NY</t>
+  </si>
+  <si>
+    <t>20%</t>
+  </si>
+  <si>
+    <t>LIMAD</t>
+  </si>
+  <si>
+    <t>NYSCRF</t>
+  </si>
+  <si>
+    <t>SBA Florida</t>
+  </si>
+  <si>
+    <t>USA - FL</t>
+  </si>
+  <si>
+    <t>AustralianSuper</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>26%</t>
+  </si>
+  <si>
+    <t>CBUAE</t>
+  </si>
+  <si>
+    <t>UAE</t>
+  </si>
+  <si>
+    <t>BoT</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>BLF</t>
+  </si>
+  <si>
+    <t>38%</t>
+  </si>
+  <si>
+    <t>PGGM</t>
+  </si>
+  <si>
+    <t>NBP</t>
+  </si>
+  <si>
+    <t>Poland</t>
+  </si>
+  <si>
+    <t>Chikyoren</t>
+  </si>
+  <si>
+    <t>1%</t>
+  </si>
+  <si>
+    <t>Fed</t>
+  </si>
+  <si>
+    <t>Banxico</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>KIC</t>
+  </si>
+  <si>
+    <t>22%</t>
+  </si>
+  <si>
+    <t>BoI</t>
+  </si>
+  <si>
+    <t>Israel</t>
+  </si>
+  <si>
+    <t>Danantara</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>71%</t>
+  </si>
+  <si>
+    <t>ART</t>
+  </si>
+  <si>
+    <t>Australia - QLD</t>
+  </si>
+  <si>
+    <t>Texas TRS</t>
+  </si>
+  <si>
+    <t>USA - TX</t>
+  </si>
+  <si>
+    <t>Future Fund</t>
+  </si>
+  <si>
+    <t>43%</t>
+  </si>
+  <si>
+    <t>BoE</t>
+  </si>
+  <si>
+    <t>UK</t>
+  </si>
+  <si>
+    <t>PSP</t>
+  </si>
+  <si>
+    <t>54%</t>
+  </si>
+  <si>
+    <t>BCI</t>
+  </si>
+  <si>
+    <t>Canada - BC</t>
+  </si>
+  <si>
+    <t>OTPP</t>
+  </si>
+  <si>
+    <t>Canada - ON</t>
+  </si>
+  <si>
+    <t>58%</t>
+  </si>
+  <si>
+    <t>36%</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>TCMB</t>
+  </si>
+  <si>
+    <t>WSIB</t>
+  </si>
+  <si>
+    <t>USA - WA</t>
+  </si>
+  <si>
+    <t>NPST</t>
+  </si>
+  <si>
+    <t>NWF RU</t>
+  </si>
+  <si>
+    <t>SWIB</t>
+  </si>
+  <si>
+    <t>USA - WI</t>
+  </si>
+  <si>
+    <t>CNB</t>
+  </si>
+  <si>
+    <t>Czech Republic</t>
+  </si>
+  <si>
+    <t>MPFA</t>
+  </si>
+  <si>
+    <t>PIC</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>AP7</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>4%</t>
+  </si>
+  <si>
+    <t>PIFSS-Wafra</t>
+  </si>
+  <si>
+    <t>NYS TRS</t>
+  </si>
+  <si>
+    <t>BCPP</t>
+  </si>
+  <si>
+    <t>15%</t>
+  </si>
+  <si>
+    <t>BI</t>
+  </si>
+  <si>
+    <t>MSBI</t>
+  </si>
+  <si>
+    <t>USA - MN</t>
+  </si>
+  <si>
+    <t>Ohio PERS</t>
+  </si>
+  <si>
+    <t>USA - OH</t>
+  </si>
+  <si>
+    <t>Aware Super</t>
+  </si>
+  <si>
+    <t>DH</t>
+  </si>
+  <si>
+    <t>94%</t>
+  </si>
+  <si>
+    <t>LGPS Central</t>
+  </si>
+  <si>
+    <t>ECB</t>
+  </si>
+  <si>
+    <t>Eurosystem</t>
+  </si>
+  <si>
+    <t>BdE</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>NCRS</t>
+  </si>
+  <si>
+    <t>USA - NC</t>
+  </si>
+  <si>
+    <t>BoC</t>
+  </si>
+  <si>
+    <t>AIMCo</t>
+  </si>
+  <si>
+    <t>Canada - AB</t>
+  </si>
+  <si>
+    <t>41%</t>
+  </si>
+  <si>
+    <t>Virginia RS</t>
+  </si>
+  <si>
+    <t>USA - VA</t>
+  </si>
+  <si>
+    <t>84%</t>
+  </si>
+  <si>
+    <t>BNM</t>
+  </si>
+  <si>
+    <t>BVK</t>
+  </si>
+  <si>
+    <t>Alecta</t>
+  </si>
+  <si>
+    <t>Georgia TRS</t>
+  </si>
+  <si>
+    <t>USA - GA</t>
+  </si>
+  <si>
+    <t>EIA</t>
+  </si>
+  <si>
+    <t>21%</t>
+  </si>
+  <si>
+    <t>PFA DK</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>MassPRIM</t>
+  </si>
+  <si>
+    <t>USA - MA</t>
+  </si>
+  <si>
+    <t>31%</t>
+  </si>
+  <si>
+    <t>DNB</t>
+  </si>
+  <si>
+    <t>NDF</t>
+  </si>
+  <si>
+    <t>BSP</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>ATP Groep</t>
+  </si>
+  <si>
+    <t>56%</t>
+  </si>
+  <si>
+    <t>OMERS</t>
+  </si>
+  <si>
+    <t>70%</t>
+  </si>
+  <si>
+    <t>18%</t>
+  </si>
+  <si>
+    <t>Ohio STF</t>
+  </si>
+  <si>
+    <t>DN</t>
+  </si>
+  <si>
+    <t>UniSuper</t>
+  </si>
+  <si>
+    <t>Amitim</t>
+  </si>
+  <si>
+    <t>64%</t>
+  </si>
+  <si>
+    <t>CBL</t>
+  </si>
+  <si>
+    <t>Libya</t>
+  </si>
+  <si>
+    <t>CBIraq</t>
+  </si>
+  <si>
+    <t>Iraq</t>
+  </si>
+  <si>
+    <t>Oregon PERF</t>
+  </si>
+  <si>
+    <t>USA - OR</t>
+  </si>
+  <si>
+    <t>NLGPS</t>
+  </si>
+  <si>
+    <t>BCRP</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>AP4</t>
+  </si>
+  <si>
+    <t>AP3</t>
+  </si>
+  <si>
+    <t>KLP</t>
+  </si>
+  <si>
+    <t>Aramco PF</t>
+  </si>
+  <si>
+    <t>85%</t>
+  </si>
+  <si>
+    <t>QIC</t>
+  </si>
+  <si>
+    <t>Samruk Kazyna</t>
+  </si>
+  <si>
+    <t>Kazakhstan</t>
+  </si>
+  <si>
+    <t>62%</t>
+  </si>
+  <si>
+    <t>96%</t>
+  </si>
+  <si>
+    <t>LACERA</t>
+  </si>
+  <si>
+    <t>HostPlus</t>
+  </si>
+  <si>
+    <t>SSO</t>
+  </si>
+  <si>
+    <t>Alaska PFC</t>
+  </si>
+  <si>
+    <t>USA - AK</t>
+  </si>
+  <si>
+    <t>75%</t>
+  </si>
+  <si>
+    <t>MPSERS</t>
+  </si>
+  <si>
+    <t>USA - MI</t>
+  </si>
+  <si>
+    <t>47%</t>
+  </si>
+  <si>
+    <t>PFA JP</t>
+  </si>
+  <si>
+    <t>KEVA</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>11%</t>
+  </si>
+  <si>
+    <t>HOOPP</t>
+  </si>
+  <si>
+    <t>SBV</t>
+  </si>
+  <si>
+    <t>Vietnam</t>
+  </si>
+  <si>
+    <t>Illinois STRS</t>
+  </si>
+  <si>
+    <t>USA - IL</t>
+  </si>
+  <si>
+    <t>DIF</t>
+  </si>
+  <si>
+    <t>Penn PSERS</t>
+  </si>
+  <si>
+    <t>USA - PA</t>
+  </si>
+  <si>
+    <t>NJ DoI</t>
+  </si>
+  <si>
+    <t>USA - NJ</t>
+  </si>
+  <si>
+    <t>PNB</t>
+  </si>
+  <si>
+    <t>13%</t>
+  </si>
+  <si>
+    <t>TCorp</t>
+  </si>
+  <si>
+    <t>Australia - NSW</t>
   </si>
   <si>
     <t>17%</t>
   </si>
   <si>
-    <t>45%</t>
-[...113 lines deleted...]
-    <t>66%</t>
+    <t>BNR</t>
+  </si>
+  <si>
+    <t>Romania</t>
+  </si>
+  <si>
+    <t>FGS</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>NB</t>
+  </si>
+  <si>
+    <t>Maryland SRA</t>
+  </si>
+  <si>
+    <t>USA - MD</t>
+  </si>
+  <si>
+    <t>SOFAZ</t>
+  </si>
+  <si>
+    <t>Azerbaijan</t>
+  </si>
+  <si>
+    <t>9%</t>
+  </si>
+  <si>
+    <t>BIA</t>
+  </si>
+  <si>
+    <t>Brunei</t>
+  </si>
+  <si>
+    <t>RBA</t>
+  </si>
+  <si>
+    <t>QCB</t>
+  </si>
+  <si>
+    <t>Kokkyoren</t>
+  </si>
+  <si>
+    <t>New Mexico SIC</t>
+  </si>
+  <si>
+    <t>USA - NM</t>
+  </si>
+  <si>
+    <t>PKA</t>
+  </si>
+  <si>
+    <t>8%</t>
+  </si>
+  <si>
+    <t>SARB</t>
+  </si>
+  <si>
+    <t>CBUS</t>
+  </si>
+  <si>
+    <t>London CIV</t>
+  </si>
+  <si>
+    <t>LIA</t>
+  </si>
+  <si>
+    <t>NF-NIC</t>
+  </si>
+  <si>
+    <t>COPERA</t>
+  </si>
+  <si>
+    <t>USA - CO</t>
+  </si>
+  <si>
+    <t>BanRep</t>
+  </si>
+  <si>
+    <t>Colombia</t>
+  </si>
+  <si>
+    <t>Bportugal</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>REST</t>
   </si>
   <si>
     <t>49%</t>
   </si>
   <si>
-    <t>BdI</t>
-[...17 lines deleted...]
-    <t>42%</t>
+    <t>NEST</t>
+  </si>
+  <si>
+    <t>NDFT</t>
+  </si>
+  <si>
+    <t>SRB</t>
+  </si>
+  <si>
+    <t>HESTA</t>
+  </si>
+  <si>
+    <t>VFMC</t>
+  </si>
+  <si>
+    <t>Australia - VIC</t>
+  </si>
+  <si>
+    <t>AP2</t>
+  </si>
+  <si>
+    <t>19%</t>
+  </si>
+  <si>
+    <t>Texas PSF</t>
+  </si>
+  <si>
+    <t>53%</t>
+  </si>
+  <si>
+    <t>NBK</t>
+  </si>
+  <si>
+    <t>IMCO</t>
+  </si>
+  <si>
+    <t>Bpifrance</t>
+  </si>
+  <si>
+    <t>PensionDanmark</t>
+  </si>
+  <si>
+    <t>ADFD</t>
+  </si>
+  <si>
+    <t>90%</t>
+  </si>
+  <si>
+    <t>ADPF</t>
+  </si>
+  <si>
+    <t>NBB</t>
+  </si>
+  <si>
+    <t>Belgium</t>
+  </si>
+  <si>
+    <t>NBU</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>GPSSA</t>
+  </si>
+  <si>
+    <t>OIA</t>
+  </si>
+  <si>
+    <t>Oman</t>
+  </si>
+  <si>
+    <t>61%</t>
+  </si>
+  <si>
+    <t>OENB</t>
+  </si>
+  <si>
+    <t>Austria</t>
+  </si>
+  <si>
+    <t>NZ Super Fund</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>ESSS</t>
+  </si>
+  <si>
+    <t>KTCU</t>
+  </si>
+  <si>
+    <t>BdL</t>
+  </si>
+  <si>
+    <t>Lebanon</t>
+  </si>
+  <si>
+    <t>CBE</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Bcentral</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>CBU</t>
+  </si>
+  <si>
+    <t>Uzbekistan</t>
+  </si>
+  <si>
+    <t>MNB</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>BNB</t>
+  </si>
+  <si>
+    <t>Bulgaria</t>
+  </si>
+  <si>
+    <t>PUBLICA</t>
+  </si>
+  <si>
+    <t>CBK</t>
+  </si>
+  <si>
+    <t>Texas MRS</t>
+  </si>
+  <si>
+    <t>EIH</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>VSS</t>
+  </si>
+  <si>
+    <t>BKAM</t>
+  </si>
+  <si>
+    <t>Morocco</t>
+  </si>
+  <si>
+    <t>GPF</t>
+  </si>
+  <si>
+    <t>PREVI</t>
+  </si>
+  <si>
+    <t>99%</t>
+  </si>
+  <si>
+    <t>CBN</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>CSC</t>
+  </si>
+  <si>
+    <t>FTF</t>
+  </si>
+  <si>
+    <t>82%</t>
+  </si>
+  <si>
+    <t>AIH</t>
+  </si>
+  <si>
+    <t>93%</t>
+  </si>
+  <si>
+    <t>CDG</t>
+  </si>
+  <si>
+    <t>BCRA</t>
+  </si>
+  <si>
+    <t>Texas PUF</t>
+  </si>
+  <si>
+    <t>KWAP</t>
+  </si>
+  <si>
+    <t>BoA</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>CareSuper</t>
+  </si>
+  <si>
+    <t>Australia - TAS</t>
+  </si>
+  <si>
+    <t>GRSIA (Daman)</t>
+  </si>
+  <si>
+    <t>NWF UK</t>
+  </si>
+  <si>
+    <t>NBSr</t>
+  </si>
+  <si>
+    <t>Serbia</t>
+  </si>
+  <si>
+    <t>CBIran</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>Wyoming STO</t>
+  </si>
+  <si>
+    <t>USA - WY</t>
+  </si>
+  <si>
+    <t>46%</t>
+  </si>
+  <si>
+    <t>GSIS</t>
+  </si>
+  <si>
+    <t>RBNZ</t>
+  </si>
+  <si>
+    <t>BanGuat</t>
+  </si>
+  <si>
+    <t>Guatemala</t>
+  </si>
+  <si>
+    <t>Khazanah</t>
+  </si>
+  <si>
+    <t>BB</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>OBAG</t>
+  </si>
+  <si>
+    <t>Baiterek</t>
+  </si>
+  <si>
+    <t>AMCM</t>
+  </si>
+  <si>
+    <t>China - MSAR</t>
+  </si>
+  <si>
+    <t>ISIF</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>32%</t>
+  </si>
+  <si>
+    <t>76%</t>
+  </si>
+  <si>
+    <t>RDIF</t>
+  </si>
+  <si>
+    <t>SPF</t>
+  </si>
+  <si>
+    <t>NDFI</t>
+  </si>
+  <si>
+    <t>KENFO</t>
+  </si>
+  <si>
+    <t>NBC</t>
+  </si>
+  <si>
+    <t>Cambodia</t>
+  </si>
+  <si>
+    <t>CBJ</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>BCEAO</t>
+  </si>
+  <si>
+    <t>West African System</t>
+  </si>
+  <si>
+    <t>SP</t>
+  </si>
+  <si>
+    <t>BCU</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
+  </si>
+  <si>
+    <t>NRB</t>
+  </si>
+  <si>
+    <t>Nepal</t>
+  </si>
+  <si>
+    <t>PFR</t>
+  </si>
+  <si>
+    <t>95%</t>
+  </si>
+  <si>
+    <t>TtE</t>
+  </si>
+  <si>
+    <t>Greece</t>
+  </si>
+  <si>
+    <t>CBO</t>
+  </si>
+  <si>
+    <t>OPTrust</t>
+  </si>
+  <si>
+    <t>TL PF</t>
+  </si>
+  <si>
+    <t>Timor Leste</t>
+  </si>
+  <si>
+    <t>NBSl</t>
+  </si>
+  <si>
+    <t>Slovakia</t>
+  </si>
+  <si>
+    <t>Mumtalakat</t>
+  </si>
+  <si>
+    <t>Bahrain</t>
+  </si>
+  <si>
+    <t>79%</t>
   </si>
   <si>
     <t>67%</t>
   </si>
   <si>
-    <t>GOSI</t>
-[...1015 lines deleted...]
-  <si>
     <t>UFRD</t>
   </si>
   <si>
     <t>Mutapa IF</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>BCCR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>BNA</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>POBA</t>
   </si>
   <si>
     <t>SBP</t>
@@ -1358,116 +1343,119 @@
   <si>
     <t>Chile ESSF-PRF</t>
   </si>
   <si>
     <t>CBIreland</t>
   </si>
   <si>
     <t>BEAC</t>
   </si>
   <si>
     <t>Central African System</t>
   </si>
   <si>
     <t>BCV</t>
   </si>
   <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>SIO-MPF</t>
   </si>
   <si>
     <t>GrowthFund</t>
   </si>
   <si>
+    <t>EDGE</t>
+  </si>
+  <si>
     <t>SFPIM</t>
   </si>
   <si>
     <t>SDH / SSH</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>ND LF</t>
   </si>
   <si>
     <t>USA - ND</t>
   </si>
   <si>
+    <t>JIC</t>
+  </si>
+  <si>
     <t>CDP Equity</t>
   </si>
   <si>
     <t>CBAR</t>
   </si>
   <si>
     <t>CBKy</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>BCP</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
+    <t>BCH</t>
+  </si>
+  <si>
+    <t>Honduras</t>
+  </si>
+  <si>
+    <t>BCE</t>
+  </si>
+  <si>
+    <t>Ecuador</t>
+  </si>
+  <si>
+    <t>BoM</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>NBRB</t>
+  </si>
+  <si>
+    <t>Belarus</t>
+  </si>
+  <si>
     <t>INA</t>
   </si>
   <si>
     <t>97%</t>
   </si>
   <si>
-    <t>CADF</t>
-[...25 lines deleted...]
-  <si>
     <t>BCT</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>BoG</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>SCIC</t>
   </si>
   <si>
     <t>HKIC</t>
   </si>
   <si>
     <t>FRC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>Solidium</t>
@@ -1541,63 +1529,63 @@
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BdM</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>SAM</t>
   </si>
   <si>
     <t>UAE - Sharjah</t>
   </si>
   <si>
     <t>BCBo</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
     <t>FEF</t>
   </si>
   <si>
+    <t>FAP</t>
+  </si>
+  <si>
+    <t>Panama</t>
+  </si>
+  <si>
+    <t>7%</t>
+  </si>
+  <si>
     <t>NRF</t>
   </si>
   <si>
     <t>Guyana</t>
-  </si>
-[...7 lines deleted...]
-    <t>7%</t>
   </si>
   <si>
     <t>HNB</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>NSIA</t>
   </si>
   <si>
     <t>MGI</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Maharlika</t>
   </si>
   <si>
     <t>CIF</t>
   </si>
   <si>
     <t>FFSB</t>
   </si>
@@ -2099,261 +2087,261 @@
       </c>
       <c r="E4">
         <v>1951.96</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>19</v>
       </c>
       <c r="C5">
         <v>2006</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5">
-        <v>1868.26</v>
+        <v>1875.98</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6">
         <v>2007</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6">
         <v>1567.33</v>
       </c>
       <c r="F6" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7">
         <v>1882</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
         <v>1341.27</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C8">
         <v>1967</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8">
         <v>1186.97</v>
       </c>
       <c r="F8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B9" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C9">
         <v>1971</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9">
         <v>1151.28</v>
       </c>
       <c r="F9" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C10">
         <v>1907</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10">
         <v>1054.11</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C11">
-        <v>1953</v>
+        <v>1988</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E11">
-        <v>1002.03</v>
+        <v>1013.97</v>
       </c>
       <c r="F11" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C12">
-        <v>1988</v>
+        <v>1953</v>
       </c>
       <c r="D12" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E12">
-        <v>972.75</v>
+        <v>1002.03</v>
       </c>
       <c r="F12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G12" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B13" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C13">
         <v>1986</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13">
         <v>963.37</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B14" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C14">
         <v>1981</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14">
         <v>935.98</v>
       </c>
       <c r="F14" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="G14" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>48</v>
       </c>
       <c r="B15" t="s">
         <v>49</v>
       </c>
       <c r="C15">
         <v>1990</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15">
         <v>741.5</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15" t="s">
@@ -2392,6569 +2380,6569 @@
       </c>
       <c r="C17">
         <v>1922</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17">
         <v>641.01</v>
       </c>
       <c r="F17" t="s">
         <v>54</v>
       </c>
       <c r="G17" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>56</v>
       </c>
       <c r="B18" t="s">
         <v>57</v>
       </c>
       <c r="C18">
-        <v>1924</v>
+        <v>1932</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E18">
-        <v>600.2</v>
+        <v>605.8</v>
       </c>
       <c r="F18" t="s">
-        <v>10</v>
+        <v>58</v>
       </c>
       <c r="G18" t="s">
-        <v>10</v>
+        <v>59</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B19" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C19">
-        <v>1932</v>
+        <v>1924</v>
       </c>
       <c r="D19" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E19">
-        <v>595.8</v>
+        <v>600.2</v>
       </c>
       <c r="F19" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="G19" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B20" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C20">
         <v>2005</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20">
         <v>579.87</v>
       </c>
       <c r="F20" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
       <c r="G20" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B21" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C21">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E21">
-        <v>558.8</v>
+        <v>570.07</v>
       </c>
       <c r="F21" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="G21" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B22" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C22">
-        <v>1997</v>
+        <v>1957</v>
       </c>
       <c r="D22" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E22">
-        <v>558.71</v>
+        <v>558.8</v>
       </c>
       <c r="F22" t="s">
-        <v>68</v>
+        <v>10</v>
       </c>
       <c r="G22" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B23" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C23">
         <v>1993</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
       <c r="E23">
         <v>534.0</v>
       </c>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B24" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C24">
         <v>1955</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24">
         <v>503.5</v>
       </c>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25">
         <v>2000</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25">
         <v>455.18</v>
       </c>
       <c r="F25" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="G25" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B26" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C26">
         <v>1952</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
       <c r="E26">
         <v>442.18</v>
       </c>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B27" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C27">
         <v>1950</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
       <c r="E27">
         <v>430.66</v>
       </c>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B28" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C28">
         <v>2006</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28">
         <v>429.13</v>
       </c>
       <c r="F28" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="G28" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B29" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C29">
         <v>1893</v>
       </c>
       <c r="D29" t="s">
         <v>9</v>
       </c>
       <c r="E29">
         <v>423.6</v>
       </c>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B30" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C30">
         <v>1800</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
       <c r="E30">
         <v>418.92</v>
       </c>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B31" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C31">
         <v>1971</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
       <c r="E31">
         <v>400.02</v>
       </c>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B32" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C32">
         <v>1913</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32">
-        <v>389.5</v>
+        <v>396.7</v>
       </c>
       <c r="F32" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G32" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
+        <v>90</v>
+      </c>
+      <c r="B33" t="s">
+        <v>91</v>
+      </c>
+      <c r="C33">
+        <v>1965</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33">
+        <v>377.73</v>
+      </c>
+      <c r="F33" t="s">
         <v>89</v>
       </c>
-      <c r="B33" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G33" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B34" t="s">
-        <v>92</v>
+        <v>30</v>
       </c>
       <c r="C34">
-        <v>1965</v>
+        <v>1958</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34">
-        <v>362.53</v>
+        <v>373.66</v>
       </c>
       <c r="F34" t="s">
-        <v>87</v>
+        <v>28</v>
       </c>
       <c r="G34" t="s">
-        <v>93</v>
+        <v>32</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>94</v>
       </c>
       <c r="B35" t="s">
         <v>95</v>
       </c>
       <c r="C35">
         <v>1964</v>
       </c>
       <c r="D35" t="s">
         <v>9</v>
       </c>
       <c r="E35">
         <v>360.58</v>
       </c>
       <c r="F35" t="s">
         <v>10</v>
       </c>
       <c r="G35" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>96</v>
       </c>
       <c r="B36" t="s">
         <v>97</v>
       </c>
       <c r="C36">
         <v>2017</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36">
         <v>360.11</v>
       </c>
       <c r="F36" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G36" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>98</v>
       </c>
       <c r="B37" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C37">
         <v>1984</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37">
         <v>357.93</v>
       </c>
       <c r="F37" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="G37" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B38" t="s">
-        <v>51</v>
+        <v>102</v>
       </c>
       <c r="C38">
-        <v>1952</v>
+        <v>1951</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38">
-        <v>331.78</v>
+        <v>348.3</v>
       </c>
       <c r="F38" t="s">
-        <v>55</v>
+        <v>103</v>
       </c>
       <c r="G38" t="s">
-        <v>44</v>
+        <v>99</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B39" t="s">
-        <v>102</v>
+        <v>51</v>
       </c>
       <c r="C39">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39">
-        <v>325.24</v>
+        <v>331.78</v>
       </c>
       <c r="F39" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="G39" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B40" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C40">
         <v>1974</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40">
         <v>324.0</v>
       </c>
       <c r="F40" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="G40" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B41" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C41">
         <v>1920</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41">
-        <v>308.83</v>
+        <v>310.56</v>
       </c>
       <c r="F41" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G41" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>110</v>
       </c>
       <c r="B42" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C42">
         <v>2018</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42">
         <v>300.0</v>
       </c>
       <c r="F42" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
       <c r="G42" t="s">
-        <v>90</v>
+        <v>32</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>111</v>
       </c>
       <c r="B43" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C43">
         <v>1983</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43">
-        <v>291.4</v>
+        <v>297.8</v>
       </c>
       <c r="F43" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G43" t="s">
-        <v>112</v>
+        <v>32</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
+        <v>112</v>
+      </c>
+      <c r="B44" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="C44">
         <v>1943</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44">
         <v>275.6</v>
       </c>
       <c r="F44" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G44" t="s">
-        <v>115</v>
+        <v>32</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
+        <v>114</v>
+      </c>
+      <c r="B45" t="s">
+        <v>115</v>
+      </c>
+      <c r="C45">
+        <v>2006</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45">
+        <v>274.62</v>
+      </c>
+      <c r="F45" t="s">
         <v>116</v>
       </c>
-      <c r="B45" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G45" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
+        <v>117</v>
+      </c>
+      <c r="B46" t="s">
         <v>118</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>1942</v>
+        <v>1980</v>
       </c>
       <c r="D46" t="s">
         <v>9</v>
       </c>
       <c r="E46">
-        <v>272.02</v>
+        <v>274.06</v>
       </c>
       <c r="F46" t="s">
         <v>10</v>
       </c>
       <c r="G46" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
+        <v>119</v>
+      </c>
+      <c r="B47" t="s">
         <v>120</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>1969</v>
+        <v>1942</v>
       </c>
       <c r="D47" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E47">
-        <v>269.52</v>
+        <v>272.02</v>
       </c>
       <c r="F47" t="s">
-        <v>108</v>
+        <v>10</v>
       </c>
       <c r="G47" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>121</v>
       </c>
       <c r="B48" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="C48">
         <v>2014</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48">
-        <v>269.41</v>
+        <v>271.3</v>
       </c>
       <c r="F48" t="s">
-        <v>37</v>
+        <v>103</v>
       </c>
       <c r="G48" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>123</v>
       </c>
       <c r="B49" t="s">
-        <v>124</v>
+        <v>53</v>
       </c>
       <c r="C49">
-        <v>1945</v>
+        <v>1969</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E49">
-        <v>265.0</v>
+        <v>269.52</v>
       </c>
       <c r="F49" t="s">
-        <v>10</v>
+        <v>109</v>
       </c>
       <c r="G49" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
+        <v>124</v>
+      </c>
+      <c r="B50" t="s">
         <v>125</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>1984</v>
+        <v>1945</v>
       </c>
       <c r="D50" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E50">
-        <v>264.0</v>
+        <v>265.0</v>
       </c>
       <c r="F50" t="s">
-        <v>126</v>
+        <v>10</v>
       </c>
       <c r="G50" t="s">
-        <v>127</v>
+        <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B51" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="C51">
-        <v>1913</v>
+        <v>1984</v>
       </c>
       <c r="D51" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E51">
-        <v>255.69</v>
+        <v>264.0</v>
       </c>
       <c r="F51" t="s">
-        <v>10</v>
+        <v>127</v>
       </c>
       <c r="G51" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B52" t="s">
-        <v>130</v>
+        <v>44</v>
       </c>
       <c r="C52">
-        <v>2006</v>
+        <v>1913</v>
       </c>
       <c r="D52" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E52">
-        <v>251.52</v>
+        <v>255.69</v>
       </c>
       <c r="F52" t="s">
-        <v>131</v>
+        <v>10</v>
       </c>
       <c r="G52" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="B53" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="C53">
         <v>1925</v>
       </c>
       <c r="D53" t="s">
         <v>9</v>
       </c>
       <c r="E53">
         <v>250.21</v>
       </c>
       <c r="F53" t="s">
         <v>10</v>
       </c>
       <c r="G53" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B54" t="s">
-        <v>135</v>
+        <v>36</v>
       </c>
       <c r="C54">
-        <v>1954</v>
+        <v>2005</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E54">
-        <v>231.43</v>
+        <v>232.0</v>
       </c>
       <c r="F54" t="s">
-        <v>10</v>
+        <v>132</v>
       </c>
       <c r="G54" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B55" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="C55">
-        <v>2025</v>
+        <v>1954</v>
       </c>
       <c r="D55" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E55">
-        <v>230.0</v>
+        <v>231.43</v>
       </c>
       <c r="F55" t="s">
-        <v>138</v>
+        <v>10</v>
       </c>
       <c r="G55" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="B56" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="C56">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="D56" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E56">
-        <v>228.66</v>
+        <v>230.0</v>
       </c>
       <c r="F56" t="s">
-        <v>93</v>
+        <v>137</v>
       </c>
       <c r="G56" t="s">
-        <v>104</v>
+        <v>45</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B57" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C57">
-        <v>1937</v>
+        <v>2022</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57">
-        <v>225.3</v>
+        <v>228.66</v>
       </c>
       <c r="F57" t="s">
-        <v>27</v>
+        <v>92</v>
       </c>
       <c r="G57" t="s">
-        <v>115</v>
+        <v>82</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B58" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C58">
-        <v>1694</v>
+        <v>1937</v>
       </c>
       <c r="D58" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E58">
-        <v>222.49</v>
+        <v>225.3</v>
       </c>
       <c r="F58" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="G58" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B59" t="s">
-        <v>130</v>
+        <v>115</v>
       </c>
       <c r="C59">
         <v>2006</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59">
-        <v>215.82</v>
+        <v>224.58</v>
       </c>
       <c r="F59" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="G59" t="s">
-        <v>108</v>
+        <v>54</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B60" t="s">
-        <v>67</v>
+        <v>145</v>
       </c>
       <c r="C60">
-        <v>1999</v>
+        <v>1694</v>
       </c>
       <c r="D60" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E60">
-        <v>209.46</v>
+        <v>222.49</v>
       </c>
       <c r="F60" t="s">
-        <v>148</v>
+        <v>10</v>
       </c>
       <c r="G60" t="s">
-        <v>149</v>
+        <v>10</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B61" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="C61">
-        <v>2005</v>
+        <v>1999</v>
       </c>
       <c r="D61" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E61">
-        <v>206.5</v>
+        <v>209.46</v>
       </c>
       <c r="F61" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="G61" t="s">
-        <v>10</v>
+        <v>109</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="B62" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C62">
         <v>1999</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62">
         <v>206.18</v>
       </c>
       <c r="F62" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
       <c r="G62" t="s">
-        <v>154</v>
+        <v>122</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="B63" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="C63">
         <v>1917</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63">
         <v>197.05</v>
       </c>
       <c r="F63" t="s">
-        <v>127</v>
+        <v>152</v>
       </c>
       <c r="G63" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="B64" t="s">
         <v>53</v>
       </c>
       <c r="C64">
         <v>2014</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64">
         <v>193.5</v>
       </c>
       <c r="F64" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="G64" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B65" t="s">
         <v>97</v>
       </c>
       <c r="C65">
         <v>1931</v>
       </c>
       <c r="D65" t="s">
         <v>9</v>
       </c>
       <c r="E65">
         <v>186.44</v>
       </c>
       <c r="F65" t="s">
         <v>10</v>
       </c>
       <c r="G65" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B66" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="C66">
         <v>2005</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66">
         <v>185.71</v>
       </c>
       <c r="F66" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="G66" t="s">
-        <v>68</v>
+        <v>32</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="B67" t="s">
         <v>51</v>
       </c>
       <c r="C67">
         <v>2008</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67">
         <v>184.19</v>
       </c>
       <c r="F67" t="s">
         <v>10</v>
       </c>
       <c r="G67" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="B68" t="s">
-        <v>164</v>
+        <v>49</v>
       </c>
       <c r="C68">
-        <v>1951</v>
+        <v>2008</v>
       </c>
       <c r="D68" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E68">
-        <v>177.24</v>
+        <v>178.0</v>
       </c>
       <c r="F68" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="G68" t="s">
-        <v>90</v>
+        <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="B69" t="s">
-        <v>49</v>
+        <v>161</v>
       </c>
       <c r="C69">
-        <v>2008</v>
+        <v>1951</v>
       </c>
       <c r="D69" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E69">
-        <v>175.21</v>
+        <v>177.24</v>
       </c>
       <c r="F69" t="s">
-        <v>108</v>
+        <v>143</v>
       </c>
       <c r="G69" t="s">
-        <v>166</v>
+        <v>32</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="B70" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="C70">
         <v>1993</v>
       </c>
       <c r="D70" t="s">
         <v>9</v>
       </c>
       <c r="E70">
         <v>172.64</v>
       </c>
       <c r="F70" t="s">
         <v>10</v>
       </c>
       <c r="G70" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="B71" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C71">
         <v>1995</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71">
         <v>172.32</v>
       </c>
       <c r="F71" t="s">
         <v>10</v>
       </c>
       <c r="G71" t="s">
-        <v>127</v>
+        <v>152</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="B72" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="C72">
         <v>2015</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72">
         <v>165.56</v>
       </c>
       <c r="F72" t="s">
-        <v>172</v>
+        <v>42</v>
       </c>
       <c r="G72" t="s">
-        <v>173</v>
+        <v>76</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="B73" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="C73">
         <v>2000</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73">
-        <v>159.04</v>
+        <v>163.2</v>
       </c>
       <c r="F73" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="G73" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="B74" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="C74">
         <v>1955</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74">
         <v>158.59</v>
       </c>
       <c r="F74" t="s">
-        <v>178</v>
+        <v>17</v>
       </c>
       <c r="G74" t="s">
-        <v>108</v>
+        <v>82</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="B75" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C75">
         <v>1913</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75">
         <v>154.2</v>
       </c>
       <c r="F75" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="G75" t="s">
-        <v>180</v>
+        <v>59</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>181</v>
+        <v>172</v>
       </c>
       <c r="B76" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C76">
         <v>2018</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76">
         <v>152.18</v>
       </c>
       <c r="F76" t="s">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="G76" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="B77" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C77">
         <v>1953</v>
       </c>
       <c r="D77" t="s">
         <v>9</v>
       </c>
       <c r="E77">
         <v>150.1</v>
       </c>
       <c r="F77" t="s">
         <v>10</v>
       </c>
       <c r="G77" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>184</v>
+        <v>175</v>
       </c>
       <c r="B78" t="s">
-        <v>185</v>
+        <v>176</v>
       </c>
       <c r="C78">
         <v>1981</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78">
         <v>147.2</v>
       </c>
       <c r="F78" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="G78" t="s">
-        <v>186</v>
+        <v>32</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="B79" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="C79">
         <v>1935</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79">
         <v>142.64</v>
       </c>
       <c r="F79" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G79" t="s">
-        <v>180</v>
+        <v>32</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="B80" t="s">
-        <v>144</v>
+        <v>115</v>
       </c>
       <c r="C80">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80">
-        <v>134.67</v>
+        <v>140.66</v>
       </c>
       <c r="F80" t="s">
-        <v>190</v>
+        <v>116</v>
       </c>
       <c r="G80" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>191</v>
+        <v>180</v>
       </c>
       <c r="B81" t="s">
-        <v>130</v>
+        <v>80</v>
       </c>
       <c r="C81">
-        <v>2020</v>
+        <v>2004</v>
       </c>
       <c r="D81" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E81">
-        <v>129.81</v>
+        <v>136.15</v>
       </c>
       <c r="F81" t="s">
-        <v>131</v>
+        <v>181</v>
       </c>
       <c r="G81" t="s">
-        <v>192</v>
+        <v>32</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>193</v>
+        <v>182</v>
       </c>
       <c r="B82" t="s">
-        <v>194</v>
+        <v>145</v>
       </c>
       <c r="C82">
-        <v>1998</v>
+        <v>2017</v>
       </c>
       <c r="D82" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E82">
-        <v>129.61</v>
+        <v>134.67</v>
       </c>
       <c r="F82" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
       <c r="G82" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>195</v>
+        <v>183</v>
       </c>
       <c r="B83" t="s">
-        <v>196</v>
+        <v>184</v>
       </c>
       <c r="C83">
-        <v>1782</v>
+        <v>1998</v>
       </c>
       <c r="D83" t="s">
         <v>9</v>
       </c>
       <c r="E83">
-        <v>128.31</v>
+        <v>129.61</v>
       </c>
       <c r="F83" t="s">
         <v>10</v>
       </c>
       <c r="G83" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="B84" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="C84">
-        <v>1941</v>
+        <v>1782</v>
       </c>
       <c r="D84" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E84">
-        <v>127.04</v>
+        <v>128.31</v>
       </c>
       <c r="F84" t="s">
-        <v>99</v>
+        <v>10</v>
       </c>
       <c r="G84" t="s">
-        <v>115</v>
+        <v>10</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>199</v>
+        <v>187</v>
       </c>
       <c r="B85" t="s">
-        <v>67</v>
+        <v>188</v>
       </c>
       <c r="C85">
-        <v>1935</v>
+        <v>1941</v>
       </c>
       <c r="D85" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E85">
-        <v>126.72</v>
+        <v>127.04</v>
       </c>
       <c r="F85" t="s">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G85" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="B86" t="s">
-        <v>201</v>
+        <v>67</v>
       </c>
       <c r="C86">
-        <v>1976</v>
+        <v>1935</v>
       </c>
       <c r="D86" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E86">
-        <v>125.16</v>
+        <v>126.72</v>
       </c>
       <c r="F86" t="s">
-        <v>154</v>
+        <v>10</v>
       </c>
       <c r="G86" t="s">
-        <v>202</v>
+        <v>10</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>203</v>
+        <v>190</v>
       </c>
       <c r="B87" t="s">
-        <v>102</v>
+        <v>191</v>
       </c>
       <c r="C87">
-        <v>1959</v>
+        <v>1976</v>
       </c>
       <c r="D87" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E87">
-        <v>123.6</v>
+        <v>125.16</v>
       </c>
       <c r="F87" t="s">
-        <v>10</v>
+        <v>122</v>
       </c>
       <c r="G87" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>204</v>
+        <v>193</v>
       </c>
       <c r="B88" t="s">
-        <v>65</v>
+        <v>194</v>
       </c>
       <c r="C88">
-        <v>1995</v>
+        <v>1942</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88">
-        <v>121.75</v>
+        <v>124.0</v>
       </c>
       <c r="F88" t="s">
-        <v>104</v>
+        <v>153</v>
       </c>
       <c r="G88" t="s">
-        <v>104</v>
+        <v>195</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>205</v>
+        <v>196</v>
       </c>
       <c r="B89" t="s">
-        <v>175</v>
+        <v>102</v>
       </c>
       <c r="C89">
-        <v>1917</v>
+        <v>1959</v>
       </c>
       <c r="D89" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E89">
-        <v>119.27</v>
+        <v>123.6</v>
       </c>
       <c r="F89" t="s">
-        <v>108</v>
+        <v>10</v>
       </c>
       <c r="G89" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="B90" t="s">
-        <v>207</v>
+        <v>70</v>
       </c>
       <c r="C90">
-        <v>1943</v>
+        <v>1995</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90">
-        <v>116.84</v>
+        <v>121.75</v>
       </c>
       <c r="F90" t="s">
-        <v>176</v>
+        <v>82</v>
       </c>
       <c r="G90" t="s">
-        <v>31</v>
+        <v>82</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="B91" t="s">
-        <v>117</v>
+        <v>168</v>
       </c>
       <c r="C91">
-        <v>2007</v>
+        <v>1917</v>
       </c>
       <c r="D91" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E91">
-        <v>116.32</v>
+        <v>119.27</v>
       </c>
       <c r="F91" t="s">
-        <v>209</v>
+        <v>109</v>
       </c>
       <c r="G91" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>210</v>
+        <v>199</v>
       </c>
       <c r="B92" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="C92">
-        <v>1917</v>
+        <v>1943</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92">
-        <v>115.51</v>
+        <v>116.84</v>
       </c>
       <c r="F92" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="G92" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>212</v>
+        <v>201</v>
       </c>
       <c r="B93" t="s">
-        <v>213</v>
+        <v>118</v>
       </c>
       <c r="C93">
-        <v>1983</v>
+        <v>2007</v>
       </c>
       <c r="D93" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E93">
-        <v>115.4</v>
+        <v>116.32</v>
       </c>
       <c r="F93" t="s">
-        <v>214</v>
+        <v>202</v>
       </c>
       <c r="G93" t="s">
-        <v>31</v>
+        <v>82</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="B94" t="s">
-        <v>53</v>
+        <v>204</v>
       </c>
       <c r="C94">
-        <v>1814</v>
+        <v>1917</v>
       </c>
       <c r="D94" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E94">
-        <v>115.33</v>
+        <v>115.51</v>
       </c>
       <c r="F94" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="G94" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>216</v>
+        <v>205</v>
       </c>
       <c r="B95" t="s">
-        <v>29</v>
+        <v>206</v>
       </c>
       <c r="C95">
-        <v>2017</v>
+        <v>1983</v>
       </c>
       <c r="D95" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E95">
-        <v>114.77</v>
+        <v>115.4</v>
       </c>
       <c r="F95" t="s">
-        <v>44</v>
+        <v>207</v>
       </c>
       <c r="G95" t="s">
-        <v>44</v>
+        <v>195</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="B96" t="s">
-        <v>218</v>
+        <v>53</v>
       </c>
       <c r="C96">
-        <v>1942</v>
+        <v>1814</v>
       </c>
       <c r="D96" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E96">
-        <v>113.9</v>
+        <v>115.33</v>
       </c>
       <c r="F96" t="s">
-        <v>157</v>
+        <v>10</v>
       </c>
       <c r="G96" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="B97" t="s">
-        <v>220</v>
+        <v>30</v>
       </c>
       <c r="C97">
-        <v>1993</v>
+        <v>2017</v>
       </c>
       <c r="D97" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E97">
-        <v>111.08</v>
+        <v>114.77</v>
       </c>
       <c r="F97" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="G97" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="B98" t="s">
         <v>211</v>
       </c>
       <c r="C98">
-        <v>1964</v>
+        <v>1993</v>
       </c>
       <c r="D98" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E98">
-        <v>109.73</v>
+        <v>111.08</v>
       </c>
       <c r="F98" t="s">
-        <v>192</v>
+        <v>10</v>
       </c>
       <c r="G98" t="s">
-        <v>222</v>
+        <v>10</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
       <c r="B99" t="s">
-        <v>188</v>
+        <v>204</v>
       </c>
       <c r="C99">
-        <v>1919</v>
+        <v>1964</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99">
-        <v>104.1</v>
+        <v>109.73</v>
       </c>
       <c r="F99" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="G99" t="s">
-        <v>224</v>
+        <v>213</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>225</v>
+        <v>214</v>
       </c>
       <c r="B100" t="s">
-        <v>211</v>
+        <v>151</v>
       </c>
       <c r="C100">
-        <v>1818</v>
+        <v>1962</v>
       </c>
       <c r="D100" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E100">
-        <v>103.74</v>
+        <v>106.03</v>
       </c>
       <c r="F100" t="s">
-        <v>10</v>
+        <v>215</v>
       </c>
       <c r="G100" t="s">
-        <v>10</v>
+        <v>216</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>226</v>
+        <v>217</v>
       </c>
       <c r="B101" t="s">
-        <v>130</v>
+        <v>178</v>
       </c>
       <c r="C101">
-        <v>2000</v>
+        <v>1919</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101">
-        <v>103.22</v>
+        <v>104.1</v>
       </c>
       <c r="F101" t="s">
-        <v>182</v>
+        <v>16</v>
       </c>
       <c r="G101" t="s">
-        <v>104</v>
+        <v>195</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="B102" t="s">
-        <v>156</v>
+        <v>204</v>
       </c>
       <c r="C102">
-        <v>1962</v>
+        <v>1818</v>
       </c>
       <c r="D102" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E102">
-        <v>102.84</v>
+        <v>103.74</v>
       </c>
       <c r="F102" t="s">
-        <v>228</v>
+        <v>10</v>
       </c>
       <c r="G102" t="s">
-        <v>229</v>
+        <v>10</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>230</v>
+        <v>219</v>
       </c>
       <c r="B103" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="C103">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103">
-        <v>99.86</v>
+        <v>103.22</v>
       </c>
       <c r="F103" t="s">
-        <v>36</v>
+        <v>173</v>
       </c>
       <c r="G103" t="s">
-        <v>231</v>
+        <v>82</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>232</v>
+        <v>220</v>
       </c>
       <c r="B104" t="s">
-        <v>233</v>
+        <v>134</v>
       </c>
       <c r="C104">
-        <v>1956</v>
+        <v>2011</v>
       </c>
       <c r="D104" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E104">
-        <v>98.8</v>
+        <v>99.86</v>
       </c>
       <c r="F104" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="G104" t="s">
-        <v>10</v>
+        <v>221</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>234</v>
+        <v>222</v>
       </c>
       <c r="B105" t="s">
-        <v>235</v>
+        <v>223</v>
       </c>
       <c r="C105">
-        <v>1947</v>
+        <v>1956</v>
       </c>
       <c r="D105" t="s">
         <v>9</v>
       </c>
       <c r="E105">
-        <v>98.15</v>
+        <v>98.8</v>
       </c>
       <c r="F105" t="s">
         <v>10</v>
       </c>
       <c r="G105" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>236</v>
+        <v>224</v>
       </c>
       <c r="B106" t="s">
-        <v>237</v>
+        <v>225</v>
       </c>
       <c r="C106">
-        <v>1946</v>
+        <v>1947</v>
       </c>
       <c r="D106" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E106">
-        <v>95.98</v>
+        <v>98.15</v>
       </c>
       <c r="F106" t="s">
-        <v>127</v>
+        <v>10</v>
       </c>
       <c r="G106" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>238</v>
+        <v>226</v>
       </c>
       <c r="B107" t="s">
-        <v>144</v>
+        <v>227</v>
       </c>
       <c r="C107">
-        <v>2019</v>
+        <v>1946</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107">
-        <v>94.27</v>
+        <v>95.98</v>
       </c>
       <c r="F107" t="s">
-        <v>63</v>
+        <v>152</v>
       </c>
       <c r="G107" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>239</v>
+        <v>228</v>
       </c>
       <c r="B108" t="s">
-        <v>240</v>
+        <v>145</v>
       </c>
       <c r="C108">
-        <v>1922</v>
+        <v>2019</v>
       </c>
       <c r="D108" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E108">
-        <v>91.48</v>
+        <v>94.27</v>
       </c>
       <c r="F108" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G108" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>241</v>
+        <v>229</v>
       </c>
       <c r="B109" t="s">
-        <v>12</v>
+        <v>230</v>
       </c>
       <c r="C109">
-        <v>1949</v>
+        <v>1922</v>
       </c>
       <c r="D109" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E109">
-        <v>90.36</v>
+        <v>91.48</v>
       </c>
       <c r="F109" t="s">
-        <v>229</v>
+        <v>10</v>
       </c>
       <c r="G109" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>242</v>
+        <v>231</v>
       </c>
       <c r="B110" t="s">
-        <v>29</v>
+        <v>168</v>
       </c>
       <c r="C110">
-        <v>2017</v>
+        <v>1974</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110">
-        <v>89.81</v>
+        <v>90.72</v>
       </c>
       <c r="F110" t="s">
-        <v>27</v>
+        <v>116</v>
       </c>
       <c r="G110" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>243</v>
+        <v>232</v>
       </c>
       <c r="B111" t="s">
-        <v>140</v>
+        <v>168</v>
       </c>
       <c r="C111">
-        <v>1991</v>
+        <v>2001</v>
       </c>
       <c r="D111" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E111">
-        <v>88.92</v>
+        <v>90.61</v>
       </c>
       <c r="F111" t="s">
-        <v>63</v>
+        <v>100</v>
       </c>
       <c r="G111" t="s">
-        <v>146</v>
+        <v>28</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>244</v>
+        <v>233</v>
       </c>
       <c r="B112" t="s">
-        <v>59</v>
+        <v>12</v>
       </c>
       <c r="C112">
-        <v>1937</v>
+        <v>1949</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112">
-        <v>87.97</v>
+        <v>90.36</v>
       </c>
       <c r="F112" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="G112" t="s">
-        <v>90</v>
+        <v>103</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="B113" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="C113">
-        <v>1987</v>
+        <v>2017</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113">
-        <v>87.87</v>
+        <v>89.81</v>
       </c>
       <c r="F113" t="s">
-        <v>202</v>
+        <v>28</v>
       </c>
       <c r="G113" t="s">
-        <v>104</v>
+        <v>235</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="B114" t="s">
-        <v>119</v>
+        <v>139</v>
       </c>
       <c r="C114">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="D114" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E114">
-        <v>87.74</v>
+        <v>88.92</v>
       </c>
       <c r="F114" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G114" t="s">
-        <v>173</v>
+        <v>24</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>247</v>
+        <v>237</v>
       </c>
       <c r="B115" t="s">
-        <v>248</v>
+        <v>238</v>
       </c>
       <c r="C115">
-        <v>1942</v>
+        <v>2008</v>
       </c>
       <c r="D115" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E115">
-        <v>87.06</v>
+        <v>88.45</v>
       </c>
       <c r="F115" t="s">
-        <v>249</v>
+        <v>239</v>
       </c>
       <c r="G115" t="s">
-        <v>31</v>
+        <v>240</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>250</v>
+        <v>241</v>
       </c>
       <c r="B116" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="C116">
-        <v>1967</v>
+        <v>1937</v>
       </c>
       <c r="D116" t="s">
         <v>20</v>
       </c>
       <c r="E116">
-        <v>86.79</v>
+        <v>87.97</v>
       </c>
       <c r="F116" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="G116" t="s">
-        <v>127</v>
+        <v>195</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>251</v>
+        <v>242</v>
       </c>
       <c r="B117" t="s">
-        <v>252</v>
+        <v>115</v>
       </c>
       <c r="C117">
-        <v>1988</v>
+        <v>1987</v>
       </c>
       <c r="D117" t="s">
         <v>20</v>
       </c>
       <c r="E117">
-        <v>85.75</v>
+        <v>87.87</v>
       </c>
       <c r="F117" t="s">
-        <v>60</v>
+        <v>192</v>
       </c>
       <c r="G117" t="s">
-        <v>253</v>
+        <v>82</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
       <c r="B118" t="s">
-        <v>156</v>
+        <v>120</v>
       </c>
       <c r="C118">
-        <v>1960</v>
+        <v>1990</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118">
-        <v>85.72</v>
+        <v>87.74</v>
       </c>
       <c r="F118" t="s">
-        <v>178</v>
+        <v>10</v>
       </c>
       <c r="G118" t="s">
-        <v>104</v>
+        <v>24</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>255</v>
+        <v>244</v>
       </c>
       <c r="B119" t="s">
-        <v>175</v>
+        <v>245</v>
       </c>
       <c r="C119">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="D119" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E119">
-        <v>85.15</v>
+        <v>87.57</v>
       </c>
       <c r="F119" t="s">
-        <v>131</v>
+        <v>64</v>
       </c>
       <c r="G119" t="s">
-        <v>16</v>
+        <v>246</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B120" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="C120">
-        <v>1976</v>
+        <v>1942</v>
       </c>
       <c r="D120" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E120">
-        <v>85.1</v>
+        <v>87.06</v>
       </c>
       <c r="F120" t="s">
-        <v>41</v>
+        <v>249</v>
       </c>
       <c r="G120" t="s">
-        <v>115</v>
+        <v>195</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>258</v>
+        <v>250</v>
       </c>
       <c r="B121" t="s">
-        <v>175</v>
+        <v>19</v>
       </c>
       <c r="C121">
-        <v>2001</v>
+        <v>1967</v>
       </c>
       <c r="D121" t="s">
         <v>20</v>
       </c>
       <c r="E121">
-        <v>84.4</v>
+        <v>86.79</v>
       </c>
       <c r="F121" t="s">
-        <v>99</v>
+        <v>10</v>
       </c>
       <c r="G121" t="s">
-        <v>214</v>
+        <v>21</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="B122" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="C122">
-        <v>2008</v>
+        <v>1988</v>
       </c>
       <c r="D122" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E122">
-        <v>81.03</v>
+        <v>85.75</v>
       </c>
       <c r="F122" t="s">
-        <v>261</v>
+        <v>58</v>
       </c>
       <c r="G122" t="s">
-        <v>44</v>
+        <v>253</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>262</v>
+        <v>254</v>
       </c>
       <c r="B123" t="s">
-        <v>263</v>
+        <v>151</v>
       </c>
       <c r="C123">
-        <v>1951</v>
+        <v>1960</v>
       </c>
       <c r="D123" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E123">
-        <v>81.0</v>
+        <v>85.72</v>
       </c>
       <c r="F123" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="G123" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="B124" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="C124">
-        <v>1939</v>
+        <v>1951</v>
       </c>
       <c r="D124" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E124">
-        <v>80.83</v>
+        <v>81.0</v>
       </c>
       <c r="F124" t="s">
-        <v>209</v>
+        <v>10</v>
       </c>
       <c r="G124" t="s">
-        <v>115</v>
+        <v>10</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="B125" t="s">
-        <v>78</v>
+        <v>258</v>
       </c>
       <c r="C125">
-        <v>2024</v>
+        <v>1939</v>
       </c>
       <c r="D125" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E125">
-        <v>79.7</v>
+        <v>80.83</v>
       </c>
       <c r="F125" t="s">
-        <v>68</v>
+        <v>202</v>
       </c>
       <c r="G125" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>267</v>
+        <v>259</v>
       </c>
       <c r="B126" t="s">
-        <v>268</v>
+        <v>80</v>
       </c>
       <c r="C126">
-        <v>1917</v>
+        <v>2024</v>
       </c>
       <c r="D126" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E126">
-        <v>79.51</v>
+        <v>79.7</v>
       </c>
       <c r="F126" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G126" t="s">
-        <v>31</v>
+        <v>153</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="B127" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="C127">
-        <v>1950</v>
+        <v>1917</v>
       </c>
       <c r="D127" t="s">
         <v>20</v>
       </c>
       <c r="E127">
-        <v>78.51</v>
+        <v>79.51</v>
       </c>
       <c r="F127" t="s">
-        <v>105</v>
+        <v>28</v>
       </c>
       <c r="G127" t="s">
-        <v>115</v>
+        <v>32</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="B128" t="s">
-        <v>102</v>
+        <v>263</v>
       </c>
       <c r="C128">
-        <v>1978</v>
+        <v>1950</v>
       </c>
       <c r="D128" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E128">
-        <v>78.05</v>
+        <v>78.51</v>
       </c>
       <c r="F128" t="s">
-        <v>272</v>
+        <v>106</v>
       </c>
       <c r="G128" t="s">
-        <v>273</v>
+        <v>32</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
       <c r="B129" t="s">
-        <v>275</v>
+        <v>102</v>
       </c>
       <c r="C129">
-        <v>1983</v>
+        <v>1978</v>
       </c>
       <c r="D129" t="s">
         <v>13</v>
       </c>
       <c r="E129">
-        <v>77.48</v>
+        <v>78.05</v>
       </c>
       <c r="F129" t="s">
-        <v>40</v>
+        <v>265</v>
       </c>
       <c r="G129" t="s">
-        <v>115</v>
+        <v>195</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="B130" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
       <c r="C130">
-        <v>1880</v>
+        <v>1983</v>
       </c>
       <c r="D130" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E130">
-        <v>77.42</v>
+        <v>77.48</v>
       </c>
       <c r="F130" t="s">
-        <v>10</v>
+        <v>268</v>
       </c>
       <c r="G130" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
       <c r="B131" t="s">
-        <v>279</v>
+        <v>270</v>
       </c>
       <c r="C131">
-        <v>2008</v>
+        <v>1880</v>
       </c>
       <c r="D131" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E131">
-        <v>76.9</v>
+        <v>77.42</v>
       </c>
       <c r="F131" t="s">
         <v>10</v>
       </c>
       <c r="G131" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="B132" t="s">
-        <v>12</v>
+        <v>272</v>
       </c>
       <c r="C132">
-        <v>1816</v>
+        <v>2008</v>
       </c>
       <c r="D132" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E132">
-        <v>75.0</v>
+        <v>76.9</v>
       </c>
       <c r="F132" t="s">
         <v>10</v>
       </c>
       <c r="G132" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="B133" t="s">
-        <v>282</v>
+        <v>12</v>
       </c>
       <c r="C133">
-        <v>1941</v>
+        <v>1816</v>
       </c>
       <c r="D133" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E133">
-        <v>73.59</v>
+        <v>75.0</v>
       </c>
       <c r="F133" t="s">
-        <v>87</v>
+        <v>10</v>
       </c>
       <c r="G133" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>283</v>
+        <v>274</v>
       </c>
       <c r="B134" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C134">
-        <v>1999</v>
+        <v>1941</v>
       </c>
       <c r="D134" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E134">
-        <v>73.5</v>
+        <v>73.59</v>
       </c>
       <c r="F134" t="s">
-        <v>285</v>
+        <v>89</v>
       </c>
       <c r="G134" t="s">
-        <v>176</v>
+        <v>32</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
       <c r="B135" t="s">
-        <v>287</v>
+        <v>277</v>
       </c>
       <c r="C135">
-        <v>1983</v>
+        <v>1999</v>
       </c>
       <c r="D135" t="s">
         <v>13</v>
       </c>
       <c r="E135">
-        <v>72.56</v>
+        <v>73.5</v>
       </c>
       <c r="F135" t="s">
-        <v>108</v>
+        <v>278</v>
       </c>
       <c r="G135" t="s">
-        <v>108</v>
+        <v>55</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
       <c r="B136" t="s">
-        <v>130</v>
+        <v>280</v>
       </c>
       <c r="C136">
-        <v>1959</v>
+        <v>1983</v>
       </c>
       <c r="D136" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E136">
-        <v>72.21</v>
+        <v>72.56</v>
       </c>
       <c r="F136" t="s">
-        <v>10</v>
+        <v>109</v>
       </c>
       <c r="G136" t="s">
-        <v>10</v>
+        <v>109</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>289</v>
+        <v>281</v>
       </c>
       <c r="B137" t="s">
-        <v>78</v>
+        <v>115</v>
       </c>
       <c r="C137">
-        <v>2004</v>
+        <v>1959</v>
       </c>
       <c r="D137" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E137">
-        <v>72.16</v>
+        <v>72.21</v>
       </c>
       <c r="F137" t="s">
-        <v>290</v>
+        <v>10</v>
       </c>
       <c r="G137" t="s">
-        <v>112</v>
+        <v>10</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>291</v>
+        <v>282</v>
       </c>
       <c r="B138" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C138">
         <v>1973</v>
       </c>
       <c r="D138" t="s">
         <v>9</v>
       </c>
       <c r="E138">
         <v>72.0</v>
       </c>
       <c r="F138" t="s">
         <v>10</v>
       </c>
       <c r="G138" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="B139" t="s">
         <v>19</v>
       </c>
       <c r="C139">
         <v>2017</v>
       </c>
       <c r="D139" t="s">
         <v>20</v>
       </c>
       <c r="E139">
         <v>71.0</v>
       </c>
       <c r="F139" t="s">
         <v>10</v>
       </c>
       <c r="G139" t="s">
-        <v>293</v>
+        <v>21</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>294</v>
+        <v>284</v>
       </c>
       <c r="B140" t="s">
-        <v>211</v>
+        <v>285</v>
       </c>
       <c r="C140">
-        <v>1954</v>
+        <v>1958</v>
       </c>
       <c r="D140" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E140">
-        <v>69.75</v>
+        <v>70.42</v>
       </c>
       <c r="F140" t="s">
-        <v>295</v>
+        <v>92</v>
       </c>
       <c r="G140" t="s">
-        <v>68</v>
+        <v>246</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>296</v>
+        <v>286</v>
       </c>
       <c r="B141" t="s">
-        <v>171</v>
+        <v>204</v>
       </c>
       <c r="C141">
-        <v>1921</v>
+        <v>1954</v>
       </c>
       <c r="D141" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E141">
-        <v>69.74</v>
+        <v>69.75</v>
       </c>
       <c r="F141" t="s">
-        <v>10</v>
+        <v>287</v>
       </c>
       <c r="G141" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>297</v>
+        <v>288</v>
       </c>
       <c r="B142" t="s">
-        <v>130</v>
+        <v>166</v>
       </c>
       <c r="C142">
-        <v>1984</v>
+        <v>1921</v>
       </c>
       <c r="D142" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E142">
-        <v>68.6</v>
+        <v>69.74</v>
       </c>
       <c r="F142" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="G142" t="s">
-        <v>104</v>
+        <v>10</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>298</v>
+        <v>289</v>
       </c>
       <c r="B143" t="s">
-        <v>144</v>
+        <v>115</v>
       </c>
       <c r="C143">
-        <v>2015</v>
+        <v>1984</v>
       </c>
       <c r="D143" t="s">
         <v>20</v>
       </c>
       <c r="E143">
-        <v>68.41</v>
+        <v>68.6</v>
       </c>
       <c r="F143" t="s">
-        <v>108</v>
+        <v>16</v>
       </c>
       <c r="G143" t="s">
-        <v>44</v>
+        <v>82</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="B144" t="s">
-        <v>233</v>
+        <v>145</v>
       </c>
       <c r="C144">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="D144" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E144">
-        <v>68.35</v>
+        <v>68.41</v>
       </c>
       <c r="F144" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="G144" t="s">
-        <v>192</v>
+        <v>82</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="B145" t="s">
-        <v>260</v>
+        <v>223</v>
       </c>
       <c r="C145">
-        <v>2000</v>
+        <v>2006</v>
       </c>
       <c r="D145" t="s">
         <v>13</v>
       </c>
       <c r="E145">
-        <v>67.01</v>
+        <v>68.35</v>
       </c>
       <c r="F145" t="s">
-        <v>37</v>
+        <v>100</v>
       </c>
       <c r="G145" t="s">
-        <v>112</v>
+        <v>65</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>301</v>
+        <v>292</v>
       </c>
       <c r="B146" t="s">
-        <v>302</v>
+        <v>238</v>
       </c>
       <c r="C146">
-        <v>1931</v>
+        <v>2000</v>
       </c>
       <c r="D146" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E146">
-        <v>66.7</v>
+        <v>67.01</v>
       </c>
       <c r="F146" t="s">
-        <v>151</v>
+        <v>103</v>
       </c>
       <c r="G146" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="B147" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="C147">
-        <v>1923</v>
+        <v>1931</v>
       </c>
       <c r="D147" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E147">
-        <v>66.12</v>
+        <v>66.7</v>
       </c>
       <c r="F147" t="s">
-        <v>10</v>
+        <v>132</v>
       </c>
       <c r="G147" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>305</v>
+        <v>295</v>
       </c>
       <c r="B148" t="s">
-        <v>306</v>
+        <v>296</v>
       </c>
       <c r="C148">
-        <v>1846</v>
+        <v>1923</v>
       </c>
       <c r="D148" t="s">
         <v>9</v>
       </c>
       <c r="E148">
-        <v>64.48</v>
+        <v>66.12</v>
       </c>
       <c r="F148" t="s">
         <v>10</v>
       </c>
       <c r="G148" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>307</v>
+        <v>297</v>
       </c>
       <c r="B149" t="s">
-        <v>130</v>
+        <v>298</v>
       </c>
       <c r="C149">
-        <v>1988</v>
+        <v>1846</v>
       </c>
       <c r="D149" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E149">
-        <v>64.35</v>
+        <v>64.48</v>
       </c>
       <c r="F149" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="G149" t="s">
-        <v>104</v>
+        <v>10</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>308</v>
+        <v>299</v>
       </c>
       <c r="B150" t="s">
-        <v>57</v>
+        <v>115</v>
       </c>
       <c r="C150">
-        <v>2006</v>
+        <v>1988</v>
       </c>
       <c r="D150" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E150">
-        <v>64.0</v>
+        <v>64.35</v>
       </c>
       <c r="F150" t="s">
-        <v>126</v>
+        <v>300</v>
       </c>
       <c r="G150" t="s">
-        <v>44</v>
+        <v>82</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>309</v>
+        <v>301</v>
       </c>
       <c r="B151" t="s">
-        <v>175</v>
+        <v>145</v>
       </c>
       <c r="C151">
-        <v>1668</v>
+        <v>2008</v>
       </c>
       <c r="D151" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E151">
-        <v>63.0</v>
+        <v>64.3</v>
       </c>
       <c r="F151" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
       <c r="G151" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>310</v>
+        <v>302</v>
       </c>
       <c r="B152" t="s">
-        <v>130</v>
+        <v>61</v>
       </c>
       <c r="C152">
-        <v>1999</v>
+        <v>2006</v>
       </c>
       <c r="D152" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E152">
-        <v>62.72</v>
+        <v>64.0</v>
       </c>
       <c r="F152" t="s">
-        <v>36</v>
+        <v>127</v>
       </c>
       <c r="G152" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>311</v>
+        <v>303</v>
       </c>
       <c r="B153" t="s">
-        <v>312</v>
+        <v>168</v>
       </c>
       <c r="C153">
-        <v>1994</v>
+        <v>1668</v>
       </c>
       <c r="D153" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E153">
-        <v>62.26</v>
+        <v>63.0</v>
       </c>
       <c r="F153" t="s">
-        <v>202</v>
+        <v>10</v>
       </c>
       <c r="G153" t="s">
-        <v>148</v>
+        <v>10</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>313</v>
+        <v>304</v>
       </c>
       <c r="B154" t="s">
-        <v>314</v>
+        <v>115</v>
       </c>
       <c r="C154">
-        <v>1958</v>
+        <v>1999</v>
       </c>
       <c r="D154" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E154">
-        <v>60.43</v>
+        <v>62.72</v>
       </c>
       <c r="F154" t="s">
-        <v>93</v>
+        <v>41</v>
       </c>
       <c r="G154" t="s">
-        <v>31</v>
+        <v>82</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>315</v>
+        <v>305</v>
       </c>
       <c r="B155" t="s">
-        <v>260</v>
+        <v>306</v>
       </c>
       <c r="C155">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="D155" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E155">
-        <v>59.98</v>
+        <v>62.26</v>
       </c>
       <c r="F155" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
       <c r="G155" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>316</v>
+        <v>307</v>
       </c>
       <c r="B156" t="s">
-        <v>156</v>
+        <v>168</v>
       </c>
       <c r="C156">
-        <v>2016</v>
+        <v>2001</v>
       </c>
       <c r="D156" t="s">
         <v>20</v>
       </c>
       <c r="E156">
-        <v>59.93</v>
+        <v>60.76</v>
       </c>
       <c r="F156" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="G156" t="s">
-        <v>192</v>
+        <v>308</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>317</v>
+        <v>309</v>
       </c>
       <c r="B157" t="s">
-        <v>84</v>
+        <v>141</v>
       </c>
       <c r="C157">
-        <v>2008</v>
+        <v>1854</v>
       </c>
       <c r="D157" t="s">
         <v>13</v>
       </c>
       <c r="E157">
-        <v>59.63</v>
+        <v>60.6</v>
       </c>
       <c r="F157" t="s">
-        <v>68</v>
+        <v>310</v>
       </c>
       <c r="G157" t="s">
-        <v>44</v>
+        <v>246</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="B158" t="s">
-        <v>211</v>
+        <v>238</v>
       </c>
       <c r="C158">
         <v>1993</v>
       </c>
       <c r="D158" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E158">
-        <v>59.06</v>
+        <v>59.98</v>
       </c>
       <c r="F158" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="G158" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
       <c r="B159" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
       <c r="C159">
-        <v>1854</v>
+        <v>2016</v>
       </c>
       <c r="D159" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E159">
-        <v>57.3</v>
+        <v>59.93</v>
       </c>
       <c r="F159" t="s">
-        <v>293</v>
+        <v>64</v>
       </c>
       <c r="G159" t="s">
-        <v>166</v>
+        <v>16</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>320</v>
+        <v>313</v>
       </c>
       <c r="B160" t="s">
-        <v>175</v>
+        <v>86</v>
       </c>
       <c r="C160">
-        <v>2001</v>
+        <v>2008</v>
       </c>
       <c r="D160" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E160">
-        <v>57.12</v>
+        <v>59.63</v>
       </c>
       <c r="F160" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="G160" t="s">
-        <v>253</v>
+        <v>45</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
       <c r="B161" t="s">
-        <v>26</v>
+        <v>204</v>
       </c>
       <c r="C161">
-        <v>2000</v>
+        <v>1993</v>
       </c>
       <c r="D161" t="s">
         <v>20</v>
       </c>
       <c r="E161">
-        <v>56.67</v>
+        <v>59.06</v>
       </c>
       <c r="F161" t="s">
-        <v>178</v>
+        <v>41</v>
       </c>
       <c r="G161" t="s">
-        <v>104</v>
+        <v>65</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="B162" t="s">
-        <v>323</v>
+        <v>27</v>
       </c>
       <c r="C162">
-        <v>1850</v>
+        <v>1971</v>
       </c>
       <c r="D162" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E162">
-        <v>55.19</v>
+        <v>58.84</v>
       </c>
       <c r="F162" t="s">
-        <v>10</v>
+        <v>316</v>
       </c>
       <c r="G162" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="B163" t="s">
-        <v>325</v>
+        <v>27</v>
       </c>
       <c r="C163">
-        <v>1839</v>
+        <v>2000</v>
       </c>
       <c r="D163" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E163">
-        <v>54.7</v>
+        <v>56.67</v>
       </c>
       <c r="F163" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="G163" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>326</v>
+        <v>318</v>
       </c>
       <c r="B164" t="s">
-        <v>117</v>
+        <v>319</v>
       </c>
       <c r="C164">
-        <v>1999</v>
+        <v>1850</v>
       </c>
       <c r="D164" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E164">
-        <v>53.73</v>
+        <v>55.19</v>
       </c>
       <c r="F164" t="s">
-        <v>178</v>
+        <v>10</v>
       </c>
       <c r="G164" t="s">
-        <v>104</v>
+        <v>10</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>327</v>
+        <v>320</v>
       </c>
       <c r="B165" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="C165">
-        <v>1980</v>
+        <v>1839</v>
       </c>
       <c r="D165" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E165">
-        <v>53.25</v>
+        <v>54.7</v>
       </c>
       <c r="F165" t="s">
-        <v>87</v>
+        <v>10</v>
       </c>
       <c r="G165" t="s">
-        <v>261</v>
+        <v>10</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>329</v>
+        <v>322</v>
       </c>
       <c r="B166" t="s">
-        <v>330</v>
+        <v>118</v>
       </c>
       <c r="C166">
-        <v>1816</v>
+        <v>1999</v>
       </c>
       <c r="D166" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E166">
-        <v>52.15</v>
+        <v>53.73</v>
       </c>
       <c r="F166" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="G166" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>331</v>
+        <v>323</v>
       </c>
       <c r="B167" t="s">
-        <v>137</v>
+        <v>324</v>
       </c>
       <c r="C167">
-        <v>1977</v>
+        <v>1980</v>
       </c>
       <c r="D167" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E167">
-        <v>52.0</v>
+        <v>53.25</v>
       </c>
       <c r="F167" t="s">
-        <v>55</v>
+        <v>89</v>
       </c>
       <c r="G167" t="s">
-        <v>228</v>
+        <v>325</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="B168" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="C168">
-        <v>2001</v>
+        <v>1816</v>
       </c>
       <c r="D168" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E168">
-        <v>51.63</v>
+        <v>52.15</v>
       </c>
       <c r="F168" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="G168" t="s">
-        <v>272</v>
+        <v>10</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="B169" t="s">
-        <v>39</v>
+        <v>329</v>
       </c>
       <c r="C169">
-        <v>1971</v>
+        <v>2001</v>
       </c>
       <c r="D169" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E169">
-        <v>50.77</v>
+        <v>52.11</v>
       </c>
       <c r="F169" t="s">
-        <v>222</v>
+        <v>106</v>
       </c>
       <c r="G169" t="s">
-        <v>178</v>
+        <v>253</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="B170" t="s">
-        <v>336</v>
+        <v>136</v>
       </c>
       <c r="C170">
-        <v>1964</v>
+        <v>1977</v>
       </c>
       <c r="D170" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E170">
-        <v>48.8</v>
+        <v>52.0</v>
       </c>
       <c r="F170" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="G170" t="s">
-        <v>10</v>
+        <v>215</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="B171" t="s">
-        <v>338</v>
+        <v>36</v>
       </c>
       <c r="C171">
-        <v>1961</v>
+        <v>1971</v>
       </c>
       <c r="D171" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E171">
-        <v>48.7</v>
+        <v>50.77</v>
       </c>
       <c r="F171" t="s">
-        <v>10</v>
+        <v>213</v>
       </c>
       <c r="G171" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
       <c r="B172" t="s">
-        <v>340</v>
+        <v>333</v>
       </c>
       <c r="C172">
-        <v>1925</v>
+        <v>1964</v>
       </c>
       <c r="D172" t="s">
         <v>9</v>
       </c>
       <c r="E172">
-        <v>48.65</v>
+        <v>48.8</v>
       </c>
       <c r="F172" t="s">
         <v>10</v>
       </c>
       <c r="G172" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>341</v>
+        <v>334</v>
       </c>
       <c r="B173" t="s">
-        <v>342</v>
+        <v>335</v>
       </c>
       <c r="C173">
-        <v>1991</v>
+        <v>1961</v>
       </c>
       <c r="D173" t="s">
         <v>9</v>
       </c>
       <c r="E173">
-        <v>48.55</v>
+        <v>48.7</v>
       </c>
       <c r="F173" t="s">
         <v>10</v>
       </c>
       <c r="G173" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>343</v>
+        <v>336</v>
       </c>
       <c r="B174" t="s">
-        <v>344</v>
+        <v>337</v>
       </c>
       <c r="C174">
-        <v>1924</v>
+        <v>1925</v>
       </c>
       <c r="D174" t="s">
         <v>9</v>
       </c>
       <c r="E174">
-        <v>48.28</v>
+        <v>48.65</v>
       </c>
       <c r="F174" t="s">
         <v>10</v>
       </c>
       <c r="G174" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="B175" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
       <c r="C175">
-        <v>1879</v>
+        <v>1991</v>
       </c>
       <c r="D175" t="s">
         <v>9</v>
       </c>
       <c r="E175">
-        <v>47.64</v>
+        <v>48.55</v>
       </c>
       <c r="F175" t="s">
         <v>10</v>
       </c>
       <c r="G175" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="B176" t="s">
-        <v>33</v>
+        <v>341</v>
       </c>
       <c r="C176">
-        <v>2001</v>
+        <v>1924</v>
       </c>
       <c r="D176" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E176">
-        <v>47.05</v>
+        <v>48.28</v>
       </c>
       <c r="F176" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="G176" t="s">
-        <v>112</v>
+        <v>10</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="B177" t="s">
-        <v>35</v>
+        <v>343</v>
       </c>
       <c r="C177">
-        <v>1969</v>
+        <v>1879</v>
       </c>
       <c r="D177" t="s">
         <v>9</v>
       </c>
       <c r="E177">
-        <v>47.03</v>
+        <v>47.64</v>
       </c>
       <c r="F177" t="s">
         <v>10</v>
       </c>
       <c r="G177" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="B178" t="s">
-        <v>350</v>
+        <v>34</v>
       </c>
       <c r="C178">
-        <v>2022</v>
+        <v>2001</v>
       </c>
       <c r="D178" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E178">
-        <v>46.32</v>
+        <v>47.05</v>
       </c>
       <c r="F178" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="G178" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="B179" t="s">
-        <v>263</v>
+        <v>40</v>
       </c>
       <c r="C179">
-        <v>1995</v>
+        <v>1969</v>
       </c>
       <c r="D179" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E179">
-        <v>46.0</v>
+        <v>47.03</v>
       </c>
       <c r="F179" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="G179" t="s">
-        <v>228</v>
+        <v>10</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="B180" t="s">
-        <v>260</v>
+        <v>141</v>
       </c>
       <c r="C180">
-        <v>2013</v>
+        <v>1947</v>
       </c>
       <c r="D180" t="s">
         <v>20</v>
       </c>
       <c r="E180">
-        <v>45.96</v>
+        <v>47.0</v>
       </c>
       <c r="F180" t="s">
-        <v>37</v>
+        <v>310</v>
       </c>
       <c r="G180" t="s">
-        <v>112</v>
+        <v>235</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="B181" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="C181">
-        <v>1959</v>
+        <v>2022</v>
       </c>
       <c r="D181" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E181">
-        <v>45.9</v>
+        <v>46.32</v>
       </c>
       <c r="F181" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="G181" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="B182" t="s">
-        <v>119</v>
+        <v>256</v>
       </c>
       <c r="C182">
-        <v>1997</v>
+        <v>1995</v>
       </c>
       <c r="D182" t="s">
         <v>20</v>
       </c>
       <c r="E182">
-        <v>45.78</v>
+        <v>46.0</v>
       </c>
       <c r="F182" t="s">
-        <v>99</v>
+        <v>55</v>
       </c>
       <c r="G182" t="s">
-        <v>261</v>
+        <v>32</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="B183" t="s">
-        <v>95</v>
+        <v>351</v>
       </c>
       <c r="C183">
-        <v>1904</v>
+        <v>1959</v>
       </c>
       <c r="D183" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E183">
-        <v>44.64</v>
+        <v>45.9</v>
       </c>
       <c r="F183" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="G183" t="s">
-        <v>357</v>
+        <v>10</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>358</v>
+        <v>352</v>
       </c>
       <c r="B184" t="s">
-        <v>142</v>
+        <v>120</v>
       </c>
       <c r="C184">
-        <v>1947</v>
+        <v>1997</v>
       </c>
       <c r="D184" t="s">
         <v>20</v>
       </c>
       <c r="E184">
-        <v>44.0</v>
+        <v>45.78</v>
       </c>
       <c r="F184" t="s">
-        <v>293</v>
+        <v>100</v>
       </c>
       <c r="G184" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
       <c r="B185" t="s">
-        <v>360</v>
+        <v>95</v>
       </c>
       <c r="C185">
-        <v>1958</v>
+        <v>1904</v>
       </c>
       <c r="D185" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E185">
-        <v>43.4</v>
+        <v>44.64</v>
       </c>
       <c r="F185" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="G185" t="s">
-        <v>10</v>
+        <v>354</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
       <c r="B186" t="s">
-        <v>130</v>
+        <v>356</v>
       </c>
       <c r="C186">
-        <v>1976</v>
+        <v>1958</v>
       </c>
       <c r="D186" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E186">
         <v>43.4</v>
       </c>
       <c r="F186" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="G186" t="s">
-        <v>104</v>
+        <v>10</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="B187" t="s">
-        <v>284</v>
+        <v>115</v>
       </c>
       <c r="C187">
-        <v>2021</v>
+        <v>1976</v>
       </c>
       <c r="D187" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E187">
-        <v>42.65</v>
+        <v>43.4</v>
       </c>
       <c r="F187" t="s">
-        <v>173</v>
+        <v>268</v>
       </c>
       <c r="G187" t="s">
-        <v>44</v>
+        <v>82</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="B188" t="s">
-        <v>354</v>
+        <v>12</v>
       </c>
       <c r="C188">
-        <v>1959</v>
+        <v>2006</v>
       </c>
       <c r="D188" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E188">
-        <v>42.0</v>
+        <v>42.69</v>
       </c>
       <c r="F188" t="s">
-        <v>192</v>
+        <v>10</v>
       </c>
       <c r="G188" t="s">
-        <v>104</v>
+        <v>359</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="B189" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="C189">
-        <v>1935</v>
+        <v>2021</v>
       </c>
       <c r="D189" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E189">
-        <v>41.67</v>
+        <v>42.65</v>
       </c>
       <c r="F189" t="s">
-        <v>10</v>
+        <v>361</v>
       </c>
       <c r="G189" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="B190" t="s">
-        <v>142</v>
+        <v>351</v>
       </c>
       <c r="C190">
-        <v>1876</v>
+        <v>1959</v>
       </c>
       <c r="D190" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E190">
-        <v>41.66</v>
+        <v>42.0</v>
       </c>
       <c r="F190" t="s">
-        <v>231</v>
+        <v>65</v>
       </c>
       <c r="G190" t="s">
-        <v>31</v>
+        <v>246</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="B191" t="s">
-        <v>102</v>
+        <v>272</v>
       </c>
       <c r="C191">
-        <v>2007</v>
+        <v>1935</v>
       </c>
       <c r="D191" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E191">
-        <v>41.59</v>
+        <v>41.67</v>
       </c>
       <c r="F191" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="G191" t="s">
-        <v>115</v>
+        <v>10</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B192" t="s">
-        <v>12</v>
+        <v>141</v>
       </c>
       <c r="C192">
-        <v>2006</v>
+        <v>1876</v>
       </c>
       <c r="D192" t="s">
         <v>13</v>
       </c>
       <c r="E192">
-        <v>40.78</v>
+        <v>41.66</v>
       </c>
       <c r="F192" t="s">
-        <v>10</v>
+        <v>221</v>
       </c>
       <c r="G192" t="s">
-        <v>368</v>
+        <v>235</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="B193" t="s">
-        <v>370</v>
+        <v>102</v>
       </c>
       <c r="C193">
-        <v>1962</v>
+        <v>2007</v>
       </c>
       <c r="D193" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E193">
-        <v>39.6</v>
+        <v>41.59</v>
       </c>
       <c r="F193" t="s">
-        <v>10</v>
+        <v>75</v>
       </c>
       <c r="G193" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="B194" t="s">
-        <v>62</v>
+        <v>367</v>
       </c>
       <c r="C194">
-        <v>2002</v>
+        <v>1962</v>
       </c>
       <c r="D194" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E194">
-        <v>36.95</v>
+        <v>39.6</v>
       </c>
       <c r="F194" t="s">
-        <v>372</v>
+        <v>10</v>
       </c>
       <c r="G194" t="s">
-        <v>357</v>
+        <v>10</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="B195" t="s">
-        <v>144</v>
+        <v>369</v>
       </c>
       <c r="C195">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="D195" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E195">
-        <v>35.97</v>
+        <v>38.44</v>
       </c>
       <c r="F195" t="s">
-        <v>44</v>
+        <v>92</v>
       </c>
       <c r="G195" t="s">
-        <v>44</v>
+        <v>82</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="B196" t="s">
-        <v>375</v>
+        <v>63</v>
       </c>
       <c r="C196">
-        <v>1884</v>
+        <v>2002</v>
       </c>
       <c r="D196" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E196">
-        <v>34.33</v>
+        <v>36.95</v>
       </c>
       <c r="F196" t="s">
-        <v>10</v>
+        <v>253</v>
       </c>
       <c r="G196" t="s">
-        <v>10</v>
+        <v>354</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="B197" t="s">
-        <v>377</v>
+        <v>145</v>
       </c>
       <c r="C197">
-        <v>1960</v>
+        <v>2024</v>
       </c>
       <c r="D197" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E197">
-        <v>33.8</v>
+        <v>35.97</v>
       </c>
       <c r="F197" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="G197" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="B198" t="s">
-        <v>220</v>
+        <v>373</v>
       </c>
       <c r="C198">
-        <v>1936</v>
+        <v>1884</v>
       </c>
       <c r="D198" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E198">
-        <v>32.94</v>
+        <v>34.33</v>
       </c>
       <c r="F198" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="G198" t="s">
-        <v>104</v>
+        <v>10</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="B199" t="s">
-        <v>333</v>
+        <v>375</v>
       </c>
       <c r="C199">
-        <v>1934</v>
+        <v>1960</v>
       </c>
       <c r="D199" t="s">
         <v>9</v>
       </c>
       <c r="E199">
-        <v>32.92</v>
+        <v>33.8</v>
       </c>
       <c r="F199" t="s">
         <v>10</v>
       </c>
       <c r="G199" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="B200" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="C200">
         <v>1975</v>
       </c>
       <c r="D200" t="s">
         <v>13</v>
       </c>
       <c r="E200">
-        <v>32.89</v>
+        <v>33.28</v>
       </c>
       <c r="F200" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="G200" t="s">
-        <v>112</v>
+        <v>76</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="B201" t="s">
-        <v>384</v>
+        <v>211</v>
       </c>
       <c r="C201">
-        <v>1945</v>
+        <v>1936</v>
       </c>
       <c r="D201" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E201">
-        <v>32.02</v>
+        <v>32.94</v>
       </c>
       <c r="F201" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="G201" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="B202" t="s">
-        <v>102</v>
+        <v>329</v>
       </c>
       <c r="C202">
-        <v>1993</v>
+        <v>1934</v>
       </c>
       <c r="D202" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E202">
-        <v>31.58</v>
+        <v>32.92</v>
       </c>
       <c r="F202" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="G202" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="B203" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="C203">
-        <v>1971</v>
+        <v>1945</v>
       </c>
       <c r="D203" t="s">
         <v>9</v>
       </c>
       <c r="E203">
-        <v>31.07</v>
+        <v>32.02</v>
       </c>
       <c r="F203" t="s">
         <v>10</v>
       </c>
       <c r="G203" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="B204" t="s">
-        <v>330</v>
+        <v>102</v>
       </c>
       <c r="C204">
-        <v>1967</v>
+        <v>1993</v>
       </c>
       <c r="D204" t="s">
         <v>13</v>
       </c>
       <c r="E204">
-        <v>31.06</v>
+        <v>31.58</v>
       </c>
       <c r="F204" t="s">
-        <v>105</v>
+        <v>16</v>
       </c>
       <c r="G204" t="s">
-        <v>44</v>
+        <v>215</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="B205" t="s">
-        <v>260</v>
+        <v>385</v>
       </c>
       <c r="C205">
-        <v>2014</v>
+        <v>1971</v>
       </c>
       <c r="D205" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E205">
-        <v>30.76</v>
+        <v>31.07</v>
       </c>
       <c r="F205" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="G205" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B206" t="s">
-        <v>391</v>
+        <v>327</v>
       </c>
       <c r="C206">
-        <v>1999</v>
+        <v>1967</v>
       </c>
       <c r="D206" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E206">
-        <v>29.7</v>
+        <v>31.06</v>
       </c>
       <c r="F206" t="s">
-        <v>10</v>
+        <v>106</v>
       </c>
       <c r="G206" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="B207" t="s">
-        <v>393</v>
+        <v>238</v>
       </c>
       <c r="C207">
         <v>2014</v>
       </c>
       <c r="D207" t="s">
         <v>13</v>
       </c>
       <c r="E207">
-        <v>28.2</v>
+        <v>30.76</v>
       </c>
       <c r="F207" t="s">
-        <v>394</v>
+        <v>45</v>
       </c>
       <c r="G207" t="s">
-        <v>395</v>
+        <v>45</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>396</v>
+        <v>388</v>
       </c>
       <c r="B208" t="s">
-        <v>49</v>
+        <v>389</v>
       </c>
       <c r="C208">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="D208" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E208">
-        <v>28.14</v>
+        <v>29.7</v>
       </c>
       <c r="F208" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="G208" t="s">
-        <v>397</v>
+        <v>10</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="B209" t="s">
-        <v>328</v>
+        <v>391</v>
       </c>
       <c r="C209">
-        <v>2023</v>
+        <v>2014</v>
       </c>
       <c r="D209" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E209">
-        <v>26.79</v>
+        <v>28.2</v>
       </c>
       <c r="F209" t="s">
-        <v>178</v>
+        <v>392</v>
       </c>
       <c r="G209" t="s">
-        <v>104</v>
+        <v>393</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="B210" t="s">
-        <v>377</v>
+        <v>49</v>
       </c>
       <c r="C210">
         <v>2011</v>
       </c>
       <c r="D210" t="s">
         <v>13</v>
       </c>
       <c r="E210">
-        <v>26.5</v>
+        <v>28.14</v>
       </c>
       <c r="F210" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="G210" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="B211" t="s">
-        <v>65</v>
+        <v>324</v>
       </c>
       <c r="C211">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="D211" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E211">
-        <v>25.59</v>
+        <v>26.79</v>
       </c>
       <c r="F211" t="s">
-        <v>93</v>
+        <v>17</v>
       </c>
       <c r="G211" t="s">
-        <v>40</v>
+        <v>82</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="B212" t="s">
-        <v>402</v>
+        <v>375</v>
       </c>
       <c r="C212">
-        <v>1954</v>
+        <v>2011</v>
       </c>
       <c r="D212" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E212">
-        <v>24.91</v>
+        <v>26.5</v>
       </c>
       <c r="F212" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G212" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="B213" t="s">
-        <v>404</v>
+        <v>70</v>
       </c>
       <c r="C213">
-        <v>1964</v>
+        <v>2017</v>
       </c>
       <c r="D213" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E213">
-        <v>24.6</v>
+        <v>25.59</v>
       </c>
       <c r="F213" t="s">
-        <v>10</v>
+        <v>92</v>
       </c>
       <c r="G213" t="s">
-        <v>10</v>
+        <v>169</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>405</v>
+        <v>398</v>
       </c>
       <c r="B214" t="s">
-        <v>406</v>
+        <v>399</v>
       </c>
       <c r="C214">
-        <v>1959</v>
+        <v>1954</v>
       </c>
       <c r="D214" t="s">
         <v>9</v>
       </c>
       <c r="E214">
-        <v>23.4</v>
+        <v>24.91</v>
       </c>
       <c r="F214" t="s">
         <v>10</v>
       </c>
       <c r="G214" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>407</v>
+        <v>400</v>
       </c>
       <c r="B215" t="s">
-        <v>252</v>
+        <v>401</v>
       </c>
       <c r="C215">
-        <v>1811</v>
+        <v>1964</v>
       </c>
       <c r="D215" t="s">
         <v>9</v>
       </c>
       <c r="E215">
-        <v>21.72</v>
+        <v>24.6</v>
       </c>
       <c r="F215" t="s">
         <v>10</v>
       </c>
       <c r="G215" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="B216" t="s">
-        <v>84</v>
+        <v>403</v>
       </c>
       <c r="C216">
-        <v>2001</v>
+        <v>1959</v>
       </c>
       <c r="D216" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E216">
-        <v>21.23</v>
+        <v>23.4</v>
       </c>
       <c r="F216" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="G216" t="s">
-        <v>178</v>
+        <v>10</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="B217" t="s">
-        <v>410</v>
+        <v>252</v>
       </c>
       <c r="C217">
-        <v>1967</v>
+        <v>1811</v>
       </c>
       <c r="D217" t="s">
         <v>9</v>
       </c>
       <c r="E217">
-        <v>21.08</v>
+        <v>21.72</v>
       </c>
       <c r="F217" t="s">
         <v>10</v>
       </c>
       <c r="G217" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
       <c r="B218" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="C218">
-        <v>1956</v>
+        <v>1967</v>
       </c>
       <c r="D218" t="s">
         <v>9</v>
       </c>
       <c r="E218">
-        <v>20.41</v>
+        <v>21.08</v>
       </c>
       <c r="F218" t="s">
         <v>10</v>
       </c>
       <c r="G218" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="B219" t="s">
-        <v>124</v>
+        <v>408</v>
       </c>
       <c r="C219">
-        <v>2016</v>
+        <v>1956</v>
       </c>
       <c r="D219" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E219">
-        <v>20.27</v>
+        <v>20.41</v>
       </c>
       <c r="F219" t="s">
-        <v>414</v>
+        <v>10</v>
       </c>
       <c r="G219" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="B220" t="s">
-        <v>416</v>
+        <v>125</v>
       </c>
       <c r="C220">
-        <v>1927</v>
+        <v>2016</v>
       </c>
       <c r="D220" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E220">
-        <v>20.05</v>
+        <v>20.27</v>
       </c>
       <c r="F220" t="s">
-        <v>10</v>
+        <v>410</v>
       </c>
       <c r="G220" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="B221" t="s">
-        <v>53</v>
+        <v>412</v>
       </c>
       <c r="C221">
-        <v>2002</v>
+        <v>1927</v>
       </c>
       <c r="D221" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E221">
-        <v>19.98</v>
+        <v>20.05</v>
       </c>
       <c r="F221" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="G221" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="B222" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="C222">
         <v>1974</v>
       </c>
       <c r="D222" t="s">
         <v>9</v>
       </c>
       <c r="E222">
         <v>18.86</v>
       </c>
       <c r="F222" t="s">
         <v>10</v>
       </c>
       <c r="G222" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="B223" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="C223">
         <v>1995</v>
       </c>
       <c r="D223" t="s">
         <v>20</v>
       </c>
       <c r="E223">
         <v>18.68</v>
       </c>
       <c r="F223" t="s">
-        <v>231</v>
+        <v>221</v>
       </c>
       <c r="G223" t="s">
-        <v>192</v>
+        <v>65</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="B224" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="C224">
         <v>2005</v>
       </c>
       <c r="D224" t="s">
         <v>13</v>
       </c>
       <c r="E224">
         <v>18.25</v>
       </c>
       <c r="F224" t="s">
         <v>55</v>
       </c>
       <c r="G224" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="B225" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="C225">
         <v>1993</v>
       </c>
       <c r="D225" t="s">
         <v>9</v>
       </c>
       <c r="E225">
         <v>18.19</v>
       </c>
       <c r="F225" t="s">
         <v>10</v>
       </c>
       <c r="G225" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="B226" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="C226">
         <v>2006</v>
       </c>
       <c r="D226" t="s">
         <v>13</v>
       </c>
       <c r="E226">
         <v>17.89</v>
       </c>
       <c r="F226" t="s">
-        <v>224</v>
+        <v>421</v>
       </c>
       <c r="G226" t="s">
-        <v>261</v>
+        <v>422</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="B227" t="s">
-        <v>427</v>
+        <v>339</v>
       </c>
       <c r="C227">
-        <v>1947</v>
+        <v>2006</v>
       </c>
       <c r="D227" t="s">
         <v>13</v>
       </c>
       <c r="E227">
-        <v>17.34</v>
+        <v>16.8</v>
       </c>
       <c r="F227" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="G227" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="B228" t="s">
-        <v>342</v>
+        <v>425</v>
       </c>
       <c r="C228">
-        <v>2006</v>
+        <v>2024</v>
       </c>
       <c r="D228" t="s">
         <v>13</v>
       </c>
       <c r="E228">
-        <v>16.8</v>
+        <v>16.0</v>
       </c>
       <c r="F228" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="G228" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="B229" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="C229">
-        <v>2024</v>
+        <v>1950</v>
       </c>
       <c r="D229" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E229">
-        <v>16.0</v>
+        <v>15.98</v>
       </c>
       <c r="F229" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="G229" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="B230" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="C230">
-        <v>1950</v>
+        <v>1926</v>
       </c>
       <c r="D230" t="s">
         <v>9</v>
       </c>
       <c r="E230">
-        <v>15.98</v>
+        <v>15.66</v>
       </c>
       <c r="F230" t="s">
         <v>10</v>
       </c>
       <c r="G230" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="B231" t="s">
-        <v>434</v>
+        <v>36</v>
       </c>
       <c r="C231">
-        <v>1926</v>
+        <v>1975</v>
       </c>
       <c r="D231" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E231">
-        <v>15.66</v>
+        <v>15.2</v>
       </c>
       <c r="F231" t="s">
-        <v>10</v>
+        <v>152</v>
       </c>
       <c r="G231" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="B232" t="s">
-        <v>39</v>
+        <v>432</v>
       </c>
       <c r="C232">
-        <v>1975</v>
+        <v>1947</v>
       </c>
       <c r="D232" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E232">
-        <v>15.2</v>
+        <v>14.5</v>
       </c>
       <c r="F232" t="s">
-        <v>127</v>
+        <v>10</v>
       </c>
       <c r="G232" t="s">
-        <v>68</v>
+        <v>10</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="B233" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="C233">
         <v>1947</v>
       </c>
       <c r="D233" t="s">
         <v>9</v>
       </c>
       <c r="E233">
-        <v>14.5</v>
+        <v>14.27</v>
       </c>
       <c r="F233" t="s">
         <v>10</v>
       </c>
       <c r="G233" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="B234" t="s">
-        <v>439</v>
+        <v>337</v>
       </c>
       <c r="C234">
-        <v>1947</v>
+        <v>2006</v>
       </c>
       <c r="D234" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E234">
-        <v>14.27</v>
+        <v>14.2</v>
       </c>
       <c r="F234" t="s">
         <v>10</v>
       </c>
       <c r="G234" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="B235" t="s">
-        <v>340</v>
+        <v>391</v>
       </c>
       <c r="C235">
-        <v>2006</v>
+        <v>1943</v>
       </c>
       <c r="D235" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E235">
-        <v>14.0</v>
+        <v>13.66</v>
       </c>
       <c r="F235" t="s">
         <v>10</v>
       </c>
       <c r="G235" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="B236" t="s">
-        <v>393</v>
+        <v>438</v>
       </c>
       <c r="C236">
-        <v>1943</v>
+        <v>1972</v>
       </c>
       <c r="D236" t="s">
         <v>9</v>
       </c>
       <c r="E236">
-        <v>13.66</v>
+        <v>13.48</v>
       </c>
       <c r="F236" t="s">
         <v>10</v>
       </c>
       <c r="G236" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="B237" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="C237">
-        <v>1972</v>
+        <v>1939</v>
       </c>
       <c r="D237" t="s">
         <v>9</v>
       </c>
       <c r="E237">
-        <v>13.48</v>
+        <v>13.41</v>
       </c>
       <c r="F237" t="s">
         <v>10</v>
       </c>
       <c r="G237" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="B238" t="s">
-        <v>445</v>
+        <v>420</v>
       </c>
       <c r="C238">
-        <v>1939</v>
+        <v>1976</v>
       </c>
       <c r="D238" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E238">
-        <v>13.41</v>
+        <v>12.81</v>
       </c>
       <c r="F238" t="s">
-        <v>10</v>
+        <v>92</v>
       </c>
       <c r="G238" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="B239" t="s">
-        <v>425</v>
+        <v>412</v>
       </c>
       <c r="C239">
-        <v>1976</v>
+        <v>2016</v>
       </c>
       <c r="D239" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E239">
-        <v>12.81</v>
+        <v>12.18</v>
       </c>
       <c r="F239" t="s">
-        <v>93</v>
+        <v>410</v>
       </c>
       <c r="G239" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="B240" t="s">
-        <v>416</v>
+        <v>27</v>
       </c>
       <c r="C240">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="D240" t="s">
         <v>13</v>
       </c>
       <c r="E240">
-        <v>12.18</v>
+        <v>12.0</v>
       </c>
       <c r="F240" t="s">
-        <v>414</v>
+        <v>45</v>
       </c>
       <c r="G240" t="s">
-        <v>44</v>
+        <v>82</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="B241" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="C241">
         <v>2006</v>
       </c>
       <c r="D241" t="s">
         <v>13</v>
       </c>
       <c r="E241">
         <v>11.97</v>
       </c>
       <c r="F241" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="G241" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="B242" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="C242">
         <v>1993</v>
       </c>
       <c r="D242" t="s">
         <v>13</v>
       </c>
       <c r="E242">
         <v>11.94</v>
       </c>
       <c r="F242" t="s">
-        <v>115</v>
+        <v>246</v>
       </c>
       <c r="G242" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="B243" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="C243">
         <v>2010</v>
       </c>
       <c r="D243" t="s">
         <v>13</v>
       </c>
       <c r="E243">
         <v>11.91</v>
       </c>
       <c r="F243" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G243" t="s">
-        <v>115</v>
+        <v>235</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="B244" t="s">
+        <v>19</v>
+      </c>
+      <c r="C244">
+        <v>2009</v>
+      </c>
+      <c r="D244" t="s">
+        <v>13</v>
+      </c>
+      <c r="E244">
+        <v>11.84</v>
+      </c>
+      <c r="F244" t="s">
+        <v>45</v>
+      </c>
+      <c r="G244" t="s">
         <v>82</v>
-      </c>
-[...13 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B245" t="s">
-        <v>284</v>
+        <v>84</v>
       </c>
       <c r="C245">
-        <v>1992</v>
+        <v>2011</v>
       </c>
       <c r="D245" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E245">
-        <v>11.43</v>
+        <v>11.67</v>
       </c>
       <c r="F245" t="s">
-        <v>10</v>
+        <v>359</v>
       </c>
       <c r="G245" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="B246" t="s">
-        <v>456</v>
+        <v>277</v>
       </c>
       <c r="C246">
-        <v>1966</v>
+        <v>1992</v>
       </c>
       <c r="D246" t="s">
         <v>9</v>
       </c>
       <c r="E246">
-        <v>10.72</v>
+        <v>11.43</v>
       </c>
       <c r="F246" t="s">
         <v>10</v>
       </c>
       <c r="G246" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="B247" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="C247">
-        <v>1952</v>
+        <v>1966</v>
       </c>
       <c r="D247" t="s">
         <v>9</v>
       </c>
       <c r="E247">
-        <v>10.47</v>
+        <v>10.72</v>
       </c>
       <c r="F247" t="s">
         <v>10</v>
       </c>
       <c r="G247" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="B248" t="s">
-        <v>137</v>
+        <v>455</v>
       </c>
       <c r="C248">
-        <v>2020</v>
+        <v>1952</v>
       </c>
       <c r="D248" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E248">
-        <v>10.16</v>
+        <v>10.47</v>
       </c>
       <c r="F248" t="s">
-        <v>460</v>
+        <v>10</v>
       </c>
       <c r="G248" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="B249" t="s">
-        <v>8</v>
+        <v>457</v>
       </c>
       <c r="C249">
-        <v>2007</v>
+        <v>1950</v>
       </c>
       <c r="D249" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E249">
-        <v>10.0</v>
+        <v>9.99</v>
       </c>
       <c r="F249" t="s">
-        <v>104</v>
+        <v>10</v>
       </c>
       <c r="G249" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="B250" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="C250">
-        <v>1950</v>
+        <v>1927</v>
       </c>
       <c r="D250" t="s">
         <v>9</v>
       </c>
       <c r="E250">
-        <v>9.99</v>
+        <v>9.68</v>
       </c>
       <c r="F250" t="s">
         <v>10</v>
       </c>
       <c r="G250" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="B251" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="C251">
-        <v>1927</v>
+        <v>1967</v>
       </c>
       <c r="D251" t="s">
         <v>9</v>
       </c>
       <c r="E251">
-        <v>9.68</v>
+        <v>9.57</v>
       </c>
       <c r="F251" t="s">
         <v>10</v>
       </c>
       <c r="G251" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="B252" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="C252">
-        <v>1967</v>
+        <v>1990</v>
       </c>
       <c r="D252" t="s">
         <v>9</v>
       </c>
       <c r="E252">
-        <v>9.57</v>
+        <v>9.0</v>
       </c>
       <c r="F252" t="s">
         <v>10</v>
       </c>
       <c r="G252" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="B253" t="s">
-        <v>469</v>
+        <v>136</v>
       </c>
       <c r="C253">
-        <v>1990</v>
+        <v>2020</v>
       </c>
       <c r="D253" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E253">
-        <v>9.0</v>
+        <v>8.75</v>
       </c>
       <c r="F253" t="s">
-        <v>10</v>
+        <v>465</v>
       </c>
       <c r="G253" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="B254" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="C254">
         <v>1958</v>
       </c>
       <c r="D254" t="s">
         <v>9</v>
       </c>
       <c r="E254">
         <v>8.49</v>
       </c>
       <c r="F254" t="s">
         <v>10</v>
       </c>
       <c r="G254" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="B255" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="C255">
         <v>1957</v>
       </c>
       <c r="D255" t="s">
         <v>9</v>
       </c>
       <c r="E255">
         <v>8.0</v>
       </c>
       <c r="F255" t="s">
         <v>10</v>
       </c>
       <c r="G255" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="B256" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="C256">
         <v>2006</v>
       </c>
       <c r="D256" t="s">
         <v>13</v>
       </c>
       <c r="E256">
         <v>8.0</v>
       </c>
       <c r="F256" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G256" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="B257" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C257">
         <v>2023</v>
       </c>
       <c r="D257" t="s">
         <v>13</v>
       </c>
       <c r="E257">
         <v>7.95</v>
       </c>
       <c r="F257" t="s">
-        <v>115</v>
+        <v>246</v>
       </c>
       <c r="G257" t="s">
-        <v>44</v>
+        <v>316</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="B258" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="C258">
         <v>1962</v>
       </c>
       <c r="D258" t="s">
         <v>13</v>
       </c>
       <c r="E258">
         <v>7.58</v>
       </c>
       <c r="F258" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G258" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="B259" t="s">
         <v>252</v>
       </c>
       <c r="C259">
         <v>1991</v>
       </c>
       <c r="D259" t="s">
         <v>13</v>
       </c>
       <c r="E259">
         <v>7.15</v>
       </c>
       <c r="F259" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G259" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="B260" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
       <c r="C260">
         <v>1992</v>
       </c>
       <c r="D260" t="s">
         <v>9</v>
       </c>
       <c r="E260">
         <v>7.0</v>
       </c>
       <c r="F260" t="s">
         <v>10</v>
       </c>
       <c r="G260" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="B261" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="C261">
         <v>1961</v>
       </c>
       <c r="D261" t="s">
         <v>9</v>
       </c>
       <c r="E261">
         <v>7.0</v>
       </c>
       <c r="F261" t="s">
         <v>10</v>
       </c>
       <c r="G261" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="B262" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C262">
         <v>2000</v>
       </c>
       <c r="D262" t="s">
         <v>13</v>
       </c>
       <c r="E262">
         <v>6.09</v>
       </c>
       <c r="F262" t="s">
         <v>10</v>
       </c>
       <c r="G262" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c r="B263" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C263">
         <v>2014</v>
       </c>
       <c r="D263" t="s">
         <v>13</v>
       </c>
       <c r="E263">
         <v>6.08</v>
       </c>
       <c r="F263" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G263" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="B264" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="C264">
         <v>1988</v>
       </c>
       <c r="D264" t="s">
         <v>13</v>
       </c>
       <c r="E264">
         <v>6.04</v>
       </c>
       <c r="F264" t="s">
-        <v>112</v>
+        <v>316</v>
       </c>
       <c r="G264" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="B265" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C265">
         <v>1964</v>
       </c>
       <c r="D265" t="s">
         <v>9</v>
       </c>
       <c r="E265">
         <v>6.0</v>
       </c>
       <c r="F265" t="s">
         <v>10</v>
       </c>
       <c r="G265" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="B266" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="C266">
         <v>1990</v>
       </c>
       <c r="D266" t="s">
         <v>9</v>
       </c>
       <c r="E266">
         <v>6.0</v>
       </c>
       <c r="F266" t="s">
         <v>10</v>
       </c>
       <c r="G266" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="B267" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="C267">
         <v>1991</v>
       </c>
       <c r="D267" t="s">
         <v>9</v>
       </c>
       <c r="E267">
         <v>5.87</v>
       </c>
       <c r="F267" t="s">
         <v>10</v>
       </c>
       <c r="G267" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="B268" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="C268">
         <v>1993</v>
       </c>
       <c r="D268" t="s">
         <v>9</v>
       </c>
       <c r="E268">
         <v>5.0</v>
       </c>
       <c r="F268" t="s">
         <v>10</v>
       </c>
       <c r="G268" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="B269" t="s">
         <v>51</v>
       </c>
       <c r="C269">
         <v>2015</v>
       </c>
       <c r="D269" t="s">
         <v>13</v>
       </c>
       <c r="E269">
         <v>4.9</v>
       </c>
       <c r="F269" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G269" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="B270" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="C270">
         <v>2000</v>
       </c>
       <c r="D270" t="s">
         <v>13</v>
       </c>
       <c r="E270">
         <v>4.7</v>
       </c>
       <c r="F270" t="s">
         <v>10</v>
       </c>
       <c r="G270" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="B271" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="C271">
         <v>2006</v>
       </c>
       <c r="D271" t="s">
         <v>9</v>
       </c>
       <c r="E271">
         <v>4.6</v>
       </c>
       <c r="F271" t="s">
         <v>10</v>
       </c>
       <c r="G271" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="B272" t="s">
         <v>102</v>
       </c>
       <c r="C272">
         <v>1988</v>
       </c>
       <c r="D272" t="s">
         <v>13</v>
       </c>
       <c r="E272">
         <v>4.46</v>
       </c>
       <c r="F272" t="s">
         <v>10</v>
       </c>
       <c r="G272" t="s">
-        <v>104</v>
+        <v>10</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="B273" t="s">
-        <v>304</v>
+        <v>296</v>
       </c>
       <c r="C273">
         <v>1995</v>
       </c>
       <c r="D273" t="s">
         <v>13</v>
       </c>
       <c r="E273">
         <v>4.3</v>
       </c>
       <c r="F273" t="s">
         <v>10</v>
       </c>
       <c r="G273" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="B274" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
       <c r="C274">
         <v>2012</v>
       </c>
       <c r="D274" t="s">
         <v>13</v>
       </c>
       <c r="E274">
         <v>4.19</v>
       </c>
       <c r="F274" t="s">
-        <v>151</v>
+        <v>132</v>
       </c>
       <c r="G274" t="s">
-        <v>173</v>
+        <v>216</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="B275" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="C275">
         <v>2007</v>
       </c>
       <c r="D275" t="s">
         <v>13</v>
       </c>
       <c r="E275">
         <v>4.06</v>
       </c>
       <c r="F275" t="s">
-        <v>112</v>
+        <v>316</v>
       </c>
       <c r="G275" t="s">
-        <v>112</v>
+        <v>32</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="B276" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="C276">
         <v>1975</v>
       </c>
       <c r="D276" t="s">
         <v>9</v>
       </c>
       <c r="E276">
         <v>3.77</v>
       </c>
       <c r="F276" t="s">
         <v>10</v>
       </c>
       <c r="G276" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="B277" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="C277">
         <v>2008</v>
       </c>
       <c r="D277" t="s">
         <v>13</v>
       </c>
       <c r="E277">
         <v>3.56</v>
       </c>
       <c r="F277" t="s">
-        <v>90</v>
+        <v>235</v>
       </c>
       <c r="G277" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="B278" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="C278">
         <v>1928</v>
       </c>
       <c r="D278" t="s">
         <v>9</v>
       </c>
       <c r="E278">
         <v>3.26</v>
       </c>
       <c r="F278" t="s">
         <v>10</v>
       </c>
       <c r="G278" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="B279" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="C279">
         <v>1999</v>
       </c>
       <c r="D279" t="s">
         <v>13</v>
       </c>
       <c r="E279">
         <v>3.21</v>
       </c>
       <c r="F279" t="s">
         <v>10</v>
       </c>
       <c r="G279" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="B280" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="C280">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="D280" t="s">
         <v>13</v>
       </c>
       <c r="E280">
-        <v>3.19</v>
+        <v>3.2</v>
       </c>
       <c r="F280" t="s">
-        <v>10</v>
+        <v>507</v>
       </c>
       <c r="G280" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="B281" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="C281">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="D281" t="s">
         <v>13</v>
       </c>
       <c r="E281">
-        <v>3.15</v>
+        <v>3.19</v>
       </c>
       <c r="F281" t="s">
-        <v>513</v>
+        <v>10</v>
       </c>
       <c r="G281" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="B282" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="C282">
         <v>1990</v>
       </c>
       <c r="D282" t="s">
         <v>9</v>
       </c>
       <c r="E282">
         <v>3.0</v>
       </c>
       <c r="F282" t="s">
         <v>10</v>
       </c>
       <c r="G282" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="B283" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="C283">
         <v>2011</v>
       </c>
       <c r="D283" t="s">
         <v>13</v>
       </c>
       <c r="E283">
         <v>2.86</v>
       </c>
       <c r="F283" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
       <c r="G283" t="s">
-        <v>31</v>
+        <v>82</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="B284" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="C284">
         <v>2015</v>
       </c>
       <c r="D284" t="s">
         <v>13</v>
       </c>
       <c r="E284">
         <v>2.77</v>
       </c>
       <c r="F284" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G284" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="B285" t="s">
-        <v>220</v>
+        <v>211</v>
       </c>
       <c r="C285">
         <v>2023</v>
       </c>
       <c r="D285" t="s">
         <v>13</v>
       </c>
       <c r="E285">
         <v>2.26</v>
       </c>
       <c r="F285" t="s">
-        <v>112</v>
+        <v>316</v>
       </c>
       <c r="G285" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B286" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C286">
         <v>2022</v>
       </c>
       <c r="D286" t="s">
         <v>13</v>
       </c>
       <c r="E286">
         <v>2.08</v>
       </c>
       <c r="F286" t="s">
         <v>10</v>
       </c>
       <c r="G286" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="B287" t="s">
         <v>95</v>
       </c>
       <c r="C287">
         <v>2021</v>
       </c>
       <c r="D287" t="s">
         <v>13</v>
       </c>
       <c r="E287">
         <v>2.07</v>
       </c>
       <c r="F287" t="s">
         <v>10</v>
       </c>
       <c r="G287" t="s">
-        <v>44</v>
+        <v>82</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="B288" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="C288">
         <v>1983</v>
       </c>
       <c r="D288" t="s">
         <v>9</v>
       </c>
       <c r="E288">
         <v>2.0</v>
       </c>
       <c r="F288" t="s">
         <v>10</v>
       </c>
       <c r="G288" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="B289" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="C289">
         <v>2018</v>
       </c>
       <c r="D289" t="s">
         <v>13</v>
       </c>
       <c r="E289">
         <v>2.0</v>
       </c>
       <c r="F289" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G289" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="B290" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="C290">
         <v>1994</v>
       </c>
       <c r="D290" t="s">
         <v>13</v>
       </c>
       <c r="E290">
         <v>1.92</v>
       </c>
       <c r="F290" t="s">
         <v>10</v>
       </c>
       <c r="G290" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="B291" t="s">
         <v>102</v>
       </c>
       <c r="C291">
         <v>2024</v>
       </c>
       <c r="D291" t="s">
         <v>13</v>
       </c>
       <c r="E291">
         <v>1.86</v>
       </c>
       <c r="F291" t="s">
         <v>10</v>
       </c>
       <c r="G291" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="B292" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="C292">
         <v>2011</v>
       </c>
       <c r="D292" t="s">
         <v>13</v>
       </c>
       <c r="E292">
         <v>1.84</v>
       </c>
       <c r="F292" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="G292" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="B293" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="C293">
         <v>2025</v>
       </c>
       <c r="D293" t="s">
         <v>13</v>
       </c>
       <c r="E293">
         <v>1.66</v>
       </c>
       <c r="F293" t="s">
         <v>10</v>
       </c>
       <c r="G293" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="B294" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="C294">
         <v>2011</v>
       </c>
       <c r="D294" t="s">
         <v>13</v>
       </c>
       <c r="E294">
         <v>1.42</v>
       </c>
       <c r="F294" t="s">
         <v>10</v>
       </c>
       <c r="G294" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="B295" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="C295">
         <v>2012</v>
       </c>
       <c r="D295" t="s">
         <v>13</v>
       </c>
       <c r="E295">
         <v>1.0</v>
       </c>
       <c r="F295" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G295" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="B296" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="C296">
         <v>2003</v>
       </c>
       <c r="D296" t="s">
         <v>13</v>
       </c>
       <c r="E296">
         <v>0.96</v>
       </c>
       <c r="F296" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G296" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="B297" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="C297">
         <v>2006</v>
       </c>
       <c r="D297" t="s">
         <v>13</v>
       </c>
       <c r="E297">
         <v>0.92</v>
       </c>
       <c r="F297" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="G297" t="s">
-        <v>172</v>
+        <v>42</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="B298" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="C298">
         <v>2012</v>
       </c>
       <c r="D298" t="s">
         <v>13</v>
       </c>
       <c r="E298">
         <v>0.5</v>
       </c>
       <c r="F298" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G298" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="B299" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="C299">
         <v>2016</v>
       </c>
       <c r="D299" t="s">
         <v>13</v>
       </c>
       <c r="E299">
         <v>0.35</v>
       </c>
       <c r="F299" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G299" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="B300" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="C300">
         <v>2012</v>
       </c>
       <c r="D300" t="s">
         <v>13</v>
       </c>
       <c r="E300">
         <v>0.3</v>
       </c>
       <c r="F300" t="s">
-        <v>190</v>
+        <v>68</v>
       </c>
       <c r="G300" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="B301" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="C301">
         <v>2015</v>
       </c>
       <c r="D301" t="s">
         <v>13</v>
       </c>
       <c r="E301">
         <v>0.16</v>
       </c>
       <c r="F301" t="s">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="G301" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>