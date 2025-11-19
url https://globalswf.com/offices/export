--- v0 (2025-10-29)
+++ v1 (2025-11-19)
@@ -12,149 +12,146 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>City</t>
   </si>
   <si>
     <t>HQs</t>
   </si>
   <si>
     <t>OOs</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>HC</t>
   </si>
   <si>
     <t>Latest</t>
   </si>
   <si>
     <t>Upcoming</t>
   </si>
   <si>
     <t>London</t>
   </si>
   <si>
     <t>CIC</t>
   </si>
   <si>
+    <t>KTCU</t>
+  </si>
+  <si>
     <t>New York NY</t>
   </si>
   <si>
-    <t>Khazanah</t>
-[...1 lines deleted...]
-  <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>NIIF</t>
   </si>
   <si>
     <t>HOOPP</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>PIF</t>
   </si>
   <si>
     <t>CPP</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HKIC</t>
   </si>
   <si>
     <t>Sydney NSW</t>
   </si>
   <si>
     <t>GIC</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
+    <t>San Francisco CA</t>
+  </si>
+  <si>
+    <t>NPS</t>
+  </si>
+  <si>
     <t>Tokyo</t>
   </si>
   <si>
     <t>BCI</t>
   </si>
   <si>
-    <t>San Francisco CA</t>
-[...4 lines deleted...]
-  <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>QIC</t>
   </si>
   <si>
     <t>Toronto ON</t>
   </si>
   <si>
     <t>IMCO</t>
   </si>
   <si>
     <t>Abu Dhabi</t>
   </si>
   <si>
     <t>Temasek</t>
-  </si>
-[...1 lines deleted...]
-    <t>AIMCo</t>
   </si>
   <si>
     <t>Mumbai</t>
   </si>
   <si>
     <t>KIC</t>
   </si>
   <si>
     <t>Shanghai</t>
   </si>
   <si>
     <t>APG</t>
   </si>
   <si>
     <t>Melbourne VIC</t>
   </si>
   <si>
     <t>Washington DC</t>
   </si>
   <si>
     <t>Kuala Lumpur</t>
   </si>
   <si>
     <t>KWAP</t>
   </si>
@@ -698,214 +695,217 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2">
         <v>2</v>
       </c>
       <c r="C2">
         <v>40</v>
       </c>
       <c r="D2">
         <v>42</v>
       </c>
       <c r="E2">
-        <v>4599</v>
+        <v>4625</v>
       </c>
       <c r="F2" t="s">
         <v>8</v>
       </c>
+      <c r="G2" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3">
+        <v>1</v>
+      </c>
+      <c r="C3">
+        <v>38</v>
+      </c>
+      <c r="D3">
+        <v>39</v>
+      </c>
+      <c r="E3">
+        <v>1681</v>
+      </c>
+      <c r="F3" t="s">
         <v>9</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4">
         <v>4</v>
       </c>
       <c r="C4">
         <v>15</v>
       </c>
       <c r="D4">
         <v>19</v>
       </c>
       <c r="E4">
-        <v>5109</v>
+        <v>5113</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5">
         <v>5</v>
       </c>
       <c r="C5">
         <v>13</v>
       </c>
       <c r="D5">
         <v>18</v>
       </c>
       <c r="E5">
         <v>3942</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6">
         <v>3</v>
       </c>
       <c r="C6">
         <v>10</v>
       </c>
       <c r="D6">
         <v>13</v>
       </c>
       <c r="E6">
-        <v>980</v>
+        <v>979</v>
       </c>
       <c r="F6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7">
         <v>4</v>
       </c>
       <c r="C7">
         <v>9</v>
       </c>
       <c r="D7">
         <v>13</v>
       </c>
       <c r="E7">
         <v>2437</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8">
         <v>4</v>
       </c>
       <c r="C8">
         <v>8</v>
       </c>
       <c r="D8">
         <v>12</v>
       </c>
       <c r="E8">
-        <v>3738</v>
+        <v>3737</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>22</v>
       </c>
-      <c r="B9">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="D9">
         <v>11</v>
       </c>
       <c r="E9">
-        <v>3456</v>
+        <v>226</v>
       </c>
       <c r="F9" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>24</v>
       </c>
+      <c r="B10">
+        <v>5</v>
+      </c>
       <c r="C10">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D10">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E10">
-        <v>225</v>
+        <v>3456</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11">
         <v>1</v>
       </c>
       <c r="C11">
         <v>8</v>
       </c>
       <c r="D11">
         <v>9</v>
       </c>
       <c r="E11">
         <v>125</v>
       </c>
       <c r="F11" t="s">
         <v>27</v>
       </c>
     </row>
@@ -926,758 +926,755 @@
         <v>8560</v>
       </c>
       <c r="F12" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13">
         <v>7</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13">
         <v>8</v>
       </c>
       <c r="E13">
         <v>3595</v>
       </c>
       <c r="F13" t="s">
         <v>31</v>
       </c>
-      <c r="G13" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B14">
         <v>1</v>
       </c>
       <c r="C14">
         <v>7</v>
       </c>
       <c r="D14">
         <v>8</v>
       </c>
       <c r="E14">
-        <v>3186</v>
+        <v>3185</v>
       </c>
       <c r="F14" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C15">
         <v>8</v>
       </c>
       <c r="D15">
         <v>8</v>
       </c>
       <c r="E15">
         <v>96</v>
       </c>
       <c r="F15" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B16">
         <v>6</v>
       </c>
       <c r="C16">
         <v>1</v>
       </c>
       <c r="D16">
         <v>7</v>
       </c>
       <c r="E16">
         <v>4056</v>
       </c>
       <c r="F16" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B17">
         <v>2</v>
       </c>
       <c r="C17">
         <v>5</v>
       </c>
       <c r="D17">
         <v>7</v>
       </c>
       <c r="E17">
         <v>3280</v>
       </c>
       <c r="F17" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B18">
         <v>6</v>
       </c>
       <c r="D18">
         <v>6</v>
       </c>
       <c r="E18">
         <v>8243</v>
       </c>
       <c r="F18" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B19">
         <v>5</v>
       </c>
       <c r="C19">
         <v>1</v>
       </c>
       <c r="D19">
         <v>6</v>
       </c>
       <c r="E19">
-        <v>3675</v>
+        <v>3807</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B20">
         <v>6</v>
       </c>
       <c r="D20">
         <v>6</v>
       </c>
       <c r="E20">
         <v>3753</v>
       </c>
       <c r="F20" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B21">
         <v>4</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
       <c r="D21">
         <v>5</v>
       </c>
       <c r="E21">
         <v>5103</v>
       </c>
       <c r="F21" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B22">
         <v>2</v>
       </c>
       <c r="C22">
         <v>3</v>
       </c>
       <c r="D22">
         <v>5</v>
       </c>
       <c r="E22">
         <v>6015</v>
       </c>
       <c r="F22" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B23">
         <v>4</v>
       </c>
       <c r="C23">
         <v>1</v>
       </c>
       <c r="D23">
         <v>5</v>
       </c>
       <c r="E23">
-        <v>3185</v>
+        <v>3435</v>
       </c>
       <c r="F23" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B24">
         <v>3</v>
       </c>
       <c r="C24">
         <v>2</v>
       </c>
       <c r="D24">
         <v>5</v>
       </c>
       <c r="E24">
         <v>1300</v>
       </c>
       <c r="F24" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B25">
         <v>4</v>
       </c>
       <c r="C25">
         <v>1</v>
       </c>
       <c r="D25">
         <v>5</v>
       </c>
       <c r="E25">
-        <v>6730</v>
+        <v>7180</v>
       </c>
       <c r="F25" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C26">
         <v>5</v>
       </c>
       <c r="D26">
         <v>5</v>
       </c>
       <c r="E26">
         <v>113</v>
       </c>
       <c r="F26" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B27">
         <v>3</v>
       </c>
       <c r="C27">
         <v>1</v>
       </c>
       <c r="D27">
         <v>4</v>
       </c>
       <c r="E27">
         <v>3022</v>
       </c>
       <c r="F27" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B28">
         <v>3</v>
       </c>
       <c r="C28">
         <v>1</v>
       </c>
       <c r="D28">
         <v>4</v>
       </c>
       <c r="E28">
         <v>6260</v>
       </c>
       <c r="F28" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B29">
         <v>4</v>
       </c>
       <c r="D29">
         <v>4</v>
       </c>
       <c r="E29">
         <v>3294</v>
       </c>
       <c r="F29" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B30">
         <v>4</v>
       </c>
       <c r="D30">
         <v>4</v>
       </c>
       <c r="E30">
         <v>1045</v>
       </c>
       <c r="F30" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B31">
         <v>2</v>
       </c>
       <c r="C31">
         <v>2</v>
       </c>
       <c r="D31">
         <v>4</v>
       </c>
       <c r="E31">
         <v>3032</v>
       </c>
       <c r="F31" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B32">
         <v>4</v>
       </c>
       <c r="D32">
         <v>4</v>
       </c>
       <c r="E32">
         <v>3590</v>
       </c>
       <c r="F32" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B33">
         <v>4</v>
       </c>
       <c r="D33">
         <v>4</v>
       </c>
       <c r="E33">
         <v>3243</v>
       </c>
       <c r="F33" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B34">
         <v>2</v>
       </c>
       <c r="C34">
         <v>2</v>
       </c>
       <c r="D34">
         <v>4</v>
       </c>
       <c r="E34">
         <v>3060</v>
       </c>
       <c r="F34" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B35">
         <v>3</v>
       </c>
       <c r="C35">
         <v>1</v>
       </c>
       <c r="D35">
         <v>4</v>
       </c>
       <c r="E35">
         <v>3140</v>
       </c>
       <c r="F35" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B36">
         <v>4</v>
       </c>
       <c r="D36">
         <v>4</v>
       </c>
       <c r="E36">
         <v>4465</v>
       </c>
       <c r="F36" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B37">
         <v>3</v>
       </c>
       <c r="D37">
         <v>3</v>
       </c>
       <c r="E37">
         <v>3220</v>
       </c>
       <c r="F37" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B38">
         <v>2</v>
       </c>
       <c r="C38">
         <v>1</v>
       </c>
       <c r="D38">
         <v>3</v>
       </c>
       <c r="E38">
         <v>329</v>
       </c>
       <c r="F38" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B39">
         <v>3</v>
       </c>
       <c r="D39">
         <v>3</v>
       </c>
       <c r="E39">
         <v>3210</v>
       </c>
       <c r="F39" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B40">
         <v>1</v>
       </c>
       <c r="C40">
         <v>2</v>
       </c>
       <c r="D40">
         <v>3</v>
       </c>
       <c r="E40">
         <v>70</v>
       </c>
       <c r="F40" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B41">
         <v>2</v>
       </c>
       <c r="C41">
         <v>1</v>
       </c>
       <c r="D41">
         <v>3</v>
       </c>
       <c r="E41">
         <v>3035</v>
       </c>
       <c r="F41" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C42">
         <v>3</v>
       </c>
       <c r="D42">
         <v>3</v>
       </c>
       <c r="E42">
         <v>80</v>
       </c>
       <c r="F42" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
+        <v>80</v>
+      </c>
+      <c r="B43">
+        <v>3</v>
+      </c>
+      <c r="D43">
+        <v>3</v>
+      </c>
+      <c r="E43">
+        <v>3815</v>
+      </c>
+      <c r="F43" t="s">
         <v>81</v>
-      </c>
-[...10 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B44">
         <v>3</v>
       </c>
       <c r="D44">
         <v>3</v>
       </c>
       <c r="E44">
         <v>1274</v>
       </c>
       <c r="F44" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B45">
         <v>2</v>
       </c>
       <c r="C45">
         <v>1</v>
       </c>
       <c r="D45">
         <v>3</v>
       </c>
       <c r="E45">
         <v>3259</v>
       </c>
       <c r="F45" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B46">
         <v>3</v>
       </c>
       <c r="D46">
         <v>3</v>
       </c>
       <c r="E46">
         <v>5970</v>
       </c>
       <c r="F46" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B47">
         <v>2</v>
       </c>
       <c r="C47">
         <v>1</v>
       </c>
       <c r="D47">
         <v>3</v>
       </c>
       <c r="E47">
         <v>3052</v>
       </c>
       <c r="F47" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B48">
         <v>3</v>
       </c>
       <c r="D48">
         <v>3</v>
       </c>
       <c r="E48">
         <v>3110</v>
       </c>
       <c r="F48" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B49">
         <v>3</v>
       </c>
       <c r="D49">
         <v>3</v>
       </c>
       <c r="E49">
         <v>3450</v>
       </c>
       <c r="F49" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B50">
         <v>3</v>
       </c>
       <c r="D50">
         <v>3</v>
       </c>
       <c r="E50">
         <v>3640</v>
       </c>
       <c r="F50" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B51">
         <v>2</v>
       </c>
       <c r="C51">
         <v>1</v>
       </c>
       <c r="D51">
         <v>3</v>
       </c>
       <c r="E51">
         <v>600</v>
       </c>
       <c r="F51" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">