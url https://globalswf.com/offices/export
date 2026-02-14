--- v1 (2025-11-19)
+++ v2 (2026-02-14)
@@ -92,261 +92,261 @@
   <si>
     <t>HKIC</t>
   </si>
   <si>
     <t>Sydney NSW</t>
   </si>
   <si>
     <t>GIC</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>San Francisco CA</t>
   </si>
   <si>
     <t>NPS</t>
   </si>
   <si>
     <t>Tokyo</t>
   </si>
   <si>
     <t>BCI</t>
   </si>
   <si>
+    <t>Toronto ON</t>
+  </si>
+  <si>
+    <t>IMCO</t>
+  </si>
+  <si>
+    <t>Abu Dhabi</t>
+  </si>
+  <si>
+    <t>Temasek</t>
+  </si>
+  <si>
+    <t>Mumbai</t>
+  </si>
+  <si>
+    <t>KIC</t>
+  </si>
+  <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>QIC</t>
   </si>
   <si>
-    <t>Toronto ON</t>
-[...14 lines deleted...]
-    <t>KIC</t>
+    <t>Melbourne VIC</t>
   </si>
   <si>
     <t>Shanghai</t>
   </si>
   <si>
     <t>APG</t>
   </si>
   <si>
-    <t>Melbourne VIC</t>
-[...1 lines deleted...]
-  <si>
     <t>Washington DC</t>
   </si>
   <si>
     <t>Kuala Lumpur</t>
   </si>
   <si>
     <t>KWAP</t>
   </si>
   <si>
     <t>Seoul</t>
   </si>
   <si>
+    <t>Astana</t>
+  </si>
+  <si>
+    <t>Baiterek</t>
+  </si>
+  <si>
+    <t>Copenhagen</t>
+  </si>
+  <si>
+    <t>Frankfurt</t>
+  </si>
+  <si>
+    <t>BoK</t>
+  </si>
+  <si>
+    <t>Jakarta</t>
+  </si>
+  <si>
+    <t>Danantara</t>
+  </si>
+  <si>
+    <t>New Delhi</t>
+  </si>
+  <si>
+    <t>La Caisse</t>
+  </si>
+  <si>
+    <t>Riyadh</t>
+  </si>
+  <si>
+    <t>NDF</t>
+  </si>
+  <si>
+    <t>Sao Paulo SP</t>
+  </si>
+  <si>
     <t>Stockholm</t>
   </si>
   <si>
-    <t>AP1-6</t>
-[...29 lines deleted...]
-    <t>Sao Paulo SP</t>
+    <t>AP3</t>
   </si>
   <si>
     <t>Accra</t>
   </si>
   <si>
     <t>GIIF</t>
   </si>
   <si>
     <t>Amsterdam</t>
   </si>
   <si>
     <t>OMERS</t>
   </si>
   <si>
-    <t>Astana</t>
-[...4 lines deleted...]
-  <si>
     <t>Austin TX</t>
   </si>
   <si>
     <t>Texas MRS</t>
   </si>
   <si>
     <t>Brussels</t>
   </si>
   <si>
+    <t>Hanoi</t>
+  </si>
+  <si>
+    <t>Manama</t>
+  </si>
+  <si>
+    <t>SIO-MPF</t>
+  </si>
+  <si>
+    <t>Mexico City</t>
+  </si>
+  <si>
+    <t>Moscow</t>
+  </si>
+  <si>
+    <t>Mubadala</t>
+  </si>
+  <si>
+    <t>Oslo</t>
+  </si>
+  <si>
+    <t>FTF</t>
+  </si>
+  <si>
+    <t>Baku</t>
+  </si>
+  <si>
+    <t>AIH</t>
+  </si>
+  <si>
+    <t>Bangkok</t>
+  </si>
+  <si>
+    <t>GPF</t>
+  </si>
+  <si>
+    <t>Boston MA</t>
+  </si>
+  <si>
+    <t>Cairo</t>
+  </si>
+  <si>
+    <t>ADQ</t>
+  </si>
+  <si>
+    <t>Calgary AB</t>
+  </si>
+  <si>
+    <t>Doha</t>
+  </si>
+  <si>
+    <t>QIA</t>
+  </si>
+  <si>
+    <t>Dubai</t>
+  </si>
+  <si>
+    <t>ICD</t>
+  </si>
+  <si>
     <t>Helsinki</t>
   </si>
   <si>
     <t>Solidium</t>
   </si>
   <si>
-    <t>Manama</t>
-[...23 lines deleted...]
-    <t>AIH</t>
+    <t>Kuwait</t>
+  </si>
+  <si>
+    <t>PIFSS-Wafra</t>
+  </si>
+  <si>
+    <t>Luanda</t>
+  </si>
+  <si>
+    <t>CADF</t>
+  </si>
+  <si>
+    <t>Manila</t>
+  </si>
+  <si>
+    <t>Maharlika</t>
+  </si>
+  <si>
+    <t>Muscat</t>
+  </si>
+  <si>
+    <t>SPF</t>
+  </si>
+  <si>
+    <t>Rabat</t>
+  </si>
+  <si>
+    <t>Ithmar Capital</t>
+  </si>
+  <si>
+    <t>Rio de Janeiro RJ</t>
+  </si>
+  <si>
+    <t>FFSB</t>
   </si>
   <si>
     <t>Berlin</t>
-  </si>
-[...67 lines deleted...]
-    <t>FFSB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -841,285 +841,282 @@
       </c>
       <c r="C8">
         <v>8</v>
       </c>
       <c r="D8">
         <v>12</v>
       </c>
       <c r="E8">
         <v>3737</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>11</v>
       </c>
       <c r="D9">
         <v>11</v>
       </c>
       <c r="E9">
-        <v>226</v>
+        <v>216</v>
       </c>
       <c r="F9" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10">
         <v>5</v>
       </c>
       <c r="C10">
         <v>6</v>
       </c>
       <c r="D10">
         <v>11</v>
       </c>
       <c r="E10">
         <v>3456</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="C11">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D11">
         <v>9</v>
       </c>
       <c r="E11">
-        <v>125</v>
+        <v>8560</v>
       </c>
       <c r="F11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C12">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D12">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E12">
-        <v>8560</v>
+        <v>3595</v>
       </c>
       <c r="F12" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13">
+        <v>1</v>
+      </c>
+      <c r="C13">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="D13">
         <v>8</v>
       </c>
       <c r="E13">
-        <v>3595</v>
+        <v>3185</v>
       </c>
       <c r="F13" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>32</v>
       </c>
-      <c r="B14">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
         <v>7</v>
       </c>
       <c r="D14">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E14">
-        <v>3185</v>
+        <v>80</v>
       </c>
       <c r="F14" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>34</v>
       </c>
+      <c r="B15">
+        <v>6</v>
+      </c>
       <c r="C15">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D15">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E15">
-        <v>96</v>
+        <v>4056</v>
       </c>
       <c r="F15" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>35</v>
       </c>
       <c r="C16">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D16">
         <v>7</v>
       </c>
       <c r="E16">
-        <v>4056</v>
+        <v>91</v>
       </c>
       <c r="F16" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17">
         <v>2</v>
       </c>
       <c r="C17">
         <v>5</v>
       </c>
       <c r="D17">
         <v>7</v>
       </c>
       <c r="E17">
         <v>3280</v>
       </c>
       <c r="F17" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18">
         <v>6</v>
       </c>
       <c r="D18">
         <v>6</v>
       </c>
       <c r="E18">
         <v>8243</v>
       </c>
       <c r="F18" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19">
         <v>5</v>
       </c>
       <c r="C19">
         <v>1</v>
       </c>
       <c r="D19">
         <v>6</v>
       </c>
       <c r="E19">
         <v>3807</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>41</v>
       </c>
       <c r="B20">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D20">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="E20">
-        <v>3753</v>
+        <v>3594</v>
       </c>
       <c r="F20" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>43</v>
       </c>
       <c r="B21">
         <v>4</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
       <c r="D21">
         <v>5</v>
       </c>
       <c r="E21">
         <v>5103</v>
       </c>
       <c r="F21" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>44</v>
       </c>
       <c r="B22">
         <v>2</v>
       </c>
       <c r="C22">
         <v>3</v>
       </c>
       <c r="D22">
         <v>5</v>
       </c>
       <c r="E22">
         <v>6015</v>
       </c>
       <c r="F22" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>46</v>
@@ -1180,501 +1177,501 @@
         <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>52</v>
       </c>
       <c r="C26">
         <v>5</v>
       </c>
       <c r="D26">
         <v>5</v>
       </c>
       <c r="E26">
         <v>113</v>
       </c>
       <c r="F26" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>53</v>
       </c>
       <c r="B27">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D27">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E27">
-        <v>3022</v>
+        <v>3746</v>
       </c>
       <c r="F27" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>55</v>
       </c>
       <c r="B28">
         <v>3</v>
       </c>
       <c r="C28">
         <v>1</v>
       </c>
       <c r="D28">
         <v>4</v>
       </c>
       <c r="E28">
-        <v>6260</v>
+        <v>3022</v>
       </c>
       <c r="F28" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>57</v>
       </c>
       <c r="B29">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="C29">
+        <v>1</v>
       </c>
       <c r="D29">
         <v>4</v>
       </c>
       <c r="E29">
-        <v>3294</v>
+        <v>6260</v>
       </c>
       <c r="F29" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>59</v>
       </c>
       <c r="B30">
         <v>4</v>
       </c>
       <c r="D30">
         <v>4</v>
       </c>
       <c r="E30">
         <v>1045</v>
       </c>
       <c r="F30" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>61</v>
       </c>
       <c r="B31">
         <v>2</v>
       </c>
       <c r="C31">
         <v>2</v>
       </c>
       <c r="D31">
         <v>4</v>
       </c>
       <c r="E31">
         <v>3032</v>
       </c>
       <c r="F31" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>62</v>
       </c>
       <c r="B32">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="C32">
+        <v>1</v>
       </c>
       <c r="D32">
         <v>4</v>
       </c>
       <c r="E32">
-        <v>3590</v>
+        <v>4259</v>
       </c>
       <c r="F32" t="s">
-        <v>63</v>
+        <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B33">
         <v>4</v>
       </c>
       <c r="D33">
         <v>4</v>
       </c>
       <c r="E33">
         <v>3243</v>
       </c>
       <c r="F33" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B34">
         <v>2</v>
       </c>
       <c r="C34">
         <v>2</v>
       </c>
       <c r="D34">
         <v>4</v>
       </c>
       <c r="E34">
         <v>3060</v>
       </c>
       <c r="F34" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B35">
         <v>3</v>
       </c>
       <c r="C35">
         <v>1</v>
       </c>
       <c r="D35">
         <v>4</v>
       </c>
       <c r="E35">
         <v>3140</v>
       </c>
       <c r="F35" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B36">
         <v>4</v>
       </c>
       <c r="D36">
         <v>4</v>
       </c>
       <c r="E36">
         <v>4465</v>
       </c>
       <c r="F36" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B37">
         <v>3</v>
       </c>
       <c r="D37">
         <v>3</v>
       </c>
       <c r="E37">
         <v>3220</v>
       </c>
       <c r="F37" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
+        <v>72</v>
+      </c>
+      <c r="B38">
+        <v>3</v>
+      </c>
+      <c r="D38">
+        <v>3</v>
+      </c>
+      <c r="E38">
+        <v>3210</v>
+      </c>
+      <c r="F38" t="s">
         <v>73</v>
-      </c>
-[...13 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>74</v>
       </c>
       <c r="B39">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="C39">
+        <v>2</v>
       </c>
       <c r="D39">
         <v>3</v>
       </c>
       <c r="E39">
-        <v>3210</v>
+        <v>70</v>
       </c>
       <c r="F39" t="s">
-        <v>75</v>
+        <v>29</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>75</v>
+      </c>
+      <c r="B40">
+        <v>2</v>
+      </c>
+      <c r="C40">
+        <v>1</v>
+      </c>
+      <c r="D40">
+        <v>3</v>
+      </c>
+      <c r="E40">
+        <v>3035</v>
+      </c>
+      <c r="F40" t="s">
         <v>76</v>
-      </c>
-[...13 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>77</v>
       </c>
-      <c r="B41">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D41">
         <v>3</v>
       </c>
       <c r="E41">
-        <v>3035</v>
+        <v>80</v>
       </c>
       <c r="F41" t="s">
-        <v>78</v>
+        <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>78</v>
+      </c>
+      <c r="B42">
+        <v>3</v>
+      </c>
+      <c r="D42">
+        <v>3</v>
+      </c>
+      <c r="E42">
+        <v>3835</v>
+      </c>
+      <c r="F42" t="s">
         <v>79</v>
-      </c>
-[...10 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>80</v>
       </c>
       <c r="B43">
         <v>3</v>
       </c>
       <c r="D43">
         <v>3</v>
       </c>
       <c r="E43">
-        <v>3815</v>
+        <v>1274</v>
       </c>
       <c r="F43" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>82</v>
       </c>
       <c r="B44">
         <v>3</v>
       </c>
       <c r="D44">
         <v>3</v>
       </c>
       <c r="E44">
-        <v>1274</v>
+        <v>3550</v>
       </c>
       <c r="F44" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>84</v>
       </c>
       <c r="B45">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D45">
         <v>3</v>
       </c>
       <c r="E45">
-        <v>3259</v>
+        <v>5970</v>
       </c>
       <c r="F45" t="s">
-        <v>31</v>
+        <v>85</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B46">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="C46">
+        <v>1</v>
       </c>
       <c r="D46">
         <v>3</v>
       </c>
       <c r="E46">
-        <v>5970</v>
+        <v>3052</v>
       </c>
       <c r="F46" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B47">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D47">
         <v>3</v>
       </c>
       <c r="E47">
-        <v>3052</v>
+        <v>3110</v>
       </c>
       <c r="F47" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B48">
         <v>3</v>
       </c>
       <c r="D48">
         <v>3</v>
       </c>
       <c r="E48">
-        <v>3110</v>
+        <v>3450</v>
       </c>
       <c r="F48" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B49">
         <v>3</v>
       </c>
       <c r="D49">
         <v>3</v>
       </c>
       <c r="E49">
-        <v>3450</v>
+        <v>3640</v>
       </c>
       <c r="F49" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B50">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="C50">
+        <v>1</v>
       </c>
       <c r="D50">
         <v>3</v>
       </c>
       <c r="E50">
-        <v>3640</v>
+        <v>600</v>
       </c>
       <c r="F50" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B51">
+        <v>1</v>
+      </c>
+      <c r="C51">
+        <v>1</v>
+      </c>
+      <c r="D51">
         <v>2</v>
       </c>
-      <c r="C51">
-[...4 lines deleted...]
-      </c>
       <c r="E51">
-        <v>600</v>
+        <v>40</v>
       </c>
       <c r="F51" t="s">
-        <v>96</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">