--- v2 (2026-02-14)
+++ v3 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>City</t>
   </si>
   <si>
     <t>HQs</t>
   </si>
   <si>
     <t>OOs</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>HC</t>
   </si>
   <si>
     <t>Latest</t>
   </si>
   <si>
     <t>Upcoming</t>
   </si>
   <si>
     <t>London</t>
   </si>
   <si>
@@ -77,96 +77,96 @@
   <si>
     <t>HOOPP</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>PIF</t>
   </si>
   <si>
     <t>CPP</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HKIC</t>
   </si>
   <si>
     <t>Sydney NSW</t>
   </si>
   <si>
     <t>GIC</t>
   </si>
   <si>
+    <t>Tokyo</t>
+  </si>
+  <si>
+    <t>BCI</t>
+  </si>
+  <si>
+    <t>San Francisco CA</t>
+  </si>
+  <si>
+    <t>NPS</t>
+  </si>
+  <si>
     <t>Paris</t>
   </si>
   <si>
-    <t>San Francisco CA</t>
-[...8 lines deleted...]
-    <t>BCI</t>
+    <t>Abu Dhabi</t>
+  </si>
+  <si>
+    <t>Temasek</t>
+  </si>
+  <si>
+    <t>Mumbai</t>
+  </si>
+  <si>
+    <t>KIC</t>
   </si>
   <si>
     <t>Toronto ON</t>
   </si>
   <si>
     <t>IMCO</t>
   </si>
   <si>
-    <t>Abu Dhabi</t>
-[...8 lines deleted...]
-    <t>KIC</t>
+    <t>Melbourne VIC</t>
+  </si>
+  <si>
+    <t>QIC</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
-    <t>QIC</t>
-[...4 lines deleted...]
-  <si>
     <t>Shanghai</t>
   </si>
   <si>
-    <t>APG</t>
+    <t>Aramco PF</t>
   </si>
   <si>
     <t>Washington DC</t>
   </si>
   <si>
     <t>Kuala Lumpur</t>
   </si>
   <si>
     <t>KWAP</t>
   </si>
   <si>
     <t>Seoul</t>
   </si>
   <si>
     <t>Astana</t>
   </si>
   <si>
     <t>Baiterek</t>
   </si>
   <si>
     <t>Copenhagen</t>
   </si>
   <si>
     <t>Frankfurt</t>
   </si>
@@ -179,174 +179,171 @@
   <si>
     <t>Danantara</t>
   </si>
   <si>
     <t>New Delhi</t>
   </si>
   <si>
     <t>La Caisse</t>
   </si>
   <si>
     <t>Riyadh</t>
   </si>
   <si>
     <t>NDF</t>
   </si>
   <si>
     <t>Sao Paulo SP</t>
   </si>
   <si>
     <t>Stockholm</t>
   </si>
   <si>
     <t>AP3</t>
   </si>
   <si>
+    <t>Amsterdam</t>
+  </si>
+  <si>
+    <t>OMERS</t>
+  </si>
+  <si>
+    <t>Austin TX</t>
+  </si>
+  <si>
+    <t>Texas MRS</t>
+  </si>
+  <si>
+    <t>Brussels</t>
+  </si>
+  <si>
+    <t>Hanoi</t>
+  </si>
+  <si>
+    <t>Manama</t>
+  </si>
+  <si>
+    <t>SIO-MPF</t>
+  </si>
+  <si>
+    <t>Mexico City</t>
+  </si>
+  <si>
+    <t>Moscow</t>
+  </si>
+  <si>
+    <t>Mubadala</t>
+  </si>
+  <si>
+    <t>Oslo</t>
+  </si>
+  <si>
+    <t>FTF</t>
+  </si>
+  <si>
     <t>Accra</t>
   </si>
   <si>
     <t>GIIF</t>
   </si>
   <si>
-    <t>Amsterdam</t>
-[...37 lines deleted...]
-  <si>
     <t>Baku</t>
   </si>
   <si>
     <t>AIH</t>
   </si>
   <si>
     <t>Bangkok</t>
   </si>
   <si>
     <t>GPF</t>
   </si>
   <si>
     <t>Boston MA</t>
   </si>
   <si>
     <t>Cairo</t>
   </si>
   <si>
-    <t>ADQ</t>
+    <t>LIMAD</t>
   </si>
   <si>
     <t>Calgary AB</t>
   </si>
   <si>
     <t>Doha</t>
   </si>
   <si>
     <t>QIA</t>
   </si>
   <si>
     <t>Dubai</t>
   </si>
   <si>
     <t>ICD</t>
   </si>
   <si>
     <t>Helsinki</t>
   </si>
   <si>
     <t>Solidium</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>PIFSS-Wafra</t>
   </si>
   <si>
-    <t>Luanda</t>
-[...4 lines deleted...]
-  <si>
     <t>Manila</t>
   </si>
   <si>
     <t>Maharlika</t>
   </si>
   <si>
     <t>Muscat</t>
   </si>
   <si>
     <t>SPF</t>
   </si>
   <si>
     <t>Rabat</t>
   </si>
   <si>
     <t>Ithmar Capital</t>
   </si>
   <si>
     <t>Rio de Janeiro RJ</t>
   </si>
   <si>
     <t>FFSB</t>
   </si>
   <si>
-    <t>Berlin</t>
+    <t>Taipei</t>
+  </si>
+  <si>
+    <t>BLF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -650,96 +647,96 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G51"/>
+  <dimension ref="A1:G50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C2">
         <v>40</v>
       </c>
       <c r="D2">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E2">
-        <v>4625</v>
+        <v>4775</v>
       </c>
       <c r="F2" t="s">
         <v>8</v>
       </c>
       <c r="G2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3">
         <v>1</v>
       </c>
       <c r="C3">
         <v>38</v>
       </c>
       <c r="D3">
         <v>39</v>
       </c>
       <c r="E3">
         <v>1681</v>
       </c>
       <c r="F3" t="s">
@@ -752,60 +749,60 @@
       </c>
       <c r="B4">
         <v>4</v>
       </c>
       <c r="C4">
         <v>15</v>
       </c>
       <c r="D4">
         <v>19</v>
       </c>
       <c r="E4">
         <v>5113</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C5">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D5">
         <v>18</v>
       </c>
       <c r="E5">
-        <v>3942</v>
+        <v>3914</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6">
         <v>3</v>
       </c>
       <c r="C6">
         <v>10</v>
       </c>
       <c r="D6">
         <v>13</v>
       </c>
       <c r="E6">
         <v>979</v>
       </c>
       <c r="F6" t="s">
@@ -815,285 +812,285 @@
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7">
         <v>4</v>
       </c>
       <c r="C7">
         <v>9</v>
       </c>
       <c r="D7">
         <v>13</v>
       </c>
       <c r="E7">
         <v>2437</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C8">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D8">
         <v>12</v>
       </c>
       <c r="E8">
-        <v>3737</v>
+        <v>3606</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9">
         <v>11</v>
       </c>
       <c r="D9">
         <v>11</v>
       </c>
       <c r="E9">
         <v>216</v>
       </c>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B10">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="C10">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D10">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E10">
-        <v>3456</v>
+        <v>3527</v>
       </c>
       <c r="F10" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C11">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D11">
         <v>9</v>
       </c>
       <c r="E11">
-        <v>8560</v>
+        <v>3795</v>
       </c>
       <c r="F11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="C12">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D12">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E12">
-        <v>3595</v>
+        <v>3190</v>
       </c>
       <c r="F12" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="C13">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D13">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E13">
-        <v>3185</v>
+        <v>8560</v>
       </c>
       <c r="F13" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>32</v>
       </c>
+      <c r="B14">
+        <v>7</v>
+      </c>
       <c r="C14">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D14">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E14">
-        <v>80</v>
+        <v>4206</v>
       </c>
       <c r="F14" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>34</v>
       </c>
-      <c r="B15">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D15">
         <v>7</v>
       </c>
       <c r="E15">
-        <v>4056</v>
+        <v>80</v>
       </c>
       <c r="F15" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
         <v>7</v>
       </c>
       <c r="D16">
         <v>7</v>
       </c>
       <c r="E16">
         <v>91</v>
       </c>
       <c r="F16" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17">
         <v>2</v>
       </c>
       <c r="C17">
         <v>5</v>
       </c>
       <c r="D17">
         <v>7</v>
       </c>
       <c r="E17">
         <v>3280</v>
       </c>
       <c r="F17" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18">
         <v>6</v>
       </c>
       <c r="D18">
         <v>6</v>
       </c>
       <c r="E18">
         <v>8243</v>
       </c>
       <c r="F18" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19">
         <v>5</v>
       </c>
       <c r="C19">
         <v>1</v>
       </c>
       <c r="D19">
         <v>6</v>
       </c>
       <c r="E19">
         <v>3807</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>41</v>
       </c>
       <c r="B20">
         <v>5</v>
       </c>
       <c r="D20">
         <v>5</v>
       </c>
       <c r="E20">
-        <v>3594</v>
+        <v>4744</v>
       </c>
       <c r="F20" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>43</v>
       </c>
       <c r="B21">
         <v>4</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
       <c r="D21">
         <v>5</v>
       </c>
       <c r="E21">
         <v>5103</v>
       </c>
       <c r="F21" t="s">
         <v>33</v>
       </c>
     </row>
@@ -1203,202 +1200,199 @@
       </c>
       <c r="D27">
         <v>5</v>
       </c>
       <c r="E27">
         <v>3746</v>
       </c>
       <c r="F27" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>55</v>
       </c>
       <c r="B28">
         <v>3</v>
       </c>
       <c r="C28">
         <v>1</v>
       </c>
       <c r="D28">
         <v>4</v>
       </c>
       <c r="E28">
-        <v>3022</v>
+        <v>6260</v>
       </c>
       <c r="F28" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>57</v>
       </c>
       <c r="B29">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D29">
         <v>4</v>
       </c>
       <c r="E29">
-        <v>6260</v>
+        <v>1045</v>
       </c>
       <c r="F29" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>59</v>
       </c>
       <c r="B30">
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="C30">
+        <v>2</v>
       </c>
       <c r="D30">
         <v>4</v>
       </c>
       <c r="E30">
-        <v>1045</v>
+        <v>3032</v>
       </c>
       <c r="F30" t="s">
-        <v>60</v>
+        <v>27</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C31">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D31">
         <v>4</v>
       </c>
       <c r="E31">
-        <v>3032</v>
+        <v>4259</v>
       </c>
       <c r="F31" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
+        <v>61</v>
+      </c>
+      <c r="B32">
+        <v>4</v>
+      </c>
+      <c r="D32">
+        <v>4</v>
+      </c>
+      <c r="E32">
+        <v>3243</v>
+      </c>
+      <c r="F32" t="s">
         <v>62</v>
-      </c>
-[...13 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>63</v>
       </c>
       <c r="B33">
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="C33">
+        <v>2</v>
       </c>
       <c r="D33">
         <v>4</v>
       </c>
       <c r="E33">
-        <v>3243</v>
+        <v>3060</v>
       </c>
       <c r="F33" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
+        <v>64</v>
+      </c>
+      <c r="B34">
+        <v>3</v>
+      </c>
+      <c r="C34">
+        <v>1</v>
+      </c>
+      <c r="D34">
+        <v>4</v>
+      </c>
+      <c r="E34">
+        <v>3140</v>
+      </c>
+      <c r="F34" t="s">
         <v>65</v>
-      </c>
-[...13 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>66</v>
       </c>
       <c r="B35">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D35">
         <v>4</v>
       </c>
       <c r="E35">
-        <v>3140</v>
+        <v>4465</v>
       </c>
       <c r="F35" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>68</v>
       </c>
       <c r="B36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E36">
-        <v>4465</v>
+        <v>3020</v>
       </c>
       <c r="F36" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>70</v>
       </c>
       <c r="B37">
         <v>3</v>
       </c>
       <c r="D37">
         <v>3</v>
       </c>
       <c r="E37">
         <v>3220</v>
       </c>
       <c r="F37" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>72</v>
@@ -1411,88 +1405,88 @@
       </c>
       <c r="E38">
         <v>3210</v>
       </c>
       <c r="F38" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>74</v>
       </c>
       <c r="B39">
         <v>1</v>
       </c>
       <c r="C39">
         <v>2</v>
       </c>
       <c r="D39">
         <v>3</v>
       </c>
       <c r="E39">
         <v>70</v>
       </c>
       <c r="F39" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>75</v>
       </c>
       <c r="B40">
         <v>2</v>
       </c>
       <c r="C40">
         <v>1</v>
       </c>
       <c r="D40">
         <v>3</v>
       </c>
       <c r="E40">
         <v>3035</v>
       </c>
       <c r="F40" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>77</v>
       </c>
       <c r="C41">
         <v>3</v>
       </c>
       <c r="D41">
         <v>3</v>
       </c>
       <c r="E41">
         <v>80</v>
       </c>
       <c r="F41" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>78</v>
       </c>
       <c r="B42">
         <v>3</v>
       </c>
       <c r="D42">
         <v>3</v>
       </c>
       <c r="E42">
         <v>3835</v>
       </c>
       <c r="F42" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>80</v>
       </c>
       <c r="B43">
         <v>3</v>
@@ -1524,154 +1518,131 @@
         <v>83</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>84</v>
       </c>
       <c r="B45">
         <v>3</v>
       </c>
       <c r="D45">
         <v>3</v>
       </c>
       <c r="E45">
         <v>5970</v>
       </c>
       <c r="F45" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>86</v>
       </c>
       <c r="B46">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D46">
         <v>3</v>
       </c>
       <c r="E46">
-        <v>3052</v>
+        <v>3110</v>
       </c>
       <c r="F46" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>88</v>
       </c>
       <c r="B47">
         <v>3</v>
       </c>
       <c r="D47">
         <v>3</v>
       </c>
       <c r="E47">
-        <v>3110</v>
+        <v>3450</v>
       </c>
       <c r="F47" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>90</v>
       </c>
       <c r="B48">
         <v>3</v>
       </c>
       <c r="D48">
         <v>3</v>
       </c>
       <c r="E48">
-        <v>3450</v>
+        <v>3640</v>
       </c>
       <c r="F48" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>92</v>
       </c>
       <c r="B49">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="C49">
+        <v>1</v>
       </c>
       <c r="D49">
         <v>3</v>
       </c>
       <c r="E49">
-        <v>3640</v>
+        <v>600</v>
       </c>
       <c r="F49" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>94</v>
       </c>
       <c r="B50">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D50">
         <v>3</v>
       </c>
       <c r="E50">
-        <v>600</v>
+        <v>3192</v>
       </c>
       <c r="F50" t="s">
         <v>95</v>
-      </c>
-[...18 lines deleted...]
-        <v>58</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">