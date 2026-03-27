--- v3 (2026-03-07)
+++ v4 (2026-03-27)
@@ -89,59 +89,59 @@
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HKIC</t>
   </si>
   <si>
     <t>Sydney NSW</t>
   </si>
   <si>
     <t>GIC</t>
   </si>
   <si>
     <t>Tokyo</t>
   </si>
   <si>
     <t>BCI</t>
   </si>
   <si>
     <t>San Francisco CA</t>
   </si>
   <si>
     <t>NPS</t>
   </si>
   <si>
+    <t>Abu Dhabi</t>
+  </si>
+  <si>
+    <t>Temasek</t>
+  </si>
+  <si>
     <t>Paris</t>
   </si>
   <si>
-    <t>Abu Dhabi</t>
-[...4 lines deleted...]
-  <si>
     <t>Mumbai</t>
   </si>
   <si>
     <t>KIC</t>
   </si>
   <si>
     <t>Toronto ON</t>
   </si>
   <si>
     <t>IMCO</t>
   </si>
   <si>
     <t>Melbourne VIC</t>
   </si>
   <si>
     <t>QIC</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Shanghai</t>
   </si>
   <si>
     <t>Aramco PF</t>
@@ -179,93 +179,93 @@
   <si>
     <t>Danantara</t>
   </si>
   <si>
     <t>New Delhi</t>
   </si>
   <si>
     <t>La Caisse</t>
   </si>
   <si>
     <t>Riyadh</t>
   </si>
   <si>
     <t>NDF</t>
   </si>
   <si>
     <t>Sao Paulo SP</t>
   </si>
   <si>
     <t>Stockholm</t>
   </si>
   <si>
     <t>AP3</t>
   </si>
   <si>
+    <t>Austin TX</t>
+  </si>
+  <si>
+    <t>Texas MRS</t>
+  </si>
+  <si>
+    <t>Brussels</t>
+  </si>
+  <si>
+    <t>Hanoi</t>
+  </si>
+  <si>
+    <t>Manama</t>
+  </si>
+  <si>
+    <t>SIO-MPF</t>
+  </si>
+  <si>
+    <t>Mexico City</t>
+  </si>
+  <si>
+    <t>Moscow</t>
+  </si>
+  <si>
+    <t>Mubadala</t>
+  </si>
+  <si>
+    <t>Oslo</t>
+  </si>
+  <si>
+    <t>FTF</t>
+  </si>
+  <si>
+    <t>Accra</t>
+  </si>
+  <si>
+    <t>GIIF</t>
+  </si>
+  <si>
     <t>Amsterdam</t>
   </si>
   <si>
     <t>OMERS</t>
-  </si>
-[...37 lines deleted...]
-    <t>GIIF</t>
   </si>
   <si>
     <t>Baku</t>
   </si>
   <si>
     <t>AIH</t>
   </si>
   <si>
     <t>Bangkok</t>
   </si>
   <si>
     <t>GPF</t>
   </si>
   <si>
     <t>Boston MA</t>
   </si>
   <si>
     <t>Cairo</t>
   </si>
   <si>
     <t>LIMAD</t>
   </si>
   <si>
     <t>Calgary AB</t>
   </si>
@@ -709,57 +709,57 @@
       </c>
       <c r="C2">
         <v>40</v>
       </c>
       <c r="D2">
         <v>43</v>
       </c>
       <c r="E2">
         <v>4775</v>
       </c>
       <c r="F2" t="s">
         <v>8</v>
       </c>
       <c r="G2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3">
         <v>1</v>
       </c>
       <c r="C3">
+        <v>37</v>
+      </c>
+      <c r="D3">
         <v>38</v>
       </c>
-      <c r="D3">
-[...1 lines deleted...]
-      </c>
       <c r="E3">
-        <v>1681</v>
+        <v>1676</v>
       </c>
       <c r="F3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4">
         <v>4</v>
       </c>
       <c r="C4">
         <v>15</v>
       </c>
       <c r="D4">
         <v>19</v>
       </c>
       <c r="E4">
         <v>5113</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
@@ -795,137 +795,137 @@
       </c>
       <c r="B6">
         <v>3</v>
       </c>
       <c r="C6">
         <v>10</v>
       </c>
       <c r="D6">
         <v>13</v>
       </c>
       <c r="E6">
         <v>979</v>
       </c>
       <c r="F6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7">
         <v>4</v>
       </c>
       <c r="C7">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D7">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E7">
-        <v>2437</v>
+        <v>2432</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8">
         <v>6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8">
         <v>12</v>
       </c>
       <c r="E8">
         <v>3606</v>
       </c>
       <c r="F8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>23</v>
       </c>
       <c r="C9">
         <v>11</v>
       </c>
       <c r="D9">
         <v>11</v>
       </c>
       <c r="E9">
         <v>216</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>25</v>
       </c>
       <c r="B10">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="C10">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D10">
         <v>10</v>
       </c>
       <c r="E10">
-        <v>3527</v>
+        <v>3945</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B11">
+        <v>2</v>
+      </c>
+      <c r="C11">
         <v>8</v>
       </c>
-      <c r="C11">
-[...1 lines deleted...]
-      </c>
       <c r="D11">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E11">
-        <v>3795</v>
+        <v>3527</v>
       </c>
       <c r="F11" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12">
         <v>1</v>
       </c>
       <c r="C12">
         <v>8</v>
       </c>
       <c r="D12">
         <v>9</v>
       </c>
       <c r="E12">
         <v>3190</v>
       </c>
       <c r="F12" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>30</v>
@@ -995,51 +995,51 @@
       </c>
       <c r="E16">
         <v>91</v>
       </c>
       <c r="F16" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17">
         <v>2</v>
       </c>
       <c r="C17">
         <v>5</v>
       </c>
       <c r="D17">
         <v>7</v>
       </c>
       <c r="E17">
         <v>3280</v>
       </c>
       <c r="F17" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18">
         <v>6</v>
       </c>
       <c r="D18">
         <v>6</v>
       </c>
       <c r="E18">
         <v>8243</v>
       </c>
       <c r="F18" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19">
         <v>5</v>
@@ -1191,208 +1191,208 @@
         <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>53</v>
       </c>
       <c r="B27">
         <v>5</v>
       </c>
       <c r="D27">
         <v>5</v>
       </c>
       <c r="E27">
         <v>3746</v>
       </c>
       <c r="F27" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>55</v>
       </c>
       <c r="B28">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D28">
         <v>4</v>
       </c>
       <c r="E28">
-        <v>6260</v>
+        <v>1045</v>
       </c>
       <c r="F28" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>57</v>
       </c>
       <c r="B29">
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="C29">
+        <v>2</v>
       </c>
       <c r="D29">
         <v>4</v>
       </c>
       <c r="E29">
-        <v>1045</v>
+        <v>3032</v>
       </c>
       <c r="F29" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C30">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D30">
         <v>4</v>
       </c>
       <c r="E30">
-        <v>3032</v>
+        <v>4259</v>
       </c>
       <c r="F30" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B31">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D31">
         <v>4</v>
       </c>
       <c r="E31">
-        <v>4259</v>
+        <v>3243</v>
       </c>
       <c r="F31" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>61</v>
       </c>
       <c r="B32">
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="C32">
+        <v>2</v>
       </c>
       <c r="D32">
         <v>4</v>
       </c>
       <c r="E32">
-        <v>3243</v>
+        <v>3060</v>
       </c>
       <c r="F32" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C33">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D33">
         <v>4</v>
       </c>
       <c r="E33">
-        <v>3060</v>
+        <v>3140</v>
       </c>
       <c r="F33" t="s">
-        <v>49</v>
+        <v>63</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>64</v>
       </c>
       <c r="B34">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D34">
         <v>4</v>
       </c>
       <c r="E34">
-        <v>3140</v>
+        <v>4465</v>
       </c>
       <c r="F34" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>66</v>
       </c>
       <c r="B35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E35">
-        <v>4465</v>
+        <v>3020</v>
       </c>
       <c r="F35" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>68</v>
       </c>
       <c r="B36">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="C36">
+        <v>1</v>
       </c>
       <c r="D36">
         <v>3</v>
       </c>
       <c r="E36">
-        <v>3020</v>
+        <v>6020</v>
       </c>
       <c r="F36" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>70</v>
       </c>
       <c r="B37">
         <v>3</v>
       </c>
       <c r="D37">
         <v>3</v>
       </c>
       <c r="E37">
         <v>3220</v>
       </c>
       <c r="F37" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>72</v>
@@ -1405,51 +1405,51 @@
       </c>
       <c r="E38">
         <v>3210</v>
       </c>
       <c r="F38" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>74</v>
       </c>
       <c r="B39">
         <v>1</v>
       </c>
       <c r="C39">
         <v>2</v>
       </c>
       <c r="D39">
         <v>3</v>
       </c>
       <c r="E39">
         <v>70</v>
       </c>
       <c r="F39" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>75</v>
       </c>
       <c r="B40">
         <v>2</v>
       </c>
       <c r="C40">
         <v>1</v>
       </c>
       <c r="D40">
         <v>3</v>
       </c>
       <c r="E40">
         <v>3035</v>
       </c>
       <c r="F40" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>77</v>