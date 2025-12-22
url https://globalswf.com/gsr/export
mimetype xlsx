--- v0 (2025-10-08)
+++ v1 (2025-12-22)
@@ -341,51 +341,51 @@
   <si>
     <t>FTF</t>
   </si>
   <si>
     <t>Future Fund</t>
   </si>
   <si>
     <t>GIC</t>
   </si>
   <si>
     <t>GIIF</t>
   </si>
   <si>
     <t>GOSI</t>
   </si>
   <si>
     <t>GPF</t>
   </si>
   <si>
     <t>GPIF</t>
   </si>
   <si>
     <t>GPSSA</t>
   </si>
   <si>
-    <t>GRSIA</t>
+    <t>GRSIA (Daman)</t>
   </si>
   <si>
     <t>GHF+GSF</t>
   </si>
   <si>
     <t>GSIS</t>
   </si>
   <si>
     <t>Georgia TRS</t>
   </si>
   <si>
     <t>GrowthFund</t>
   </si>
   <si>
     <t>HESTA</t>
   </si>
   <si>
     <t>HKIC</t>
   </si>
   <si>
     <t>HOOPP</t>
   </si>
   <si>
     <t>ICD</t>
   </si>
@@ -437,51 +437,51 @@
   <si>
     <t>-28%</t>
   </si>
   <si>
     <t>KWSP / EPF</t>
   </si>
   <si>
     <t>LACERA</t>
   </si>
   <si>
     <t>LIA</t>
   </si>
   <si>
     <t>MassPRIM</t>
   </si>
   <si>
     <t>MGI</t>
   </si>
   <si>
     <t>MIC</t>
   </si>
   <si>
     <t>Maharlika</t>
   </si>
   <si>
-    <t>Michigan ORS</t>
+    <t>MPSERS</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>MPFA</t>
   </si>
   <si>
     <t>MSBI</t>
   </si>
   <si>
     <t>Mubadala</t>
   </si>
   <si>
     <t>Mumtalakat</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NBIM</t>
   </si>
   <si>
     <t>NF-NIC</t>
   </si>