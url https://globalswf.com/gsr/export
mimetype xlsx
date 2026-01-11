--- v1 (2025-12-22)
+++ v2 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="238">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
   <si>
     <t>Fund</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>GSR</t>
   </si>
   <si>
     <t>GSR (%)</t>
   </si>
   <si>
     <t>Diff</t>
   </si>
   <si>
     <t>ADIA</t>
   </si>
   <si>
@@ -98,53 +98,50 @@
   <si>
     <t>AIMCo</t>
   </si>
   <si>
     <t>84%</t>
   </si>
   <si>
     <t>Alaska PFC</t>
   </si>
   <si>
     <t>-12%</t>
   </si>
   <si>
     <t>Alecta</t>
   </si>
   <si>
     <t>92%</t>
   </si>
   <si>
     <t>Amitim</t>
   </si>
   <si>
     <t>44%</t>
   </si>
   <si>
-    <t>AP1-6</t>
-[...1 lines deleted...]
-  <si>
     <t>88%</t>
   </si>
   <si>
     <t>Aramco PF</t>
   </si>
   <si>
     <t>16%</t>
   </si>
   <si>
     <t>APG</t>
   </si>
   <si>
     <t>ART</t>
   </si>
   <si>
     <t>8%</t>
   </si>
   <si>
     <t>ATP Groep</t>
   </si>
   <si>
     <t>-8%</t>
   </si>
   <si>
     <t>AustralianSuper</t>
@@ -176,53 +173,50 @@
   <si>
     <t>12%</t>
   </si>
   <si>
     <t>BCPP</t>
   </si>
   <si>
     <t>BIA</t>
   </si>
   <si>
     <t>BLF</t>
   </si>
   <si>
     <t>Bouwinvest</t>
   </si>
   <si>
     <t>Bpifrance</t>
   </si>
   <si>
     <t>80%</t>
   </si>
   <si>
     <t>BVK</t>
   </si>
   <si>
-    <t>BVV</t>
-[...1 lines deleted...]
-  <si>
     <t>CADF</t>
   </si>
   <si>
     <t>-16%</t>
   </si>
   <si>
     <t>CalPERS</t>
   </si>
   <si>
     <t>CalSTRS</t>
   </si>
   <si>
     <t>CBUS</t>
   </si>
   <si>
     <t>CDG</t>
   </si>
   <si>
     <t>60%</t>
   </si>
   <si>
     <t>CDP Equity</t>
   </si>
   <si>
     <t>48%</t>
@@ -275,53 +269,50 @@
   <si>
     <t>EIA</t>
   </si>
   <si>
     <t>EIH</t>
   </si>
   <si>
     <t>32%</t>
   </si>
   <si>
     <t>EPFO</t>
   </si>
   <si>
     <t>ESSS</t>
   </si>
   <si>
     <t>FAE+FAEP</t>
   </si>
   <si>
     <t>36%</t>
   </si>
   <si>
     <t>FAP</t>
   </si>
   <si>
-    <t>FDC</t>
-[...1 lines deleted...]
-  <si>
     <t>FEF</t>
   </si>
   <si>
     <t>FFSB</t>
   </si>
   <si>
     <t>FGIS</t>
   </si>
   <si>
     <t>FGR</t>
   </si>
   <si>
     <t>-36%</t>
   </si>
   <si>
     <t>FGS</t>
   </si>
   <si>
     <t>Chinggis Fund</t>
   </si>
   <si>
     <t>FEIP+FMPED</t>
   </si>
   <si>
     <t>FONSIS</t>
@@ -431,53 +422,50 @@
   <si>
     <t>KWAN / NTF</t>
   </si>
   <si>
     <t>KWAP</t>
   </si>
   <si>
     <t>-28%</t>
   </si>
   <si>
     <t>KWSP / EPF</t>
   </si>
   <si>
     <t>LACERA</t>
   </si>
   <si>
     <t>LIA</t>
   </si>
   <si>
     <t>MassPRIM</t>
   </si>
   <si>
     <t>MGI</t>
   </si>
   <si>
-    <t>MIC</t>
-[...1 lines deleted...]
-  <si>
     <t>Maharlika</t>
   </si>
   <si>
     <t>MPSERS</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>MPFA</t>
   </si>
   <si>
     <t>MSBI</t>
   </si>
   <si>
     <t>Mubadala</t>
   </si>
   <si>
     <t>Mumtalakat</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NBIM</t>
@@ -678,53 +666,50 @@
     <t>TL PF</t>
   </si>
   <si>
     <t>Texas TRS</t>
   </si>
   <si>
     <t>TSFE</t>
   </si>
   <si>
     <t>T&amp;T HSF</t>
   </si>
   <si>
     <t>TWF</t>
   </si>
   <si>
     <t>UFRD</t>
   </si>
   <si>
     <t>UniSuper</t>
   </si>
   <si>
     <t>Texas PUF</t>
   </si>
   <si>
     <t>Virginia RS</t>
-  </si>
-[...1 lines deleted...]
-    <t>VER</t>
   </si>
   <si>
     <t>VFMC</t>
   </si>
   <si>
     <t>PIFSS-Wafra</t>
   </si>
   <si>
     <t>WSIB</t>
   </si>
   <si>
     <t>Wyoming STO</t>
   </si>
   <si>
     <t>AP7</t>
   </si>
   <si>
     <t>London CIV</t>
   </si>
   <si>
     <t>Danantara</t>
   </si>
   <si>
     <t>n.a.</t>
   </si>
@@ -1309,4278 +1294,4263 @@
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>26</v>
       </c>
       <c r="B10">
         <v>8</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10">
         <v>2</v>
       </c>
       <c r="E10">
         <v>11</v>
       </c>
       <c r="F10" t="s">
         <v>27</v>
       </c>
       <c r="G10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:7">
-      <c r="A11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B11">
         <v>10</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11">
         <v>3</v>
       </c>
       <c r="E11">
         <v>22</v>
       </c>
       <c r="F11" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B12">
         <v>3</v>
       </c>
       <c r="D12">
         <v>1</v>
       </c>
       <c r="E12">
         <v>4</v>
       </c>
       <c r="F12" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B13">
         <v>8</v>
       </c>
       <c r="C13">
         <v>10</v>
       </c>
       <c r="D13">
         <v>5</v>
       </c>
       <c r="E13">
         <v>23</v>
       </c>
       <c r="F13" t="s">
         <v>25</v>
       </c>
       <c r="G13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B14">
         <v>8</v>
       </c>
       <c r="C14">
         <v>9</v>
       </c>
       <c r="D14">
         <v>4</v>
       </c>
       <c r="E14">
         <v>21</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B15">
         <v>9</v>
       </c>
       <c r="C15">
         <v>9</v>
       </c>
       <c r="D15">
         <v>3</v>
       </c>
       <c r="E15">
         <v>21</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B16">
         <v>9</v>
       </c>
       <c r="C16">
         <v>9</v>
       </c>
       <c r="D16">
         <v>4</v>
       </c>
       <c r="E16">
         <v>22</v>
       </c>
       <c r="F16" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G16" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B17">
         <v>9</v>
       </c>
       <c r="C17">
         <v>10</v>
       </c>
       <c r="D17">
         <v>5</v>
       </c>
       <c r="E17">
         <v>24</v>
       </c>
       <c r="F17" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G17" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B18">
         <v>8</v>
       </c>
       <c r="C18">
         <v>7</v>
       </c>
       <c r="D18">
         <v>1</v>
       </c>
       <c r="E18">
         <v>16</v>
       </c>
       <c r="F18" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B19">
         <v>10</v>
       </c>
       <c r="C19">
         <v>10</v>
       </c>
       <c r="D19">
         <v>2</v>
       </c>
       <c r="E19">
         <v>22</v>
       </c>
       <c r="F19" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G19" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B20">
         <v>10</v>
       </c>
       <c r="C20">
         <v>10</v>
       </c>
       <c r="D20">
         <v>5</v>
       </c>
       <c r="E20">
         <v>25</v>
       </c>
       <c r="F20" t="s">
+        <v>44</v>
+      </c>
+      <c r="G20" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B21">
         <v>9</v>
       </c>
       <c r="C21">
         <v>10</v>
       </c>
       <c r="D21">
         <v>4</v>
       </c>
       <c r="E21">
         <v>23</v>
       </c>
       <c r="F21" t="s">
         <v>25</v>
       </c>
       <c r="G21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B22">
         <v>2</v>
       </c>
       <c r="E22">
         <v>2</v>
       </c>
       <c r="F22" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B23">
         <v>8</v>
       </c>
       <c r="C23">
         <v>8</v>
       </c>
       <c r="D23">
         <v>2</v>
       </c>
       <c r="E23">
         <v>18</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B24">
         <v>8</v>
       </c>
       <c r="C24">
         <v>10</v>
       </c>
       <c r="D24">
         <v>4</v>
       </c>
       <c r="E24">
         <v>22</v>
       </c>
       <c r="F24" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G24" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B25">
         <v>9</v>
       </c>
       <c r="C25">
         <v>8</v>
       </c>
       <c r="D25">
         <v>3</v>
       </c>
       <c r="E25">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G25" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B26">
         <v>9</v>
       </c>
       <c r="C26">
         <v>8</v>
       </c>
       <c r="D26">
         <v>1</v>
       </c>
       <c r="E26">
         <v>18</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:7">
-      <c r="A27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B27">
         <v>8</v>
       </c>
       <c r="C27">
         <v>8</v>
       </c>
       <c r="D27">
         <v>2</v>
       </c>
       <c r="E27">
         <v>18</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B28">
         <v>3</v>
       </c>
       <c r="C28">
         <v>3</v>
       </c>
       <c r="E28">
         <v>6</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B29">
         <v>10</v>
       </c>
       <c r="C29">
         <v>10</v>
       </c>
       <c r="D29">
         <v>3</v>
       </c>
       <c r="E29">
         <v>23</v>
       </c>
       <c r="F29" t="s">
         <v>25</v>
       </c>
       <c r="G29" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B30">
         <v>10</v>
       </c>
       <c r="C30">
         <v>10</v>
       </c>
       <c r="D30">
         <v>3</v>
       </c>
       <c r="E30">
         <v>23</v>
       </c>
       <c r="F30" t="s">
         <v>25</v>
       </c>
       <c r="G30" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B31">
         <v>9</v>
       </c>
       <c r="C31">
         <v>10</v>
       </c>
       <c r="D31">
         <v>3</v>
       </c>
       <c r="E31">
         <v>22</v>
       </c>
       <c r="F31" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G31" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="B32">
         <v>8</v>
       </c>
       <c r="C32">
         <v>7</v>
       </c>
       <c r="D32">
         <v>1</v>
       </c>
       <c r="E32">
         <v>16</v>
       </c>
       <c r="F32" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G32" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B33">
         <v>7</v>
       </c>
       <c r="C33">
         <v>7</v>
       </c>
       <c r="D33">
         <v>1</v>
       </c>
       <c r="E33">
         <v>15</v>
       </c>
       <c r="F33" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G33" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B34">
         <v>7</v>
       </c>
       <c r="C34">
         <v>3</v>
       </c>
       <c r="D34">
         <v>2</v>
       </c>
       <c r="E34">
         <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="G34" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B35">
         <v>10</v>
       </c>
       <c r="C35">
         <v>10</v>
       </c>
       <c r="D35">
         <v>5</v>
       </c>
       <c r="E35">
         <v>25</v>
       </c>
       <c r="F35" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G35" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B36">
         <v>8</v>
       </c>
       <c r="C36">
         <v>6</v>
       </c>
       <c r="D36">
         <v>3</v>
       </c>
       <c r="E36">
         <v>17</v>
       </c>
       <c r="F36" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G36" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B37">
         <v>9</v>
       </c>
       <c r="D37">
         <v>4</v>
       </c>
       <c r="E37">
         <v>13</v>
       </c>
       <c r="F37" t="s">
         <v>16</v>
       </c>
       <c r="G37" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B38">
         <v>8</v>
       </c>
       <c r="C38">
         <v>6</v>
       </c>
       <c r="D38">
         <v>5</v>
       </c>
       <c r="E38">
         <v>19</v>
       </c>
       <c r="F38" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G38" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B39">
         <v>8</v>
       </c>
       <c r="C39">
         <v>2</v>
       </c>
       <c r="D39">
         <v>5</v>
       </c>
       <c r="E39">
         <v>15</v>
       </c>
       <c r="F39" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G39" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B40">
         <v>10</v>
       </c>
       <c r="C40">
         <v>9</v>
       </c>
       <c r="D40">
         <v>5</v>
       </c>
       <c r="E40">
         <v>24</v>
       </c>
       <c r="F40" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G40" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B41">
         <v>10</v>
       </c>
       <c r="C41">
         <v>7</v>
       </c>
       <c r="D41">
         <v>2</v>
       </c>
       <c r="E41">
         <v>19</v>
       </c>
       <c r="F41" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G41" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B42">
         <v>9</v>
       </c>
       <c r="C42">
         <v>2</v>
       </c>
       <c r="D42">
         <v>3</v>
       </c>
       <c r="E42">
         <v>14</v>
       </c>
       <c r="F42" t="s">
         <v>8</v>
       </c>
       <c r="G42" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B43">
         <v>10</v>
       </c>
       <c r="C43">
         <v>9</v>
       </c>
       <c r="D43">
         <v>5</v>
       </c>
       <c r="E43">
         <v>24</v>
       </c>
       <c r="F43" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G43" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B44">
         <v>10</v>
       </c>
       <c r="C44">
         <v>9</v>
       </c>
       <c r="D44">
         <v>4</v>
       </c>
       <c r="E44">
         <v>23</v>
       </c>
       <c r="F44" t="s">
         <v>25</v>
       </c>
       <c r="G44" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B45">
         <v>4</v>
       </c>
       <c r="C45">
         <v>7</v>
       </c>
       <c r="D45">
         <v>1</v>
       </c>
       <c r="E45">
         <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="G45" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B46">
         <v>7</v>
       </c>
       <c r="E46">
         <v>7</v>
       </c>
       <c r="F46" t="s">
         <v>18</v>
       </c>
       <c r="G46" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B47">
         <v>7</v>
       </c>
       <c r="C47">
         <v>9</v>
       </c>
       <c r="D47">
         <v>2</v>
       </c>
       <c r="E47">
         <v>18</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B48">
         <v>3</v>
       </c>
       <c r="C48">
         <v>2</v>
       </c>
       <c r="D48">
         <v>2</v>
       </c>
       <c r="E48">
         <v>7</v>
       </c>
       <c r="F48" t="s">
         <v>18</v>
       </c>
       <c r="G48" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B49">
         <v>6</v>
       </c>
       <c r="C49">
         <v>2</v>
       </c>
       <c r="E49">
         <v>8</v>
       </c>
       <c r="F49" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="G49" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B50">
         <v>9</v>
       </c>
       <c r="C50">
         <v>2</v>
       </c>
       <c r="D50">
         <v>1</v>
       </c>
       <c r="E50">
         <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="G50" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B51">
         <v>6</v>
       </c>
       <c r="C51">
         <v>6</v>
       </c>
       <c r="D51">
         <v>2</v>
       </c>
       <c r="E51">
         <v>14</v>
       </c>
       <c r="F51" t="s">
         <v>8</v>
       </c>
       <c r="G51" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B52">
         <v>7</v>
       </c>
       <c r="D52">
         <v>2</v>
       </c>
       <c r="E52">
         <v>9</v>
       </c>
       <c r="F52" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="G52" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B53">
         <v>10</v>
       </c>
       <c r="C53">
         <v>5</v>
       </c>
       <c r="D53">
         <v>5</v>
       </c>
       <c r="E53">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G53" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:7">
-      <c r="A54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B54">
         <v>10</v>
       </c>
       <c r="C54">
         <v>8</v>
       </c>
       <c r="D54">
         <v>4</v>
       </c>
       <c r="E54">
         <v>22</v>
       </c>
       <c r="F54" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G54" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="B55">
         <v>3</v>
       </c>
       <c r="E55">
         <v>3</v>
       </c>
       <c r="F55" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="G55" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B56">
         <v>4</v>
       </c>
       <c r="E56">
         <v>4</v>
       </c>
       <c r="F56" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G56" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="B57">
         <v>6</v>
       </c>
       <c r="C57">
         <v>5</v>
       </c>
       <c r="E57">
         <v>11</v>
       </c>
       <c r="F57" t="s">
         <v>27</v>
       </c>
       <c r="G57" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B58">
         <v>5</v>
       </c>
       <c r="E58">
         <v>5</v>
       </c>
       <c r="F58" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G58" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B59">
         <v>3</v>
       </c>
       <c r="C59">
         <v>1</v>
       </c>
       <c r="D59">
         <v>1</v>
       </c>
       <c r="E59">
         <v>5</v>
       </c>
       <c r="F59" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G59" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="B60">
         <v>3</v>
       </c>
       <c r="E60">
         <v>3</v>
       </c>
       <c r="F60" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="G60" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B61">
         <v>9</v>
       </c>
       <c r="D61">
         <v>3</v>
       </c>
       <c r="E61">
         <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="G61" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="B62">
         <v>6</v>
       </c>
       <c r="C62">
         <v>8</v>
       </c>
       <c r="D62">
         <v>2</v>
       </c>
       <c r="E62">
         <v>16</v>
       </c>
       <c r="F62" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G62" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="B63">
         <v>10</v>
       </c>
       <c r="C63">
         <v>9</v>
       </c>
       <c r="D63">
         <v>4</v>
       </c>
       <c r="E63">
         <v>23</v>
       </c>
       <c r="F63" t="s">
         <v>25</v>
       </c>
       <c r="G63" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B64">
         <v>8</v>
       </c>
       <c r="C64">
         <v>1</v>
       </c>
       <c r="D64">
         <v>3</v>
       </c>
       <c r="E64">
         <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="G64" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="B65">
         <v>4</v>
       </c>
       <c r="C65">
         <v>2</v>
       </c>
       <c r="E65">
         <v>6</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B66">
         <v>10</v>
       </c>
       <c r="C66">
         <v>2</v>
       </c>
       <c r="D66">
         <v>4</v>
       </c>
       <c r="E66">
         <v>16</v>
       </c>
       <c r="F66" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G66" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B67">
         <v>9</v>
       </c>
       <c r="C67">
         <v>8</v>
       </c>
       <c r="D67">
         <v>5</v>
       </c>
       <c r="E67">
         <v>22</v>
       </c>
       <c r="F67" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G67" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B68">
         <v>10</v>
       </c>
       <c r="C68">
         <v>8</v>
       </c>
       <c r="D68">
         <v>5</v>
       </c>
       <c r="E68">
         <v>23</v>
       </c>
       <c r="F68" t="s">
         <v>25</v>
       </c>
       <c r="G68" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="B69">
         <v>6</v>
       </c>
       <c r="C69">
         <v>6</v>
       </c>
       <c r="D69">
         <v>4</v>
       </c>
       <c r="E69">
         <v>16</v>
       </c>
       <c r="F69" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G69" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B70">
         <v>6</v>
       </c>
       <c r="C70">
         <v>4</v>
       </c>
       <c r="D70">
         <v>2</v>
       </c>
       <c r="E70">
         <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="G70" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B71">
         <v>8</v>
       </c>
       <c r="C71">
         <v>3</v>
       </c>
       <c r="D71">
         <v>2</v>
       </c>
       <c r="E71">
         <v>13</v>
       </c>
       <c r="F71" t="s">
         <v>16</v>
       </c>
       <c r="G71" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="B72">
         <v>9</v>
       </c>
       <c r="C72">
         <v>9</v>
       </c>
       <c r="D72">
         <v>5</v>
       </c>
       <c r="E72">
         <v>23</v>
       </c>
       <c r="F72" t="s">
         <v>25</v>
       </c>
       <c r="G72" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B73">
         <v>10</v>
       </c>
       <c r="C73">
         <v>8</v>
       </c>
       <c r="D73">
         <v>4</v>
       </c>
       <c r="E73">
         <v>22</v>
       </c>
       <c r="F73" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G73" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B74">
         <v>3</v>
       </c>
       <c r="C74">
         <v>1</v>
       </c>
       <c r="D74">
         <v>1</v>
       </c>
       <c r="E74">
         <v>5</v>
       </c>
       <c r="F74" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G74" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="B75">
         <v>6</v>
       </c>
       <c r="C75">
         <v>1</v>
       </c>
       <c r="D75">
         <v>1</v>
       </c>
       <c r="E75">
         <v>8</v>
       </c>
       <c r="F75" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="G75" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B76">
         <v>7</v>
       </c>
       <c r="D76">
         <v>3</v>
       </c>
       <c r="E76">
         <v>10</v>
       </c>
       <c r="F76" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="G76" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="B77">
         <v>6</v>
       </c>
       <c r="C77">
         <v>2</v>
       </c>
       <c r="D77">
         <v>1</v>
       </c>
       <c r="E77">
         <v>9</v>
       </c>
       <c r="F77" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="G77" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="B78">
         <v>9</v>
       </c>
       <c r="C78">
         <v>2</v>
       </c>
       <c r="D78">
         <v>1</v>
       </c>
       <c r="E78">
         <v>12</v>
       </c>
       <c r="F78" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="G78" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="B79">
         <v>9</v>
       </c>
       <c r="C79">
         <v>9</v>
       </c>
       <c r="D79">
         <v>2</v>
       </c>
       <c r="E79">
         <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G79" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B80">
         <v>9</v>
       </c>
       <c r="C80">
         <v>9</v>
       </c>
       <c r="D80">
         <v>3</v>
       </c>
       <c r="E80">
         <v>21</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B81">
         <v>4</v>
       </c>
       <c r="C81">
         <v>1</v>
       </c>
       <c r="E81">
         <v>5</v>
       </c>
       <c r="F81" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G81" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B82">
         <v>7</v>
       </c>
       <c r="C82">
         <v>9</v>
       </c>
       <c r="D82">
         <v>5</v>
       </c>
       <c r="E82">
         <v>21</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B83">
         <v>7</v>
       </c>
       <c r="C83">
         <v>5</v>
       </c>
       <c r="D83">
         <v>2</v>
       </c>
       <c r="E83">
         <v>14</v>
       </c>
       <c r="F83" t="s">
         <v>8</v>
       </c>
       <c r="G83" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B84">
         <v>9</v>
       </c>
       <c r="C84">
         <v>10</v>
       </c>
       <c r="D84">
         <v>5</v>
       </c>
       <c r="E84">
         <v>24</v>
       </c>
       <c r="F84" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G84" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B85">
         <v>7</v>
       </c>
       <c r="C85">
         <v>8</v>
       </c>
       <c r="D85">
         <v>3</v>
       </c>
       <c r="E85">
         <v>18</v>
       </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B86">
         <v>10</v>
       </c>
       <c r="C86">
         <v>10</v>
       </c>
       <c r="D86">
         <v>5</v>
       </c>
       <c r="E86">
         <v>25</v>
       </c>
       <c r="F86" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G86" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B87">
         <v>9</v>
       </c>
       <c r="C87">
         <v>2</v>
       </c>
       <c r="D87">
         <v>2</v>
       </c>
       <c r="E87">
         <v>13</v>
       </c>
       <c r="F87" t="s">
         <v>16</v>
       </c>
       <c r="G87" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B88">
         <v>4</v>
       </c>
       <c r="C88">
         <v>2</v>
       </c>
       <c r="E88">
         <v>6</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B89">
         <v>10</v>
       </c>
       <c r="C89">
         <v>10</v>
       </c>
       <c r="D89">
         <v>4</v>
       </c>
       <c r="E89">
         <v>24</v>
       </c>
       <c r="F89" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G89" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B90">
         <v>9</v>
       </c>
       <c r="C90">
         <v>9</v>
       </c>
       <c r="D90">
         <v>3</v>
       </c>
       <c r="E90">
         <v>21</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B91">
         <v>8</v>
       </c>
       <c r="C91">
         <v>7</v>
       </c>
       <c r="D91">
         <v>3</v>
       </c>
       <c r="E91">
         <v>18</v>
       </c>
       <c r="F91" t="s">
         <v>14</v>
       </c>
       <c r="G91" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B92">
         <v>5</v>
       </c>
       <c r="C92">
         <v>3</v>
       </c>
       <c r="D92">
         <v>2</v>
       </c>
       <c r="E92">
         <v>10</v>
       </c>
       <c r="F92" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="G92" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B93">
         <v>9</v>
       </c>
       <c r="C93">
         <v>9</v>
       </c>
       <c r="D93">
         <v>5</v>
       </c>
       <c r="E93">
         <v>23</v>
       </c>
       <c r="F93" t="s">
         <v>25</v>
       </c>
       <c r="G93" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B94">
         <v>9</v>
       </c>
       <c r="C94">
         <v>10</v>
       </c>
       <c r="D94">
         <v>4</v>
       </c>
       <c r="E94">
         <v>23</v>
       </c>
       <c r="F94" t="s">
         <v>25</v>
       </c>
       <c r="G94" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B95">
         <v>7</v>
       </c>
       <c r="C95">
         <v>6</v>
       </c>
       <c r="D95">
         <v>2</v>
       </c>
       <c r="E95">
         <v>15</v>
       </c>
       <c r="F95" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G95" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B96">
         <v>7</v>
       </c>
       <c r="C96">
         <v>8</v>
       </c>
       <c r="D96">
         <v>4</v>
       </c>
       <c r="E96">
         <v>19</v>
       </c>
       <c r="F96" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G96" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B97">
         <v>3</v>
       </c>
       <c r="E97">
         <v>3</v>
       </c>
       <c r="F97" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="G97" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="B98">
         <v>6</v>
       </c>
       <c r="C98">
         <v>6</v>
       </c>
       <c r="D98">
         <v>2</v>
       </c>
       <c r="E98">
         <v>14</v>
       </c>
       <c r="F98" t="s">
         <v>8</v>
       </c>
       <c r="G98" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B99">
         <v>9</v>
       </c>
       <c r="C99">
         <v>8</v>
       </c>
       <c r="D99">
         <v>3</v>
       </c>
       <c r="E99">
         <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G99" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B100">
         <v>10</v>
       </c>
       <c r="C100">
         <v>6</v>
       </c>
       <c r="D100">
         <v>3</v>
       </c>
       <c r="E100">
         <v>19</v>
       </c>
       <c r="F100" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G100" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B101">
         <v>9</v>
       </c>
       <c r="C101">
         <v>8</v>
       </c>
       <c r="D101">
         <v>4</v>
       </c>
       <c r="E101">
         <v>21</v>
       </c>
       <c r="F101" t="s">
         <v>21</v>
       </c>
       <c r="G101" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B102">
         <v>10</v>
       </c>
       <c r="C102">
         <v>2</v>
       </c>
       <c r="D102">
         <v>1</v>
       </c>
       <c r="E102">
         <v>13</v>
       </c>
       <c r="F102" t="s">
         <v>16</v>
       </c>
       <c r="G102" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B103">
         <v>3</v>
       </c>
       <c r="E103">
         <v>3</v>
       </c>
       <c r="F103" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="G103" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="104" spans="1:7">
-      <c r="A104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B104">
         <v>7</v>
       </c>
       <c r="C104">
         <v>3</v>
       </c>
       <c r="D104">
         <v>2</v>
       </c>
       <c r="E104">
         <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="G104" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B105">
         <v>5</v>
       </c>
       <c r="C105">
         <v>3</v>
       </c>
       <c r="D105">
         <v>1</v>
       </c>
       <c r="E105">
         <v>9</v>
       </c>
       <c r="F105" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="G105" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="B106">
         <v>9</v>
       </c>
       <c r="C106">
         <v>1</v>
       </c>
       <c r="D106">
         <v>2</v>
       </c>
       <c r="E106">
         <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="G106" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="B107">
         <v>8</v>
       </c>
       <c r="C107">
         <v>9</v>
       </c>
       <c r="D107">
         <v>3</v>
       </c>
       <c r="E107">
         <v>20</v>
       </c>
       <c r="F107" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G107" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B108">
         <v>9</v>
       </c>
       <c r="C108">
         <v>2</v>
       </c>
       <c r="D108">
         <v>3</v>
       </c>
       <c r="E108">
         <v>14</v>
       </c>
       <c r="F108" t="s">
         <v>8</v>
       </c>
       <c r="G108" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="B109">
         <v>8</v>
       </c>
       <c r="C109">
         <v>5</v>
       </c>
       <c r="D109">
         <v>1</v>
       </c>
       <c r="E109">
         <v>14</v>
       </c>
       <c r="F109" t="s">
         <v>8</v>
       </c>
       <c r="G109" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="B110">
         <v>9</v>
       </c>
       <c r="C110">
         <v>10</v>
       </c>
       <c r="D110">
         <v>4</v>
       </c>
       <c r="E110">
         <v>23</v>
       </c>
       <c r="F110" t="s">
         <v>25</v>
       </c>
       <c r="G110" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B111">
         <v>5</v>
       </c>
       <c r="C111">
         <v>3</v>
       </c>
       <c r="D111">
         <v>2</v>
       </c>
       <c r="E111">
         <v>10</v>
       </c>
       <c r="F111" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="G111" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B112">
         <v>9</v>
       </c>
       <c r="C112">
         <v>1</v>
       </c>
       <c r="D112">
         <v>4</v>
       </c>
       <c r="E112">
         <v>14</v>
       </c>
       <c r="F112" t="s">
         <v>8</v>
       </c>
       <c r="G112" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="B113">
         <v>9</v>
       </c>
       <c r="C113">
         <v>9</v>
       </c>
       <c r="D113">
         <v>5</v>
       </c>
       <c r="E113">
         <v>23</v>
       </c>
       <c r="F113" t="s">
         <v>25</v>
       </c>
       <c r="G113" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="B114">
         <v>3</v>
       </c>
       <c r="D114">
         <v>1</v>
       </c>
       <c r="E114">
         <v>4</v>
       </c>
       <c r="F114" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G114" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B115">
         <v>9</v>
       </c>
       <c r="C115">
         <v>1</v>
       </c>
       <c r="D115">
         <v>2</v>
       </c>
       <c r="E115">
         <v>12</v>
       </c>
       <c r="F115" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="G115" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="B116">
         <v>5</v>
       </c>
       <c r="C116">
         <v>2</v>
       </c>
       <c r="E116">
         <v>7</v>
       </c>
       <c r="F116" t="s">
         <v>18</v>
       </c>
       <c r="G116" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="B117">
         <v>9</v>
       </c>
       <c r="C117">
         <v>3</v>
       </c>
       <c r="D117">
         <v>1</v>
       </c>
       <c r="E117">
         <v>13</v>
       </c>
       <c r="F117" t="s">
         <v>16</v>
       </c>
       <c r="G117" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="B118">
         <v>10</v>
       </c>
       <c r="C118">
         <v>2</v>
       </c>
       <c r="D118">
         <v>3</v>
       </c>
       <c r="E118">
         <v>15</v>
       </c>
       <c r="F118" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G118" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="B119">
         <v>1</v>
       </c>
       <c r="E119">
         <v>1</v>
       </c>
       <c r="F119" t="s">
         <v>9</v>
       </c>
       <c r="G119" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B120">
         <v>7</v>
       </c>
       <c r="C120">
         <v>7</v>
       </c>
       <c r="D120">
         <v>3</v>
       </c>
       <c r="E120">
         <v>17</v>
       </c>
       <c r="F120" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G120" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B121">
         <v>9</v>
       </c>
       <c r="C121">
         <v>4</v>
       </c>
       <c r="D121">
         <v>1</v>
       </c>
       <c r="E121">
         <v>14</v>
       </c>
       <c r="F121" t="s">
         <v>8</v>
       </c>
       <c r="G121" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B122">
         <v>6</v>
       </c>
       <c r="C122">
         <v>7</v>
       </c>
       <c r="D122">
         <v>1</v>
       </c>
       <c r="E122">
         <v>14</v>
       </c>
       <c r="F122" t="s">
         <v>8</v>
       </c>
       <c r="G122" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="B123">
         <v>9</v>
       </c>
       <c r="C123">
         <v>3</v>
       </c>
       <c r="D123">
         <v>1</v>
       </c>
       <c r="E123">
         <v>13</v>
       </c>
       <c r="F123" t="s">
         <v>16</v>
       </c>
       <c r="G123" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="B124">
         <v>9</v>
       </c>
       <c r="C124">
         <v>7</v>
       </c>
       <c r="D124">
         <v>4</v>
       </c>
       <c r="E124">
         <v>20</v>
       </c>
       <c r="F124" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G124" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B125">
         <v>8</v>
       </c>
       <c r="C125">
         <v>1</v>
       </c>
       <c r="D125">
         <v>2</v>
       </c>
       <c r="E125">
         <v>11</v>
       </c>
       <c r="F125" t="s">
         <v>27</v>
       </c>
       <c r="G125" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B126">
         <v>9</v>
       </c>
       <c r="D126">
         <v>1</v>
       </c>
       <c r="E126">
         <v>10</v>
       </c>
       <c r="F126" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="G126" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="B127">
         <v>10</v>
       </c>
       <c r="C127">
         <v>10</v>
       </c>
       <c r="D127">
         <v>5</v>
       </c>
       <c r="E127">
         <v>25</v>
       </c>
       <c r="F127" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G127" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="B128">
         <v>6</v>
       </c>
       <c r="C128">
         <v>1</v>
       </c>
       <c r="D128">
         <v>1</v>
       </c>
       <c r="E128">
         <v>8</v>
       </c>
       <c r="F128" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="G128" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="B129">
         <v>2</v>
       </c>
       <c r="C129">
         <v>1</v>
       </c>
       <c r="E129">
         <v>3</v>
       </c>
       <c r="F129" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="G129" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="B130">
         <v>9</v>
       </c>
       <c r="C130">
         <v>10</v>
       </c>
       <c r="D130">
         <v>3</v>
       </c>
       <c r="E130">
         <v>22</v>
       </c>
       <c r="F130" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G130" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="B131">
         <v>10</v>
       </c>
       <c r="C131">
         <v>10</v>
       </c>
       <c r="D131">
         <v>2</v>
       </c>
       <c r="E131">
         <v>22</v>
       </c>
       <c r="F131" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G131" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="B132">
         <v>10</v>
       </c>
       <c r="C132">
         <v>7</v>
       </c>
       <c r="D132">
         <v>5</v>
       </c>
       <c r="E132">
         <v>22</v>
       </c>
       <c r="F132" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G132" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="B133">
         <v>10</v>
       </c>
       <c r="C133">
         <v>10</v>
       </c>
       <c r="D133">
         <v>5</v>
       </c>
       <c r="E133">
         <v>25</v>
       </c>
       <c r="F133" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G133" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="B134">
         <v>6</v>
       </c>
       <c r="C134">
         <v>7</v>
       </c>
       <c r="D134">
         <v>1</v>
       </c>
       <c r="E134">
         <v>14</v>
       </c>
       <c r="F134" t="s">
         <v>8</v>
       </c>
       <c r="G134" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="B135">
         <v>9</v>
       </c>
       <c r="C135">
         <v>9</v>
       </c>
       <c r="D135">
         <v>5</v>
       </c>
       <c r="E135">
         <v>23</v>
       </c>
       <c r="F135" t="s">
         <v>25</v>
       </c>
       <c r="G135" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="B136">
         <v>9</v>
       </c>
       <c r="C136">
         <v>10</v>
       </c>
       <c r="D136">
         <v>4</v>
       </c>
       <c r="E136">
         <v>23</v>
       </c>
       <c r="F136" t="s">
         <v>25</v>
       </c>
       <c r="G136" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B137">
         <v>9</v>
       </c>
       <c r="C137">
         <v>5</v>
       </c>
       <c r="D137">
         <v>3</v>
       </c>
       <c r="E137">
         <v>17</v>
       </c>
       <c r="F137" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G137" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="B138">
         <v>10</v>
       </c>
       <c r="C138">
         <v>1</v>
       </c>
       <c r="D138">
         <v>2</v>
       </c>
       <c r="E138">
         <v>13</v>
       </c>
       <c r="F138" t="s">
         <v>16</v>
       </c>
       <c r="G138" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="B139">
         <v>8</v>
       </c>
       <c r="C139">
         <v>9</v>
       </c>
       <c r="D139">
         <v>5</v>
       </c>
       <c r="E139">
         <v>22</v>
       </c>
       <c r="F139" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G139" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B140">
         <v>9</v>
       </c>
       <c r="C140">
         <v>1</v>
       </c>
       <c r="D140">
         <v>1</v>
       </c>
       <c r="E140">
         <v>11</v>
       </c>
       <c r="F140" t="s">
         <v>27</v>
       </c>
       <c r="G140" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B141">
         <v>10</v>
       </c>
       <c r="C141">
         <v>10</v>
       </c>
       <c r="D141">
         <v>5</v>
       </c>
       <c r="E141">
         <v>25</v>
       </c>
       <c r="F141" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G141" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="B142">
         <v>10</v>
       </c>
       <c r="C142">
         <v>9</v>
       </c>
       <c r="D142">
         <v>4</v>
       </c>
       <c r="E142">
         <v>23</v>
       </c>
       <c r="F142" t="s">
         <v>25</v>
       </c>
       <c r="G142" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="B143">
         <v>7</v>
       </c>
       <c r="C143">
         <v>2</v>
       </c>
       <c r="D143">
         <v>1</v>
       </c>
       <c r="E143">
         <v>10</v>
       </c>
       <c r="F143" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="G143" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B144">
         <v>9</v>
       </c>
       <c r="C144">
         <v>10</v>
       </c>
       <c r="D144">
         <v>4</v>
       </c>
       <c r="E144">
         <v>23</v>
       </c>
       <c r="F144" t="s">
         <v>25</v>
       </c>
       <c r="G144" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="B145">
         <v>7</v>
       </c>
       <c r="C145">
         <v>7</v>
       </c>
       <c r="D145">
         <v>2</v>
       </c>
       <c r="E145">
         <v>16</v>
       </c>
       <c r="F145" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G145" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="B146">
         <v>9</v>
       </c>
       <c r="C146">
         <v>9</v>
       </c>
       <c r="D146">
         <v>5</v>
       </c>
       <c r="E146">
         <v>23</v>
       </c>
       <c r="F146" t="s">
         <v>25</v>
       </c>
       <c r="G146" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="B147">
         <v>7</v>
       </c>
       <c r="C147">
         <v>9</v>
       </c>
       <c r="D147">
         <v>4</v>
       </c>
       <c r="E147">
         <v>20</v>
       </c>
       <c r="F147" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G147" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="B148">
         <v>10</v>
       </c>
       <c r="C148">
         <v>10</v>
       </c>
       <c r="D148">
         <v>5</v>
       </c>
       <c r="E148">
         <v>25</v>
       </c>
       <c r="F148" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G148" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="B149">
         <v>9</v>
       </c>
       <c r="C149">
         <v>10</v>
       </c>
       <c r="D149">
         <v>2</v>
       </c>
       <c r="E149">
         <v>21</v>
       </c>
       <c r="F149" t="s">
         <v>21</v>
       </c>
       <c r="G149" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="B150">
         <v>8</v>
       </c>
       <c r="C150">
         <v>10</v>
       </c>
       <c r="D150">
         <v>3</v>
       </c>
       <c r="E150">
         <v>21</v>
       </c>
       <c r="F150" t="s">
         <v>21</v>
       </c>
       <c r="G150" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="B151">
         <v>9</v>
       </c>
       <c r="D151">
         <v>3</v>
       </c>
       <c r="E151">
         <v>12</v>
       </c>
       <c r="F151" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="G151" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="B152">
         <v>9</v>
       </c>
       <c r="C152">
         <v>6</v>
       </c>
       <c r="D152">
         <v>3</v>
       </c>
       <c r="E152">
         <v>18</v>
       </c>
       <c r="F152" t="s">
         <v>14</v>
       </c>
       <c r="G152" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="B153">
         <v>10</v>
       </c>
       <c r="C153">
         <v>1</v>
       </c>
       <c r="D153">
         <v>3</v>
       </c>
       <c r="E153">
         <v>14</v>
       </c>
       <c r="F153" t="s">
         <v>8</v>
       </c>
       <c r="G153" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="B154">
         <v>7</v>
       </c>
       <c r="C154">
         <v>5</v>
       </c>
       <c r="D154">
         <v>2</v>
       </c>
       <c r="E154">
         <v>14</v>
       </c>
       <c r="F154" t="s">
         <v>8</v>
       </c>
       <c r="G154" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="B155">
         <v>8</v>
       </c>
       <c r="C155">
         <v>9</v>
       </c>
       <c r="D155">
         <v>5</v>
       </c>
       <c r="E155">
         <v>22</v>
       </c>
       <c r="F155" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G155" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="B156">
         <v>9</v>
       </c>
       <c r="C156">
         <v>10</v>
       </c>
       <c r="D156">
         <v>5</v>
       </c>
       <c r="E156">
         <v>24</v>
       </c>
       <c r="F156" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G156" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="B157">
         <v>5</v>
       </c>
       <c r="D157">
         <v>2</v>
       </c>
       <c r="E157">
         <v>7</v>
       </c>
       <c r="F157" t="s">
         <v>18</v>
       </c>
       <c r="G157" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="B158">
         <v>5</v>
       </c>
       <c r="C158">
         <v>7</v>
       </c>
       <c r="D158">
         <v>5</v>
       </c>
       <c r="E158">
         <v>17</v>
       </c>
       <c r="F158" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G158" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="B159">
         <v>7</v>
       </c>
       <c r="C159">
         <v>9</v>
       </c>
       <c r="D159">
         <v>2</v>
       </c>
       <c r="E159">
         <v>18</v>
       </c>
       <c r="F159" t="s">
         <v>14</v>
       </c>
       <c r="G159" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="B160">
         <v>3</v>
       </c>
       <c r="C160">
         <v>1</v>
       </c>
       <c r="E160">
         <v>4</v>
       </c>
       <c r="F160" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G160" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="B161">
         <v>10</v>
       </c>
       <c r="C161">
         <v>10</v>
       </c>
       <c r="D161">
         <v>5</v>
       </c>
       <c r="E161">
         <v>25</v>
       </c>
       <c r="F161" t="s">
+        <v>44</v>
+      </c>
+      <c r="G161" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="B162">
         <v>3</v>
       </c>
       <c r="C162">
         <v>1</v>
       </c>
       <c r="E162">
         <v>4</v>
       </c>
       <c r="F162" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G162" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="B163">
         <v>4</v>
       </c>
       <c r="C163">
         <v>2</v>
       </c>
       <c r="E163">
         <v>6</v>
       </c>
       <c r="F163" t="s">
         <v>11</v>
       </c>
       <c r="G163" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B164">
         <v>7</v>
       </c>
       <c r="C164">
         <v>9</v>
       </c>
       <c r="D164">
         <v>2</v>
       </c>
       <c r="E164">
         <v>18</v>
       </c>
       <c r="F164" t="s">
         <v>14</v>
       </c>
       <c r="G164" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="B165">
         <v>10</v>
       </c>
       <c r="C165">
         <v>1</v>
       </c>
       <c r="D165">
         <v>2</v>
       </c>
       <c r="E165">
         <v>13</v>
       </c>
       <c r="F165" t="s">
         <v>16</v>
       </c>
       <c r="G165" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="B166">
         <v>4</v>
       </c>
       <c r="C166">
         <v>2</v>
       </c>
       <c r="E166">
         <v>6</v>
       </c>
       <c r="F166" t="s">
         <v>11</v>
       </c>
       <c r="G166" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="B167">
         <v>8</v>
       </c>
       <c r="C167">
         <v>7</v>
       </c>
       <c r="D167">
         <v>1</v>
       </c>
       <c r="E167">
         <v>16</v>
       </c>
       <c r="F167" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G167" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="B168">
         <v>5</v>
       </c>
       <c r="E168">
         <v>5</v>
       </c>
       <c r="F168" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G168" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="B169">
         <v>8</v>
       </c>
       <c r="C169">
         <v>2</v>
       </c>
       <c r="D169">
         <v>1</v>
       </c>
       <c r="E169">
         <v>11</v>
       </c>
       <c r="F169" t="s">
         <v>27</v>
       </c>
       <c r="G169" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B170">
         <v>10</v>
       </c>
       <c r="C170">
         <v>8</v>
       </c>
       <c r="D170">
         <v>5</v>
       </c>
       <c r="E170">
         <v>23</v>
       </c>
       <c r="F170" t="s">
         <v>25</v>
       </c>
       <c r="G170" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="B171">
         <v>9</v>
       </c>
       <c r="C171">
         <v>5</v>
       </c>
       <c r="D171">
         <v>1</v>
       </c>
       <c r="E171">
         <v>15</v>
       </c>
       <c r="F171" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G171" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="B172">
         <v>8</v>
       </c>
       <c r="C172">
         <v>6</v>
       </c>
       <c r="D172">
         <v>1</v>
       </c>
       <c r="E172">
         <v>15</v>
       </c>
       <c r="F172" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G172" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="B173">
         <v>8</v>
       </c>
       <c r="C173">
         <v>1</v>
       </c>
       <c r="D173">
         <v>2</v>
       </c>
       <c r="E173">
         <v>11</v>
       </c>
       <c r="F173" t="s">
         <v>27</v>
       </c>
       <c r="G173" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="B174">
         <v>10</v>
       </c>
       <c r="C174">
         <v>1</v>
       </c>
       <c r="D174">
         <v>4</v>
       </c>
       <c r="E174">
         <v>15</v>
       </c>
       <c r="F174" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G174" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="B175">
         <v>8</v>
       </c>
       <c r="C175">
         <v>10</v>
       </c>
       <c r="D175">
         <v>4</v>
       </c>
       <c r="E175">
         <v>22</v>
       </c>
       <c r="F175" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G175" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="B176">
         <v>10</v>
       </c>
       <c r="C176">
         <v>10</v>
       </c>
       <c r="D176">
         <v>5</v>
       </c>
       <c r="E176">
         <v>25</v>
       </c>
       <c r="F176" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G176" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="B177">
         <v>9</v>
       </c>
       <c r="C177">
         <v>1</v>
       </c>
       <c r="D177">
         <v>5</v>
       </c>
       <c r="E177">
         <v>15</v>
       </c>
       <c r="F177" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G177" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="B178">
         <v>9</v>
       </c>
       <c r="D178">
         <v>3</v>
       </c>
       <c r="E178">
         <v>12</v>
       </c>
       <c r="F178" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="G178" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="B179">
         <v>9</v>
       </c>
       <c r="C179">
         <v>3</v>
       </c>
       <c r="D179">
         <v>3</v>
       </c>
       <c r="E179">
         <v>15</v>
       </c>
       <c r="F179" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G179" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="B180">
         <v>5</v>
       </c>
       <c r="C180">
         <v>4</v>
       </c>
       <c r="D180">
         <v>1</v>
       </c>
       <c r="E180">
         <v>10</v>
       </c>
       <c r="F180" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="G180" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="B181">
         <v>7</v>
       </c>
       <c r="D181">
         <v>4</v>
       </c>
       <c r="E181">
         <v>11</v>
       </c>
       <c r="F181" t="s">
         <v>27</v>
       </c>
       <c r="G181" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="B182">
         <v>9</v>
       </c>
       <c r="C182">
         <v>9</v>
       </c>
       <c r="D182">
         <v>2</v>
       </c>
       <c r="E182">
         <v>20</v>
       </c>
       <c r="F182" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G182" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="B183">
         <v>2</v>
       </c>
       <c r="C183">
         <v>2</v>
       </c>
       <c r="E183">
         <v>4</v>
       </c>
       <c r="F183" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G183" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="B184">
         <v>9</v>
       </c>
       <c r="C184">
         <v>9</v>
       </c>
       <c r="D184">
         <v>3</v>
       </c>
       <c r="E184">
         <v>21</v>
       </c>
       <c r="F184" t="s">
         <v>21</v>
       </c>
       <c r="G184" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="B185">
         <v>9</v>
       </c>
       <c r="C185">
         <v>1</v>
       </c>
       <c r="D185">
         <v>5</v>
       </c>
       <c r="E185">
         <v>15</v>
       </c>
       <c r="F185" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G185" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="B186">
         <v>9</v>
       </c>
       <c r="C186">
         <v>1</v>
       </c>
       <c r="D186">
         <v>2</v>
       </c>
       <c r="E186">
         <v>12</v>
       </c>
       <c r="F186" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="G186" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="187" spans="1:7">
-      <c r="A187" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B187">
         <v>8</v>
       </c>
       <c r="C187">
         <v>9</v>
       </c>
       <c r="D187">
         <v>2</v>
       </c>
       <c r="E187">
         <v>19</v>
       </c>
       <c r="F187" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G187" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="B188">
         <v>9</v>
       </c>
       <c r="C188">
         <v>8</v>
       </c>
       <c r="D188">
         <v>4</v>
       </c>
       <c r="E188">
         <v>21</v>
       </c>
       <c r="F188" t="s">
         <v>21</v>
       </c>
       <c r="G188" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="B189">
         <v>5</v>
       </c>
       <c r="C189">
         <v>4</v>
       </c>
       <c r="D189">
         <v>1</v>
       </c>
       <c r="E189">
         <v>10</v>
       </c>
       <c r="F189" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="G189" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="B190">
         <v>8</v>
       </c>
       <c r="C190">
         <v>7</v>
       </c>
       <c r="D190">
         <v>2</v>
       </c>
       <c r="E190">
         <v>17</v>
       </c>
       <c r="F190" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G190" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="B191">
         <v>10</v>
       </c>
       <c r="C191">
         <v>1</v>
       </c>
       <c r="D191">
         <v>4</v>
       </c>
       <c r="E191">
         <v>15</v>
       </c>
       <c r="F191" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G191" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B192">
         <v>9</v>
       </c>
       <c r="C192">
         <v>10</v>
       </c>
       <c r="D192">
         <v>5</v>
       </c>
       <c r="E192">
         <v>24</v>
       </c>
       <c r="F192" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G192" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B193">
         <v>9</v>
       </c>
       <c r="C193">
         <v>10</v>
       </c>
       <c r="D193">
         <v>1</v>
       </c>
       <c r="E193">
         <v>20</v>
       </c>
       <c r="F193" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G193" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="B194">
         <v>1</v>
       </c>
       <c r="E194">
         <v>1</v>
       </c>
       <c r="F194" t="s">
         <v>9</v>
       </c>
       <c r="G194" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="B195">
         <v>1</v>
       </c>
       <c r="E195">
         <v>1</v>
       </c>
       <c r="F195" t="s">
         <v>9</v>
       </c>
       <c r="G195" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="B196">
         <v>2</v>
       </c>
       <c r="E196">
         <v>2</v>
       </c>
       <c r="F196" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G196" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="B197">
         <v>9</v>
       </c>
       <c r="C197">
         <v>5</v>
       </c>
       <c r="D197">
         <v>3</v>
       </c>
       <c r="E197">
         <v>17</v>
       </c>
       <c r="F197" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G197" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="B198">
         <v>8</v>
       </c>
       <c r="C198">
         <v>5</v>
       </c>
       <c r="D198">
         <v>2</v>
       </c>
       <c r="E198">
         <v>15</v>
       </c>
       <c r="F198" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G198" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="B199">
         <v>9</v>
       </c>
       <c r="C199">
         <v>7</v>
       </c>
       <c r="D199">
         <v>2</v>
       </c>
       <c r="E199">
         <v>18</v>
       </c>
       <c r="F199" t="s">
         <v>14</v>
       </c>
       <c r="G199" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="B200">
         <v>4</v>
       </c>
       <c r="C200">
         <v>1</v>
       </c>
       <c r="E200">
         <v>5</v>
       </c>
       <c r="F200" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G200" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="B201">
         <v>9</v>
       </c>
       <c r="C201">
         <v>1</v>
       </c>
       <c r="D201">
         <v>2</v>
       </c>
       <c r="E201">
         <v>12</v>
       </c>
       <c r="F201" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="G201" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">