--- v2 (2026-01-11)
+++ v3 (2026-02-20)
@@ -12,92 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
   <si>
     <t>Fund</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>GSR</t>
   </si>
   <si>
     <t>GSR (%)</t>
   </si>
   <si>
     <t>Diff</t>
   </si>
   <si>
     <t>ADIA</t>
   </si>
   <si>
     <t>56%</t>
   </si>
   <si>
     <t>4%</t>
   </si>
   <si>
     <t>ADPF</t>
   </si>
   <si>
     <t>24%</t>
   </si>
   <si>
     <t>-4%</t>
   </si>
   <si>
-    <t>ADQ</t>
+    <t>LIMAD</t>
   </si>
   <si>
     <t>72%</t>
   </si>
   <si>
     <t>Agaciro Fund</t>
   </si>
   <si>
     <t>52%</t>
   </si>
   <si>
     <t>AIH</t>
   </si>
   <si>
     <t>28%</t>
   </si>
   <si>
     <t>0%</t>
   </si>
   <si>
     <t>AIMCo</t>
   </si>
   <si>
     <t>84%</t>
   </si>
@@ -690,53 +690,50 @@
     <t>Virginia RS</t>
   </si>
   <si>
     <t>VFMC</t>
   </si>
   <si>
     <t>PIFSS-Wafra</t>
   </si>
   <si>
     <t>WSIB</t>
   </si>
   <si>
     <t>Wyoming STO</t>
   </si>
   <si>
     <t>AP7</t>
   </si>
   <si>
     <t>London CIV</t>
   </si>
   <si>
     <t>Danantara</t>
   </si>
   <si>
     <t>n.a.</t>
-  </si>
-[...1 lines deleted...]
-    <t>FSI</t>
   </si>
   <si>
     <t>SPF</t>
   </si>
   <si>
     <t>Maryland SRA</t>
   </si>
   <si>
     <t>NWF UK</t>
   </si>
   <si>
     <t>PREVI</t>
   </si>
   <si>
     <t>Sarawak</t>
   </si>
   <si>
     <t>Texas MRS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -5364,175 +5361,172 @@
       <c r="F193" t="s">
         <v>51</v>
       </c>
       <c r="G193" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
         <v>224</v>
       </c>
       <c r="B194">
         <v>1</v>
       </c>
       <c r="E194">
         <v>1</v>
       </c>
       <c r="F194" t="s">
         <v>9</v>
       </c>
       <c r="G194" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="195" spans="1:7">
-      <c r="A195" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B195">
         <v>1</v>
       </c>
       <c r="E195">
         <v>1</v>
       </c>
       <c r="F195" t="s">
         <v>9</v>
       </c>
       <c r="G195" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B196">
         <v>2</v>
       </c>
       <c r="E196">
         <v>2</v>
       </c>
       <c r="F196" t="s">
         <v>33</v>
       </c>
       <c r="G196" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="B197">
         <v>9</v>
       </c>
       <c r="C197">
         <v>5</v>
       </c>
       <c r="D197">
         <v>3</v>
       </c>
       <c r="E197">
         <v>17</v>
       </c>
       <c r="F197" t="s">
         <v>64</v>
       </c>
       <c r="G197" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="B198">
         <v>8</v>
       </c>
       <c r="C198">
         <v>5</v>
       </c>
       <c r="D198">
         <v>2</v>
       </c>
       <c r="E198">
         <v>15</v>
       </c>
       <c r="F198" t="s">
         <v>59</v>
       </c>
       <c r="G198" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="B199">
         <v>9</v>
       </c>
       <c r="C199">
         <v>7</v>
       </c>
       <c r="D199">
         <v>2</v>
       </c>
       <c r="E199">
         <v>18</v>
       </c>
       <c r="F199" t="s">
         <v>14</v>
       </c>
       <c r="G199" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="B200">
         <v>4</v>
       </c>
       <c r="C200">
         <v>1</v>
       </c>
       <c r="E200">
         <v>5</v>
       </c>
       <c r="F200" t="s">
         <v>42</v>
       </c>
       <c r="G200" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B201">
         <v>9</v>
       </c>
       <c r="C201">
         <v>1</v>
       </c>
       <c r="D201">
         <v>2</v>
       </c>
       <c r="E201">
         <v>12</v>
       </c>
       <c r="F201" t="s">
         <v>61</v>
       </c>
       <c r="G201" t="s">
         <v>225</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">