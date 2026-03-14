--- v3 (2026-02-20)
+++ v4 (2026-03-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
   <si>
     <t>Fund</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>GSR</t>
   </si>
   <si>
     <t>GSR (%)</t>
   </si>
   <si>
     <t>Diff</t>
   </si>
   <si>
     <t>ADIA</t>
   </si>
   <si>
@@ -161,65 +161,59 @@
   <si>
     <t>BBB IP</t>
   </si>
   <si>
     <t>20%</t>
   </si>
   <si>
     <t>BCI</t>
   </si>
   <si>
     <t>100%</t>
   </si>
   <si>
     <t>12%</t>
   </si>
   <si>
     <t>BCPP</t>
   </si>
   <si>
     <t>BIA</t>
   </si>
   <si>
     <t>BLF</t>
   </si>
   <si>
-    <t>Bouwinvest</t>
-[...1 lines deleted...]
-  <si>
     <t>Bpifrance</t>
   </si>
   <si>
     <t>80%</t>
   </si>
   <si>
     <t>BVK</t>
   </si>
   <si>
-    <t>CADF</t>
-[...1 lines deleted...]
-  <si>
     <t>-16%</t>
   </si>
   <si>
     <t>CalPERS</t>
   </si>
   <si>
     <t>CalSTRS</t>
   </si>
   <si>
     <t>CBUS</t>
   </si>
   <si>
     <t>CDG</t>
   </si>
   <si>
     <t>60%</t>
   </si>
   <si>
     <t>CDP Equity</t>
   </si>
   <si>
     <t>48%</t>
   </si>
   <si>
     <t>La Caisse</t>
@@ -296,53 +290,50 @@
   <si>
     <t>FFSB</t>
   </si>
   <si>
     <t>FGIS</t>
   </si>
   <si>
     <t>FGR</t>
   </si>
   <si>
     <t>-36%</t>
   </si>
   <si>
     <t>FGS</t>
   </si>
   <si>
     <t>Chinggis Fund</t>
   </si>
   <si>
     <t>FEIP+FMPED</t>
   </si>
   <si>
     <t>FONSIS</t>
   </si>
   <si>
-    <t>FRR</t>
-[...1 lines deleted...]
-  <si>
     <t>FRTIB</t>
   </si>
   <si>
     <t>FSDEA</t>
   </si>
   <si>
     <t>40%</t>
   </si>
   <si>
     <t>FTF</t>
   </si>
   <si>
     <t>Future Fund</t>
   </si>
   <si>
     <t>GIC</t>
   </si>
   <si>
     <t>GIIF</t>
   </si>
   <si>
     <t>GOSI</t>
   </si>
   <si>
     <t>GPF</t>
@@ -612,53 +603,50 @@
     <t>-32%</t>
   </si>
   <si>
     <t>REST</t>
   </si>
   <si>
     <t>SAFE IC</t>
   </si>
   <si>
     <t>SAM</t>
   </si>
   <si>
     <t>Samruk Kazyna</t>
   </si>
   <si>
     <t>SBA Florida</t>
   </si>
   <si>
     <t>SCIC</t>
   </si>
   <si>
     <t>SFPIM</t>
   </si>
   <si>
     <t>SIO-MPF</t>
-  </si>
-[...1 lines deleted...]
-    <t>SK CIC</t>
   </si>
   <si>
     <t>SOFAZ</t>
   </si>
   <si>
     <t>Solidium</t>
   </si>
   <si>
     <t>SDH / SSH</t>
   </si>
   <si>
     <t>SSO</t>
   </si>
   <si>
     <t>SWIB</t>
   </si>
   <si>
     <t>TCorp</t>
   </si>
   <si>
     <t>Temasek</t>
   </si>
   <si>
     <t>Texas PSF</t>
   </si>
@@ -1578,3973 +1566,3961 @@
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23">
         <v>8</v>
       </c>
       <c r="C23">
         <v>8</v>
       </c>
       <c r="D23">
         <v>2</v>
       </c>
       <c r="E23">
         <v>18</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:7">
-      <c r="A24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B24">
         <v>8</v>
       </c>
       <c r="C24">
         <v>10</v>
       </c>
       <c r="D24">
         <v>4</v>
       </c>
       <c r="E24">
         <v>22</v>
       </c>
       <c r="F24" t="s">
         <v>28</v>
       </c>
       <c r="G24" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B25">
         <v>9</v>
       </c>
       <c r="C25">
         <v>8</v>
       </c>
       <c r="D25">
         <v>3</v>
       </c>
       <c r="E25">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="G25" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B26">
         <v>9</v>
       </c>
       <c r="C26">
         <v>8</v>
       </c>
       <c r="D26">
         <v>1</v>
       </c>
       <c r="E26">
         <v>18</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="B27">
         <v>8</v>
       </c>
       <c r="C27">
         <v>8</v>
       </c>
       <c r="D27">
         <v>2</v>
       </c>
       <c r="E27">
         <v>18</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:7">
-      <c r="A28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B28">
         <v>3</v>
       </c>
       <c r="C28">
         <v>3</v>
       </c>
       <c r="E28">
         <v>6</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B29">
         <v>10</v>
       </c>
       <c r="C29">
         <v>10</v>
       </c>
       <c r="D29">
         <v>3</v>
       </c>
       <c r="E29">
         <v>23</v>
       </c>
       <c r="F29" t="s">
         <v>25</v>
       </c>
       <c r="G29" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B30">
         <v>10</v>
       </c>
       <c r="C30">
         <v>10</v>
       </c>
       <c r="D30">
         <v>3</v>
       </c>
       <c r="E30">
         <v>23</v>
       </c>
       <c r="F30" t="s">
         <v>25</v>
       </c>
       <c r="G30" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B31">
         <v>9</v>
       </c>
       <c r="C31">
         <v>10</v>
       </c>
       <c r="D31">
         <v>3</v>
       </c>
       <c r="E31">
         <v>22</v>
       </c>
       <c r="F31" t="s">
         <v>28</v>
       </c>
       <c r="G31" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="B32">
         <v>8</v>
       </c>
       <c r="C32">
         <v>7</v>
       </c>
       <c r="D32">
         <v>1</v>
       </c>
       <c r="E32">
         <v>16</v>
       </c>
       <c r="F32" t="s">
         <v>40</v>
       </c>
       <c r="G32" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B33">
         <v>7</v>
       </c>
       <c r="C33">
         <v>7</v>
       </c>
       <c r="D33">
         <v>1</v>
       </c>
       <c r="E33">
         <v>15</v>
       </c>
       <c r="F33" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G33" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B34">
         <v>7</v>
       </c>
       <c r="C34">
         <v>3</v>
       </c>
       <c r="D34">
         <v>2</v>
       </c>
       <c r="E34">
         <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G34" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B35">
         <v>10</v>
       </c>
       <c r="C35">
         <v>10</v>
       </c>
       <c r="D35">
         <v>5</v>
       </c>
       <c r="E35">
         <v>25</v>
       </c>
       <c r="F35" t="s">
         <v>44</v>
       </c>
       <c r="G35" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B36">
         <v>8</v>
       </c>
       <c r="C36">
         <v>6</v>
       </c>
       <c r="D36">
         <v>3</v>
       </c>
       <c r="E36">
         <v>17</v>
       </c>
       <c r="F36" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="G36" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B37">
         <v>9</v>
       </c>
       <c r="D37">
         <v>4</v>
       </c>
       <c r="E37">
         <v>13</v>
       </c>
       <c r="F37" t="s">
         <v>16</v>
       </c>
       <c r="G37" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B38">
         <v>8</v>
       </c>
       <c r="C38">
         <v>6</v>
       </c>
       <c r="D38">
         <v>5</v>
       </c>
       <c r="E38">
         <v>19</v>
       </c>
       <c r="F38" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="G38" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B39">
         <v>8</v>
       </c>
       <c r="C39">
         <v>2</v>
       </c>
       <c r="D39">
         <v>5</v>
       </c>
       <c r="E39">
         <v>15</v>
       </c>
       <c r="F39" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G39" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B40">
         <v>10</v>
       </c>
       <c r="C40">
         <v>9</v>
       </c>
       <c r="D40">
         <v>5</v>
       </c>
       <c r="E40">
         <v>24</v>
       </c>
       <c r="F40" t="s">
         <v>38</v>
       </c>
       <c r="G40" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B41">
         <v>10</v>
       </c>
       <c r="C41">
         <v>7</v>
       </c>
       <c r="D41">
         <v>2</v>
       </c>
       <c r="E41">
         <v>19</v>
       </c>
       <c r="F41" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="G41" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B42">
         <v>9</v>
       </c>
       <c r="C42">
         <v>2</v>
       </c>
       <c r="D42">
         <v>3</v>
       </c>
       <c r="E42">
         <v>14</v>
       </c>
       <c r="F42" t="s">
         <v>8</v>
       </c>
       <c r="G42" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B43">
         <v>10</v>
       </c>
       <c r="C43">
         <v>9</v>
       </c>
       <c r="D43">
         <v>5</v>
       </c>
       <c r="E43">
         <v>24</v>
       </c>
       <c r="F43" t="s">
         <v>38</v>
       </c>
       <c r="G43" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B44">
         <v>10</v>
       </c>
       <c r="C44">
         <v>9</v>
       </c>
       <c r="D44">
         <v>4</v>
       </c>
       <c r="E44">
         <v>23</v>
       </c>
       <c r="F44" t="s">
         <v>25</v>
       </c>
       <c r="G44" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B45">
         <v>4</v>
       </c>
       <c r="C45">
         <v>7</v>
       </c>
       <c r="D45">
         <v>1</v>
       </c>
       <c r="E45">
         <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G45" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B46">
         <v>7</v>
       </c>
       <c r="E46">
         <v>7</v>
       </c>
       <c r="F46" t="s">
         <v>18</v>
       </c>
       <c r="G46" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B47">
         <v>7</v>
       </c>
       <c r="C47">
         <v>9</v>
       </c>
       <c r="D47">
         <v>2</v>
       </c>
       <c r="E47">
         <v>18</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B48">
         <v>3</v>
       </c>
       <c r="C48">
         <v>2</v>
       </c>
       <c r="D48">
         <v>2</v>
       </c>
       <c r="E48">
         <v>7</v>
       </c>
       <c r="F48" t="s">
         <v>18</v>
       </c>
       <c r="G48" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B49">
         <v>6</v>
       </c>
       <c r="C49">
         <v>2</v>
       </c>
       <c r="E49">
         <v>8</v>
       </c>
       <c r="F49" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="G49" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B50">
         <v>9</v>
       </c>
       <c r="C50">
         <v>2</v>
       </c>
       <c r="D50">
         <v>1</v>
       </c>
       <c r="E50">
         <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G50" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B51">
         <v>6</v>
       </c>
       <c r="C51">
         <v>6</v>
       </c>
       <c r="D51">
         <v>2</v>
       </c>
       <c r="E51">
         <v>14</v>
       </c>
       <c r="F51" t="s">
         <v>8</v>
       </c>
       <c r="G51" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B52">
         <v>7</v>
       </c>
       <c r="D52">
         <v>2</v>
       </c>
       <c r="E52">
         <v>9</v>
       </c>
       <c r="F52" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="G52" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B53">
         <v>10</v>
       </c>
       <c r="C53">
         <v>5</v>
       </c>
       <c r="D53">
         <v>5</v>
       </c>
       <c r="E53">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="G53" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="B54">
         <v>10</v>
       </c>
       <c r="C54">
         <v>8</v>
       </c>
       <c r="D54">
         <v>4</v>
       </c>
       <c r="E54">
         <v>22</v>
       </c>
       <c r="F54" t="s">
         <v>28</v>
       </c>
       <c r="G54" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B55">
         <v>3</v>
       </c>
       <c r="E55">
         <v>3</v>
       </c>
       <c r="F55" t="s">
         <v>45</v>
       </c>
       <c r="G55" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B56">
         <v>4</v>
       </c>
       <c r="E56">
         <v>4</v>
       </c>
       <c r="F56" t="s">
         <v>30</v>
       </c>
       <c r="G56" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B57">
         <v>6</v>
       </c>
       <c r="C57">
         <v>5</v>
       </c>
       <c r="E57">
         <v>11</v>
       </c>
       <c r="F57" t="s">
         <v>27</v>
       </c>
       <c r="G57" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B58">
         <v>5</v>
       </c>
       <c r="E58">
         <v>5</v>
       </c>
       <c r="F58" t="s">
         <v>42</v>
       </c>
       <c r="G58" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B59">
         <v>3</v>
       </c>
       <c r="C59">
         <v>1</v>
       </c>
       <c r="D59">
         <v>1</v>
       </c>
       <c r="E59">
         <v>5</v>
       </c>
       <c r="F59" t="s">
         <v>42</v>
       </c>
       <c r="G59" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B60">
         <v>3</v>
       </c>
       <c r="E60">
         <v>3</v>
       </c>
       <c r="F60" t="s">
         <v>45</v>
       </c>
       <c r="G60" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B61">
         <v>9</v>
       </c>
       <c r="D61">
         <v>3</v>
       </c>
       <c r="E61">
         <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G61" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B62">
         <v>6</v>
       </c>
       <c r="C62">
         <v>8</v>
       </c>
       <c r="D62">
         <v>2</v>
       </c>
       <c r="E62">
         <v>16</v>
       </c>
       <c r="F62" t="s">
         <v>40</v>
       </c>
       <c r="G62" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="63" spans="1:7">
-      <c r="A63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B63">
         <v>10</v>
       </c>
       <c r="C63">
         <v>9</v>
       </c>
       <c r="D63">
         <v>4</v>
       </c>
       <c r="E63">
         <v>23</v>
       </c>
       <c r="F63" t="s">
         <v>25</v>
       </c>
       <c r="G63" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B64">
         <v>8</v>
       </c>
       <c r="C64">
         <v>1</v>
       </c>
       <c r="D64">
         <v>3</v>
       </c>
       <c r="E64">
         <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G64" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="B65">
         <v>4</v>
       </c>
       <c r="C65">
         <v>2</v>
       </c>
       <c r="E65">
         <v>6</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="B66">
         <v>10</v>
       </c>
       <c r="C66">
         <v>2</v>
       </c>
       <c r="D66">
         <v>4</v>
       </c>
       <c r="E66">
         <v>16</v>
       </c>
       <c r="F66" t="s">
         <v>40</v>
       </c>
       <c r="G66" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B67">
         <v>9</v>
       </c>
       <c r="C67">
         <v>8</v>
       </c>
       <c r="D67">
         <v>5</v>
       </c>
       <c r="E67">
         <v>22</v>
       </c>
       <c r="F67" t="s">
         <v>28</v>
       </c>
       <c r="G67" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B68">
         <v>10</v>
       </c>
       <c r="C68">
         <v>8</v>
       </c>
       <c r="D68">
         <v>5</v>
       </c>
       <c r="E68">
         <v>23</v>
       </c>
       <c r="F68" t="s">
         <v>25</v>
       </c>
       <c r="G68" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B69">
         <v>6</v>
       </c>
       <c r="C69">
         <v>6</v>
       </c>
       <c r="D69">
         <v>4</v>
       </c>
       <c r="E69">
         <v>16</v>
       </c>
       <c r="F69" t="s">
         <v>40</v>
       </c>
       <c r="G69" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B70">
         <v>6</v>
       </c>
       <c r="C70">
         <v>4</v>
       </c>
       <c r="D70">
         <v>2</v>
       </c>
       <c r="E70">
         <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G70" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B71">
         <v>8</v>
       </c>
       <c r="C71">
         <v>3</v>
       </c>
       <c r="D71">
         <v>2</v>
       </c>
       <c r="E71">
         <v>13</v>
       </c>
       <c r="F71" t="s">
         <v>16</v>
       </c>
       <c r="G71" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="B72">
         <v>9</v>
       </c>
       <c r="C72">
         <v>9</v>
       </c>
       <c r="D72">
         <v>5</v>
       </c>
       <c r="E72">
         <v>23</v>
       </c>
       <c r="F72" t="s">
         <v>25</v>
       </c>
       <c r="G72" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B73">
         <v>10</v>
       </c>
       <c r="C73">
         <v>8</v>
       </c>
       <c r="D73">
         <v>4</v>
       </c>
       <c r="E73">
         <v>22</v>
       </c>
       <c r="F73" t="s">
         <v>28</v>
       </c>
       <c r="G73" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B74">
         <v>3</v>
       </c>
       <c r="C74">
         <v>1</v>
       </c>
       <c r="D74">
         <v>1</v>
       </c>
       <c r="E74">
         <v>5</v>
       </c>
       <c r="F74" t="s">
         <v>42</v>
       </c>
       <c r="G74" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="B75">
         <v>6</v>
       </c>
       <c r="C75">
         <v>1</v>
       </c>
       <c r="D75">
         <v>1</v>
       </c>
       <c r="E75">
         <v>8</v>
       </c>
       <c r="F75" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="G75" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B76">
         <v>7</v>
       </c>
       <c r="D76">
         <v>3</v>
       </c>
       <c r="E76">
         <v>10</v>
       </c>
       <c r="F76" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="G76" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B77">
         <v>6</v>
       </c>
       <c r="C77">
         <v>2</v>
       </c>
       <c r="D77">
         <v>1</v>
       </c>
       <c r="E77">
         <v>9</v>
       </c>
       <c r="F77" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="G77" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="B78">
         <v>9</v>
       </c>
       <c r="C78">
         <v>2</v>
       </c>
       <c r="D78">
         <v>1</v>
       </c>
       <c r="E78">
         <v>12</v>
       </c>
       <c r="F78" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G78" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B79">
         <v>9</v>
       </c>
       <c r="C79">
         <v>9</v>
       </c>
       <c r="D79">
         <v>2</v>
       </c>
       <c r="E79">
         <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="G79" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="B80">
         <v>9</v>
       </c>
       <c r="C80">
         <v>9</v>
       </c>
       <c r="D80">
         <v>3</v>
       </c>
       <c r="E80">
         <v>21</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="B81">
         <v>4</v>
       </c>
       <c r="C81">
         <v>1</v>
       </c>
       <c r="E81">
         <v>5</v>
       </c>
       <c r="F81" t="s">
         <v>42</v>
       </c>
       <c r="G81" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="B82">
         <v>7</v>
       </c>
       <c r="C82">
         <v>9</v>
       </c>
       <c r="D82">
         <v>5</v>
       </c>
       <c r="E82">
         <v>21</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B83">
         <v>7</v>
       </c>
       <c r="C83">
         <v>5</v>
       </c>
       <c r="D83">
         <v>2</v>
       </c>
       <c r="E83">
         <v>14</v>
       </c>
       <c r="F83" t="s">
         <v>8</v>
       </c>
       <c r="G83" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B84">
         <v>9</v>
       </c>
       <c r="C84">
         <v>10</v>
       </c>
       <c r="D84">
         <v>5</v>
       </c>
       <c r="E84">
         <v>24</v>
       </c>
       <c r="F84" t="s">
         <v>38</v>
       </c>
       <c r="G84" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B85">
         <v>7</v>
       </c>
       <c r="C85">
         <v>8</v>
       </c>
       <c r="D85">
         <v>3</v>
       </c>
       <c r="E85">
         <v>18</v>
       </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B86">
         <v>10</v>
       </c>
       <c r="C86">
         <v>10</v>
       </c>
       <c r="D86">
         <v>5</v>
       </c>
       <c r="E86">
         <v>25</v>
       </c>
       <c r="F86" t="s">
         <v>44</v>
       </c>
       <c r="G86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B87">
         <v>9</v>
       </c>
       <c r="C87">
         <v>2</v>
       </c>
       <c r="D87">
         <v>2</v>
       </c>
       <c r="E87">
         <v>13</v>
       </c>
       <c r="F87" t="s">
         <v>16</v>
       </c>
       <c r="G87" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B88">
         <v>4</v>
       </c>
       <c r="C88">
         <v>2</v>
       </c>
       <c r="E88">
         <v>6</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B89">
         <v>10</v>
       </c>
       <c r="C89">
         <v>10</v>
       </c>
       <c r="D89">
         <v>4</v>
       </c>
       <c r="E89">
         <v>24</v>
       </c>
       <c r="F89" t="s">
         <v>38</v>
       </c>
       <c r="G89" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B90">
         <v>9</v>
       </c>
       <c r="C90">
         <v>9</v>
       </c>
       <c r="D90">
         <v>3</v>
       </c>
       <c r="E90">
         <v>21</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B91">
         <v>8</v>
       </c>
       <c r="C91">
         <v>7</v>
       </c>
       <c r="D91">
         <v>3</v>
       </c>
       <c r="E91">
         <v>18</v>
       </c>
       <c r="F91" t="s">
         <v>14</v>
       </c>
       <c r="G91" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B92">
         <v>5</v>
       </c>
       <c r="C92">
         <v>3</v>
       </c>
       <c r="D92">
         <v>2</v>
       </c>
       <c r="E92">
         <v>10</v>
       </c>
       <c r="F92" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="G92" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B93">
         <v>9</v>
       </c>
       <c r="C93">
         <v>9</v>
       </c>
       <c r="D93">
         <v>5</v>
       </c>
       <c r="E93">
         <v>23</v>
       </c>
       <c r="F93" t="s">
         <v>25</v>
       </c>
       <c r="G93" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B94">
         <v>9</v>
       </c>
       <c r="C94">
         <v>10</v>
       </c>
       <c r="D94">
         <v>4</v>
       </c>
       <c r="E94">
         <v>23</v>
       </c>
       <c r="F94" t="s">
         <v>25</v>
       </c>
       <c r="G94" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B95">
         <v>7</v>
       </c>
       <c r="C95">
         <v>6</v>
       </c>
       <c r="D95">
         <v>2</v>
       </c>
       <c r="E95">
         <v>15</v>
       </c>
       <c r="F95" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G95" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B96">
         <v>7</v>
       </c>
       <c r="C96">
         <v>8</v>
       </c>
       <c r="D96">
         <v>4</v>
       </c>
       <c r="E96">
         <v>19</v>
       </c>
       <c r="F96" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="G96" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B97">
         <v>3</v>
       </c>
       <c r="E97">
         <v>3</v>
       </c>
       <c r="F97" t="s">
         <v>45</v>
       </c>
       <c r="G97" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B98">
         <v>6</v>
       </c>
       <c r="C98">
         <v>6</v>
       </c>
       <c r="D98">
         <v>2</v>
       </c>
       <c r="E98">
         <v>14</v>
       </c>
       <c r="F98" t="s">
         <v>8</v>
       </c>
       <c r="G98" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B99">
         <v>9</v>
       </c>
       <c r="C99">
         <v>8</v>
       </c>
       <c r="D99">
         <v>3</v>
       </c>
       <c r="E99">
         <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="G99" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="B100">
         <v>10</v>
       </c>
       <c r="C100">
         <v>6</v>
       </c>
       <c r="D100">
         <v>3</v>
       </c>
       <c r="E100">
         <v>19</v>
       </c>
       <c r="F100" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="G100" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B101">
         <v>9</v>
       </c>
       <c r="C101">
         <v>8</v>
       </c>
       <c r="D101">
         <v>4</v>
       </c>
       <c r="E101">
         <v>21</v>
       </c>
       <c r="F101" t="s">
         <v>21</v>
       </c>
       <c r="G101" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B102">
         <v>10</v>
       </c>
       <c r="C102">
         <v>2</v>
       </c>
       <c r="D102">
         <v>1</v>
       </c>
       <c r="E102">
         <v>13</v>
       </c>
       <c r="F102" t="s">
         <v>16</v>
       </c>
       <c r="G102" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B103">
         <v>3</v>
       </c>
       <c r="E103">
         <v>3</v>
       </c>
       <c r="F103" t="s">
         <v>45</v>
       </c>
       <c r="G103" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="B104">
         <v>7</v>
       </c>
       <c r="C104">
         <v>3</v>
       </c>
       <c r="D104">
         <v>2</v>
       </c>
       <c r="E104">
         <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G104" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B105">
         <v>5</v>
       </c>
       <c r="C105">
         <v>3</v>
       </c>
       <c r="D105">
         <v>1</v>
       </c>
       <c r="E105">
         <v>9</v>
       </c>
       <c r="F105" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="G105" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B106">
         <v>9</v>
       </c>
       <c r="C106">
         <v>1</v>
       </c>
       <c r="D106">
         <v>2</v>
       </c>
       <c r="E106">
         <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G106" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B107">
         <v>8</v>
       </c>
       <c r="C107">
         <v>9</v>
       </c>
       <c r="D107">
         <v>3</v>
       </c>
       <c r="E107">
         <v>20</v>
       </c>
       <c r="F107" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="G107" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B108">
         <v>9</v>
       </c>
       <c r="C108">
         <v>2</v>
       </c>
       <c r="D108">
         <v>3</v>
       </c>
       <c r="E108">
         <v>14</v>
       </c>
       <c r="F108" t="s">
         <v>8</v>
       </c>
       <c r="G108" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B109">
         <v>8</v>
       </c>
       <c r="C109">
         <v>5</v>
       </c>
       <c r="D109">
         <v>1</v>
       </c>
       <c r="E109">
         <v>14</v>
       </c>
       <c r="F109" t="s">
         <v>8</v>
       </c>
       <c r="G109" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B110">
         <v>9</v>
       </c>
       <c r="C110">
         <v>10</v>
       </c>
       <c r="D110">
         <v>4</v>
       </c>
       <c r="E110">
         <v>23</v>
       </c>
       <c r="F110" t="s">
         <v>25</v>
       </c>
       <c r="G110" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B111">
         <v>5</v>
       </c>
       <c r="C111">
         <v>3</v>
       </c>
       <c r="D111">
         <v>2</v>
       </c>
       <c r="E111">
         <v>10</v>
       </c>
       <c r="F111" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="G111" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B112">
         <v>9</v>
       </c>
       <c r="C112">
         <v>1</v>
       </c>
       <c r="D112">
         <v>4</v>
       </c>
       <c r="E112">
         <v>14</v>
       </c>
       <c r="F112" t="s">
         <v>8</v>
       </c>
       <c r="G112" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B113">
         <v>9</v>
       </c>
       <c r="C113">
         <v>9</v>
       </c>
       <c r="D113">
         <v>5</v>
       </c>
       <c r="E113">
         <v>23</v>
       </c>
       <c r="F113" t="s">
         <v>25</v>
       </c>
       <c r="G113" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B114">
         <v>3</v>
       </c>
       <c r="D114">
         <v>1</v>
       </c>
       <c r="E114">
         <v>4</v>
       </c>
       <c r="F114" t="s">
         <v>30</v>
       </c>
       <c r="G114" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B115">
         <v>9</v>
       </c>
       <c r="C115">
         <v>1</v>
       </c>
       <c r="D115">
         <v>2</v>
       </c>
       <c r="E115">
         <v>12</v>
       </c>
       <c r="F115" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G115" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B116">
         <v>5</v>
       </c>
       <c r="C116">
         <v>2</v>
       </c>
       <c r="E116">
         <v>7</v>
       </c>
       <c r="F116" t="s">
         <v>18</v>
       </c>
       <c r="G116" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B117">
         <v>9</v>
       </c>
       <c r="C117">
         <v>3</v>
       </c>
       <c r="D117">
         <v>1</v>
       </c>
       <c r="E117">
         <v>13</v>
       </c>
       <c r="F117" t="s">
         <v>16</v>
       </c>
       <c r="G117" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B118">
         <v>10</v>
       </c>
       <c r="C118">
         <v>2</v>
       </c>
       <c r="D118">
         <v>3</v>
       </c>
       <c r="E118">
         <v>15</v>
       </c>
       <c r="F118" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G118" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="B119">
         <v>1</v>
       </c>
       <c r="E119">
         <v>1</v>
       </c>
       <c r="F119" t="s">
         <v>9</v>
       </c>
       <c r="G119" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B120">
         <v>7</v>
       </c>
       <c r="C120">
         <v>7</v>
       </c>
       <c r="D120">
         <v>3</v>
       </c>
       <c r="E120">
         <v>17</v>
       </c>
       <c r="F120" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="G120" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B121">
         <v>9</v>
       </c>
       <c r="C121">
         <v>4</v>
       </c>
       <c r="D121">
         <v>1</v>
       </c>
       <c r="E121">
         <v>14</v>
       </c>
       <c r="F121" t="s">
         <v>8</v>
       </c>
       <c r="G121" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="B122">
         <v>6</v>
       </c>
       <c r="C122">
         <v>7</v>
       </c>
       <c r="D122">
         <v>1</v>
       </c>
       <c r="E122">
         <v>14</v>
       </c>
       <c r="F122" t="s">
         <v>8</v>
       </c>
       <c r="G122" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="B123">
         <v>9</v>
       </c>
       <c r="C123">
         <v>3</v>
       </c>
       <c r="D123">
         <v>1</v>
       </c>
       <c r="E123">
         <v>13</v>
       </c>
       <c r="F123" t="s">
         <v>16</v>
       </c>
       <c r="G123" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B124">
         <v>9</v>
       </c>
       <c r="C124">
         <v>7</v>
       </c>
       <c r="D124">
         <v>4</v>
       </c>
       <c r="E124">
         <v>20</v>
       </c>
       <c r="F124" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="G124" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B125">
         <v>8</v>
       </c>
       <c r="C125">
         <v>1</v>
       </c>
       <c r="D125">
         <v>2</v>
       </c>
       <c r="E125">
         <v>11</v>
       </c>
       <c r="F125" t="s">
         <v>27</v>
       </c>
       <c r="G125" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B126">
         <v>9</v>
       </c>
       <c r="D126">
         <v>1</v>
       </c>
       <c r="E126">
         <v>10</v>
       </c>
       <c r="F126" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="G126" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B127">
         <v>10</v>
       </c>
       <c r="C127">
         <v>10</v>
       </c>
       <c r="D127">
         <v>5</v>
       </c>
       <c r="E127">
         <v>25</v>
       </c>
       <c r="F127" t="s">
         <v>44</v>
       </c>
       <c r="G127" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B128">
         <v>6</v>
       </c>
       <c r="C128">
         <v>1</v>
       </c>
       <c r="D128">
         <v>1</v>
       </c>
       <c r="E128">
         <v>8</v>
       </c>
       <c r="F128" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="G128" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="B129">
         <v>2</v>
       </c>
       <c r="C129">
         <v>1</v>
       </c>
       <c r="E129">
         <v>3</v>
       </c>
       <c r="F129" t="s">
         <v>45</v>
       </c>
       <c r="G129" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B130">
         <v>9</v>
       </c>
       <c r="C130">
         <v>10</v>
       </c>
       <c r="D130">
         <v>3</v>
       </c>
       <c r="E130">
         <v>22</v>
       </c>
       <c r="F130" t="s">
         <v>28</v>
       </c>
       <c r="G130" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="B131">
         <v>10</v>
       </c>
       <c r="C131">
         <v>10</v>
       </c>
       <c r="D131">
         <v>2</v>
       </c>
       <c r="E131">
         <v>22</v>
       </c>
       <c r="F131" t="s">
         <v>28</v>
       </c>
       <c r="G131" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B132">
         <v>10</v>
       </c>
       <c r="C132">
         <v>7</v>
       </c>
       <c r="D132">
         <v>5</v>
       </c>
       <c r="E132">
         <v>22</v>
       </c>
       <c r="F132" t="s">
         <v>28</v>
       </c>
       <c r="G132" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B133">
         <v>10</v>
       </c>
       <c r="C133">
         <v>10</v>
       </c>
       <c r="D133">
         <v>5</v>
       </c>
       <c r="E133">
         <v>25</v>
       </c>
       <c r="F133" t="s">
         <v>44</v>
       </c>
       <c r="G133" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B134">
         <v>6</v>
       </c>
       <c r="C134">
         <v>7</v>
       </c>
       <c r="D134">
         <v>1</v>
       </c>
       <c r="E134">
         <v>14</v>
       </c>
       <c r="F134" t="s">
         <v>8</v>
       </c>
       <c r="G134" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B135">
         <v>9</v>
       </c>
       <c r="C135">
         <v>9</v>
       </c>
       <c r="D135">
         <v>5</v>
       </c>
       <c r="E135">
         <v>23</v>
       </c>
       <c r="F135" t="s">
         <v>25</v>
       </c>
       <c r="G135" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B136">
         <v>9</v>
       </c>
       <c r="C136">
         <v>10</v>
       </c>
       <c r="D136">
         <v>4</v>
       </c>
       <c r="E136">
         <v>23</v>
       </c>
       <c r="F136" t="s">
         <v>25</v>
       </c>
       <c r="G136" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B137">
         <v>9</v>
       </c>
       <c r="C137">
         <v>5</v>
       </c>
       <c r="D137">
         <v>3</v>
       </c>
       <c r="E137">
         <v>17</v>
       </c>
       <c r="F137" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="G137" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B138">
         <v>10</v>
       </c>
       <c r="C138">
         <v>1</v>
       </c>
       <c r="D138">
         <v>2</v>
       </c>
       <c r="E138">
         <v>13</v>
       </c>
       <c r="F138" t="s">
         <v>16</v>
       </c>
       <c r="G138" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B139">
         <v>8</v>
       </c>
       <c r="C139">
         <v>9</v>
       </c>
       <c r="D139">
         <v>5</v>
       </c>
       <c r="E139">
         <v>22</v>
       </c>
       <c r="F139" t="s">
         <v>28</v>
       </c>
       <c r="G139" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B140">
         <v>9</v>
       </c>
       <c r="C140">
         <v>1</v>
       </c>
       <c r="D140">
         <v>1</v>
       </c>
       <c r="E140">
         <v>11</v>
       </c>
       <c r="F140" t="s">
         <v>27</v>
       </c>
       <c r="G140" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="B141">
         <v>10</v>
       </c>
       <c r="C141">
         <v>10</v>
       </c>
       <c r="D141">
         <v>5</v>
       </c>
       <c r="E141">
         <v>25</v>
       </c>
       <c r="F141" t="s">
         <v>44</v>
       </c>
       <c r="G141" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B142">
         <v>10</v>
       </c>
       <c r="C142">
         <v>9</v>
       </c>
       <c r="D142">
         <v>4</v>
       </c>
       <c r="E142">
         <v>23</v>
       </c>
       <c r="F142" t="s">
         <v>25</v>
       </c>
       <c r="G142" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B143">
         <v>7</v>
       </c>
       <c r="C143">
         <v>2</v>
       </c>
       <c r="D143">
         <v>1</v>
       </c>
       <c r="E143">
         <v>10</v>
       </c>
       <c r="F143" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="G143" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B144">
         <v>9</v>
       </c>
       <c r="C144">
         <v>10</v>
       </c>
       <c r="D144">
         <v>4</v>
       </c>
       <c r="E144">
         <v>23</v>
       </c>
       <c r="F144" t="s">
         <v>25</v>
       </c>
       <c r="G144" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B145">
         <v>7</v>
       </c>
       <c r="C145">
         <v>7</v>
       </c>
       <c r="D145">
         <v>2</v>
       </c>
       <c r="E145">
         <v>16</v>
       </c>
       <c r="F145" t="s">
         <v>40</v>
       </c>
       <c r="G145" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B146">
         <v>9</v>
       </c>
       <c r="C146">
         <v>9</v>
       </c>
       <c r="D146">
         <v>5</v>
       </c>
       <c r="E146">
         <v>23</v>
       </c>
       <c r="F146" t="s">
         <v>25</v>
       </c>
       <c r="G146" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="B147">
         <v>7</v>
       </c>
       <c r="C147">
         <v>9</v>
       </c>
       <c r="D147">
         <v>4</v>
       </c>
       <c r="E147">
         <v>20</v>
       </c>
       <c r="F147" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="G147" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B148">
         <v>10</v>
       </c>
       <c r="C148">
         <v>10</v>
       </c>
       <c r="D148">
         <v>5</v>
       </c>
       <c r="E148">
         <v>25</v>
       </c>
       <c r="F148" t="s">
         <v>44</v>
       </c>
       <c r="G148" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="B149">
         <v>9</v>
       </c>
       <c r="C149">
         <v>10</v>
       </c>
       <c r="D149">
         <v>2</v>
       </c>
       <c r="E149">
         <v>21</v>
       </c>
       <c r="F149" t="s">
         <v>21</v>
       </c>
       <c r="G149" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B150">
         <v>8</v>
       </c>
       <c r="C150">
         <v>10</v>
       </c>
       <c r="D150">
         <v>3</v>
       </c>
       <c r="E150">
         <v>21</v>
       </c>
       <c r="F150" t="s">
         <v>21</v>
       </c>
       <c r="G150" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B151">
         <v>9</v>
       </c>
       <c r="D151">
         <v>3</v>
       </c>
       <c r="E151">
         <v>12</v>
       </c>
       <c r="F151" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G151" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="B152">
         <v>9</v>
       </c>
       <c r="C152">
         <v>6</v>
       </c>
       <c r="D152">
         <v>3</v>
       </c>
       <c r="E152">
         <v>18</v>
       </c>
       <c r="F152" t="s">
         <v>14</v>
       </c>
       <c r="G152" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B153">
         <v>10</v>
       </c>
       <c r="C153">
         <v>1</v>
       </c>
       <c r="D153">
         <v>3</v>
       </c>
       <c r="E153">
         <v>14</v>
       </c>
       <c r="F153" t="s">
         <v>8</v>
       </c>
       <c r="G153" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B154">
         <v>7</v>
       </c>
       <c r="C154">
         <v>5</v>
       </c>
       <c r="D154">
         <v>2</v>
       </c>
       <c r="E154">
         <v>14</v>
       </c>
       <c r="F154" t="s">
         <v>8</v>
       </c>
       <c r="G154" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B155">
         <v>8</v>
       </c>
       <c r="C155">
         <v>9</v>
       </c>
       <c r="D155">
         <v>5</v>
       </c>
       <c r="E155">
         <v>22</v>
       </c>
       <c r="F155" t="s">
         <v>28</v>
       </c>
       <c r="G155" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B156">
         <v>9</v>
       </c>
       <c r="C156">
         <v>10</v>
       </c>
       <c r="D156">
         <v>5</v>
       </c>
       <c r="E156">
         <v>24</v>
       </c>
       <c r="F156" t="s">
         <v>38</v>
       </c>
       <c r="G156" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="B157">
         <v>5</v>
       </c>
       <c r="D157">
         <v>2</v>
       </c>
       <c r="E157">
         <v>7</v>
       </c>
       <c r="F157" t="s">
         <v>18</v>
       </c>
       <c r="G157" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="B158">
         <v>5</v>
       </c>
       <c r="C158">
         <v>7</v>
       </c>
       <c r="D158">
         <v>5</v>
       </c>
       <c r="E158">
         <v>17</v>
       </c>
       <c r="F158" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="G158" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="B159">
         <v>7</v>
       </c>
       <c r="C159">
         <v>9</v>
       </c>
       <c r="D159">
         <v>2</v>
       </c>
       <c r="E159">
         <v>18</v>
       </c>
       <c r="F159" t="s">
         <v>14</v>
       </c>
       <c r="G159" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B160">
         <v>3</v>
       </c>
       <c r="C160">
         <v>1</v>
       </c>
       <c r="E160">
         <v>4</v>
       </c>
       <c r="F160" t="s">
         <v>30</v>
       </c>
       <c r="G160" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B161">
         <v>10</v>
       </c>
       <c r="C161">
         <v>10</v>
       </c>
       <c r="D161">
         <v>5</v>
       </c>
       <c r="E161">
         <v>25</v>
       </c>
       <c r="F161" t="s">
         <v>44</v>
       </c>
       <c r="G161" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="B162">
         <v>3</v>
       </c>
       <c r="C162">
         <v>1</v>
       </c>
       <c r="E162">
         <v>4</v>
       </c>
       <c r="F162" t="s">
         <v>30</v>
       </c>
       <c r="G162" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="B163">
         <v>4</v>
       </c>
       <c r="C163">
         <v>2</v>
       </c>
       <c r="E163">
         <v>6</v>
       </c>
       <c r="F163" t="s">
         <v>11</v>
       </c>
       <c r="G163" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="B164">
         <v>7</v>
       </c>
       <c r="C164">
         <v>9</v>
       </c>
       <c r="D164">
         <v>2</v>
       </c>
       <c r="E164">
         <v>18</v>
       </c>
       <c r="F164" t="s">
         <v>14</v>
       </c>
       <c r="G164" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B165">
         <v>10</v>
       </c>
       <c r="C165">
         <v>1</v>
       </c>
       <c r="D165">
         <v>2</v>
       </c>
       <c r="E165">
         <v>13</v>
       </c>
       <c r="F165" t="s">
         <v>16</v>
       </c>
       <c r="G165" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B166">
         <v>4</v>
       </c>
       <c r="C166">
         <v>2</v>
       </c>
       <c r="E166">
         <v>6</v>
       </c>
       <c r="F166" t="s">
         <v>11</v>
       </c>
       <c r="G166" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B167">
         <v>8</v>
       </c>
       <c r="C167">
         <v>7</v>
       </c>
       <c r="D167">
         <v>1</v>
       </c>
       <c r="E167">
         <v>16</v>
       </c>
       <c r="F167" t="s">
         <v>40</v>
       </c>
       <c r="G167" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B168">
         <v>5</v>
       </c>
       <c r="E168">
         <v>5</v>
       </c>
       <c r="F168" t="s">
         <v>42</v>
       </c>
       <c r="G168" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="169" spans="1:7">
-      <c r="A169" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B169">
         <v>8</v>
       </c>
       <c r="C169">
         <v>2</v>
       </c>
       <c r="D169">
         <v>1</v>
       </c>
       <c r="E169">
         <v>11</v>
       </c>
       <c r="F169" t="s">
         <v>27</v>
       </c>
       <c r="G169" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="B170">
         <v>10</v>
       </c>
       <c r="C170">
         <v>8</v>
       </c>
       <c r="D170">
         <v>5</v>
       </c>
       <c r="E170">
         <v>23</v>
       </c>
       <c r="F170" t="s">
         <v>25</v>
       </c>
       <c r="G170" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="B171">
         <v>9</v>
       </c>
       <c r="C171">
         <v>5</v>
       </c>
       <c r="D171">
         <v>1</v>
       </c>
       <c r="E171">
         <v>15</v>
       </c>
       <c r="F171" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G171" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="B172">
         <v>8</v>
       </c>
       <c r="C172">
         <v>6</v>
       </c>
       <c r="D172">
         <v>1</v>
       </c>
       <c r="E172">
         <v>15</v>
       </c>
       <c r="F172" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G172" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="B173">
         <v>8</v>
       </c>
       <c r="C173">
         <v>1</v>
       </c>
       <c r="D173">
         <v>2</v>
       </c>
       <c r="E173">
         <v>11</v>
       </c>
       <c r="F173" t="s">
         <v>27</v>
       </c>
       <c r="G173" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B174">
         <v>10</v>
       </c>
       <c r="C174">
         <v>1</v>
       </c>
       <c r="D174">
         <v>4</v>
       </c>
       <c r="E174">
         <v>15</v>
       </c>
       <c r="F174" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G174" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="B175">
         <v>8</v>
       </c>
       <c r="C175">
         <v>10</v>
       </c>
       <c r="D175">
         <v>4</v>
       </c>
       <c r="E175">
         <v>22</v>
       </c>
       <c r="F175" t="s">
         <v>28</v>
       </c>
       <c r="G175" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="B176">
         <v>10</v>
       </c>
       <c r="C176">
         <v>10</v>
       </c>
       <c r="D176">
         <v>5</v>
       </c>
       <c r="E176">
         <v>25</v>
       </c>
       <c r="F176" t="s">
         <v>44</v>
       </c>
       <c r="G176" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="B177">
         <v>9</v>
       </c>
       <c r="C177">
         <v>1</v>
       </c>
       <c r="D177">
         <v>5</v>
       </c>
       <c r="E177">
         <v>15</v>
       </c>
       <c r="F177" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G177" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="B178">
         <v>9</v>
       </c>
       <c r="D178">
         <v>3</v>
       </c>
       <c r="E178">
         <v>12</v>
       </c>
       <c r="F178" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G178" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="B179">
         <v>9</v>
       </c>
       <c r="C179">
         <v>3</v>
       </c>
       <c r="D179">
         <v>3</v>
       </c>
       <c r="E179">
         <v>15</v>
       </c>
       <c r="F179" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G179" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="B180">
         <v>5</v>
       </c>
       <c r="C180">
         <v>4</v>
       </c>
       <c r="D180">
         <v>1</v>
       </c>
       <c r="E180">
         <v>10</v>
       </c>
       <c r="F180" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="G180" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="B181">
         <v>7</v>
       </c>
       <c r="D181">
         <v>4</v>
       </c>
       <c r="E181">
         <v>11</v>
       </c>
       <c r="F181" t="s">
         <v>27</v>
       </c>
       <c r="G181" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="B182">
         <v>9</v>
       </c>
       <c r="C182">
         <v>9</v>
       </c>
       <c r="D182">
         <v>2</v>
       </c>
       <c r="E182">
         <v>20</v>
       </c>
       <c r="F182" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="G182" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="B183">
         <v>2</v>
       </c>
       <c r="C183">
         <v>2</v>
       </c>
       <c r="E183">
         <v>4</v>
       </c>
       <c r="F183" t="s">
         <v>30</v>
       </c>
       <c r="G183" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="B184">
         <v>9</v>
       </c>
       <c r="C184">
         <v>9</v>
       </c>
       <c r="D184">
         <v>3</v>
       </c>
       <c r="E184">
         <v>21</v>
       </c>
       <c r="F184" t="s">
         <v>21</v>
       </c>
       <c r="G184" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="B185">
         <v>9</v>
       </c>
       <c r="C185">
         <v>1</v>
       </c>
       <c r="D185">
         <v>5</v>
       </c>
       <c r="E185">
         <v>15</v>
       </c>
       <c r="F185" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G185" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="B186">
         <v>9</v>
       </c>
       <c r="C186">
         <v>1</v>
       </c>
       <c r="D186">
         <v>2</v>
       </c>
       <c r="E186">
         <v>12</v>
       </c>
       <c r="F186" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G186" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="B187">
         <v>8</v>
       </c>
       <c r="C187">
         <v>9</v>
       </c>
       <c r="D187">
         <v>2</v>
       </c>
       <c r="E187">
         <v>19</v>
       </c>
       <c r="F187" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="G187" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="B188">
         <v>9</v>
       </c>
       <c r="C188">
         <v>8</v>
       </c>
       <c r="D188">
         <v>4</v>
       </c>
       <c r="E188">
         <v>21</v>
       </c>
       <c r="F188" t="s">
         <v>21</v>
       </c>
       <c r="G188" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="B189">
         <v>5</v>
       </c>
       <c r="C189">
         <v>4</v>
       </c>
       <c r="D189">
         <v>1</v>
       </c>
       <c r="E189">
         <v>10</v>
       </c>
       <c r="F189" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="G189" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="B190">
         <v>8</v>
       </c>
       <c r="C190">
         <v>7</v>
       </c>
       <c r="D190">
         <v>2</v>
       </c>
       <c r="E190">
         <v>17</v>
       </c>
       <c r="F190" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="G190" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="B191">
         <v>10</v>
       </c>
       <c r="C191">
         <v>1</v>
       </c>
       <c r="D191">
         <v>4</v>
       </c>
       <c r="E191">
         <v>15</v>
       </c>
       <c r="F191" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G191" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="B192">
         <v>9</v>
       </c>
       <c r="C192">
         <v>10</v>
       </c>
       <c r="D192">
         <v>5</v>
       </c>
       <c r="E192">
         <v>24</v>
       </c>
       <c r="F192" t="s">
         <v>38</v>
       </c>
       <c r="G192" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="B193">
         <v>9</v>
       </c>
       <c r="C193">
         <v>10</v>
       </c>
       <c r="D193">
         <v>1</v>
       </c>
       <c r="E193">
         <v>20</v>
       </c>
       <c r="F193" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="G193" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B194">
         <v>1</v>
       </c>
       <c r="E194">
         <v>1</v>
       </c>
       <c r="F194" t="s">
         <v>9</v>
       </c>
       <c r="G194" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="B195">
         <v>1</v>
       </c>
       <c r="E195">
         <v>1</v>
       </c>
       <c r="F195" t="s">
         <v>9</v>
       </c>
       <c r="G195" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="B196">
         <v>2</v>
       </c>
       <c r="E196">
         <v>2</v>
       </c>
       <c r="F196" t="s">
         <v>33</v>
       </c>
       <c r="G196" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="B197">
         <v>9</v>
       </c>
       <c r="C197">
         <v>5</v>
       </c>
       <c r="D197">
         <v>3</v>
       </c>
       <c r="E197">
         <v>17</v>
       </c>
       <c r="F197" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="G197" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="B198">
         <v>8</v>
       </c>
       <c r="C198">
         <v>5</v>
       </c>
       <c r="D198">
         <v>2</v>
       </c>
       <c r="E198">
         <v>15</v>
       </c>
       <c r="F198" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G198" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="B199">
         <v>9</v>
       </c>
       <c r="C199">
         <v>7</v>
       </c>
       <c r="D199">
         <v>2</v>
       </c>
       <c r="E199">
         <v>18</v>
       </c>
       <c r="F199" t="s">
         <v>14</v>
       </c>
       <c r="G199" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="B200">
         <v>4</v>
       </c>
       <c r="C200">
         <v>1</v>
       </c>
       <c r="E200">
         <v>5</v>
       </c>
       <c r="F200" t="s">
         <v>42</v>
       </c>
       <c r="G200" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="B201">
         <v>9</v>
       </c>
       <c r="C201">
         <v>1</v>
       </c>
       <c r="D201">
         <v>2</v>
       </c>
       <c r="E201">
         <v>12</v>
       </c>
       <c r="F201" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G201" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">