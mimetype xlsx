--- v0 (2025-10-06)
+++ v1 (2025-11-27)
@@ -137,531 +137,531 @@
   <si>
     <t>Finland Inc.</t>
   </si>
   <si>
     <t>Israel Inc.</t>
   </si>
   <si>
     <t>Kazakhstan Inc.</t>
   </si>
   <si>
     <t>South Africa Inc.</t>
   </si>
   <si>
     <t>Poland Inc.</t>
   </si>
   <si>
     <t>Mexico Inc.</t>
   </si>
   <si>
     <t>Spain Inc.</t>
   </si>
   <si>
     <t>Philippines Inc.</t>
   </si>
   <si>
+    <t>Libya Inc.</t>
+  </si>
+  <si>
     <t>Czech Republic Inc.</t>
   </si>
   <si>
-    <t>Libya Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Azerbaijan Inc.</t>
   </si>
   <si>
     <t>Vietnam Inc.</t>
   </si>
   <si>
     <t>Austria Inc.</t>
   </si>
   <si>
     <t>Portugal Inc.</t>
   </si>
   <si>
     <t>Belgium Inc.</t>
   </si>
   <si>
     <t>Ireland Inc.</t>
   </si>
   <si>
     <t>Iraq Inc.</t>
   </si>
   <si>
     <t>Luxembourg Inc.</t>
   </si>
   <si>
     <t>Greece Inc.</t>
   </si>
   <si>
+    <t>Oman Inc.</t>
+  </si>
+  <si>
+    <t>Morocco Inc.</t>
+  </si>
+  <si>
+    <t>Peru Inc.</t>
+  </si>
+  <si>
+    <t>Romania Inc.</t>
+  </si>
+  <si>
+    <t>New Zealand Inc.</t>
+  </si>
+  <si>
+    <t>Argentina Inc.</t>
+  </si>
+  <si>
+    <t>Slovenia Inc.</t>
+  </si>
+  <si>
+    <t>Slovakia Inc.</t>
+  </si>
+  <si>
+    <t>Brunei Inc.</t>
+  </si>
+  <si>
+    <t>Lithuania Inc.</t>
+  </si>
+  <si>
+    <t>Latvia Inc.</t>
+  </si>
+  <si>
+    <t>Malta Inc.</t>
+  </si>
+  <si>
+    <t>Croatia Inc.</t>
+  </si>
+  <si>
+    <t>Cyprus Inc.</t>
+  </si>
+  <si>
+    <t>Estonia Inc.</t>
+  </si>
+  <si>
+    <t>Egypt Inc.</t>
+  </si>
+  <si>
+    <t>Colombia Inc.</t>
+  </si>
+  <si>
+    <t>Nigeria Inc.</t>
+  </si>
+  <si>
+    <t>Uzbekistan Inc.</t>
+  </si>
+  <si>
+    <t>Chile Inc.</t>
+  </si>
+  <si>
+    <t>Iran Inc.</t>
+  </si>
+  <si>
+    <t>Ukraine Inc.</t>
+  </si>
+  <si>
+    <t>Bulgaria Inc.</t>
+  </si>
+  <si>
+    <t>Ethiopia Inc.</t>
+  </si>
+  <si>
+    <t>Hungary Inc.</t>
+  </si>
+  <si>
+    <t>Jordan Inc.</t>
+  </si>
+  <si>
     <t>Algeria Inc.</t>
   </si>
   <si>
-    <t>Oman Inc.</t>
-[...76 lines deleted...]
-  <si>
     <t>Bahrain Inc.</t>
   </si>
   <si>
     <t>Trinidad &amp; Tobago Inc.</t>
   </si>
   <si>
     <t>Serbia Inc.</t>
   </si>
   <si>
     <t>Bangladesh Inc.</t>
   </si>
   <si>
     <t>Cambodia Inc.</t>
   </si>
   <si>
     <t>Lebanon Inc.</t>
   </si>
   <si>
     <t>Guatemala Inc.</t>
   </si>
   <si>
     <t>Pakistan Inc.</t>
   </si>
   <si>
+    <t>Zambia Inc.</t>
+  </si>
+  <si>
+    <t>Uruguay Inc.</t>
+  </si>
+  <si>
     <t>Nepal Inc.</t>
   </si>
   <si>
-    <t>Uruguay Inc.</t>
+    <t>Angola Inc.</t>
   </si>
   <si>
     <t>Timor Leste Inc.</t>
   </si>
   <si>
-    <t>Angola Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Sri Lanka Inc.</t>
   </si>
   <si>
+    <t>Zimbabwe Inc.</t>
+  </si>
+  <si>
+    <t>Iceland Inc.</t>
+  </si>
+  <si>
+    <t>Botswana Inc.</t>
+  </si>
+  <si>
     <t>Dominican Republic Inc.</t>
   </si>
   <si>
-    <t>Iceland Inc.</t>
-[...4 lines deleted...]
-  <si>
     <t>Costa Rica Inc.</t>
   </si>
   <si>
+    <t>Ghana Inc.</t>
+  </si>
+  <si>
+    <t>Kenya Inc.</t>
+  </si>
+  <si>
+    <t>Namibia Inc.</t>
+  </si>
+  <si>
+    <t>Mauritius Inc.</t>
+  </si>
+  <si>
+    <t>Myanmar Inc.</t>
+  </si>
+  <si>
+    <t>Mongolia Inc.</t>
+  </si>
+  <si>
     <t>Tunisia Inc.</t>
   </si>
   <si>
-    <t>Myanmar Inc.</t>
-[...7 lines deleted...]
-  <si>
     <t>Fiji Inc.</t>
   </si>
   <si>
-    <t>Ghana Inc.</t>
-[...10 lines deleted...]
-  <si>
     <t>Paraguay Inc.</t>
   </si>
   <si>
     <t>Venezuela Inc.</t>
   </si>
   <si>
     <t>Turkmenistan Inc.</t>
   </si>
   <si>
+    <t>DRC Inc.</t>
+  </si>
+  <si>
+    <t>Georgia Inc.</t>
+  </si>
+  <si>
+    <t>Belarus Inc.</t>
+  </si>
+  <si>
+    <t>Ecuador Inc.</t>
+  </si>
+  <si>
+    <t>Bosnia Inc.</t>
+  </si>
+  <si>
+    <t>Kyrgyzstan Inc.</t>
+  </si>
+  <si>
+    <t>Honduras Inc.</t>
+  </si>
+  <si>
+    <t>Albania Inc.</t>
+  </si>
+  <si>
+    <t>Uganda Inc.</t>
+  </si>
+  <si>
+    <t>Monaco Inc.</t>
+  </si>
+  <si>
+    <t>Nicaragua Inc.</t>
+  </si>
+  <si>
+    <t>Moldova Inc.</t>
+  </si>
+  <si>
+    <t>Jamaica Inc.</t>
+  </si>
+  <si>
+    <t>Kosovo Inc.</t>
+  </si>
+  <si>
+    <t>Armenia Inc.</t>
+  </si>
+  <si>
+    <t>Bahamas Inc.</t>
+  </si>
+  <si>
+    <t>Barbados Inc.</t>
+  </si>
+  <si>
+    <t>Bhutan Inc.</t>
+  </si>
+  <si>
+    <t>Bolivia Inc.</t>
+  </si>
+  <si>
+    <t>Tajikistan Inc.</t>
+  </si>
+  <si>
+    <t>Laos Inc.</t>
+  </si>
+  <si>
+    <t>North Macedonia Inc.</t>
+  </si>
+  <si>
     <t>Mozambique Inc.</t>
   </si>
   <si>
-    <t>Ecuador Inc.</t>
-[...62 lines deleted...]
-    <t>Tajikistan Inc.</t>
+    <t>Guyana Inc.</t>
+  </si>
+  <si>
+    <t>North Korea Inc.</t>
+  </si>
+  <si>
+    <t>Liechtenstein Inc.</t>
+  </si>
+  <si>
+    <t>Senegal Inc.</t>
+  </si>
+  <si>
+    <t>Papua New Guinea Inc.</t>
   </si>
   <si>
     <t>Rwanda Inc.</t>
   </si>
   <si>
-    <t>Papua New Guinea Inc.</t>
-[...8 lines deleted...]
-    <t>Guyana Inc.</t>
+    <t>Togo Inc.</t>
+  </si>
+  <si>
+    <t>St Lucia Inc.</t>
   </si>
   <si>
     <t>Gabon Inc.</t>
   </si>
   <si>
+    <t>Côte d'Ivoire Inc.</t>
+  </si>
+  <si>
+    <t>Eswatini Inc.</t>
+  </si>
+  <si>
+    <t>Burkina Faso Inc.</t>
+  </si>
+  <si>
+    <t>Benin Inc.</t>
+  </si>
+  <si>
+    <t>El Salvador Inc.</t>
+  </si>
+  <si>
+    <t>Mali Inc.</t>
+  </si>
+  <si>
+    <t>Guinea Bissau Inc.</t>
+  </si>
+  <si>
+    <t>Haiti Inc.</t>
+  </si>
+  <si>
+    <t>Madagascar Inc.</t>
+  </si>
+  <si>
+    <t>Niger Inc.</t>
+  </si>
+  <si>
+    <t>Palestine Inc.</t>
+  </si>
+  <si>
+    <t>Montenegro Inc.</t>
+  </si>
+  <si>
+    <t>Guinea Inc.</t>
+  </si>
+  <si>
+    <t>Panama Inc.</t>
+  </si>
+  <si>
+    <t>Mauritania Inc.</t>
+  </si>
+  <si>
+    <t>Syria Inc.</t>
+  </si>
+  <si>
+    <t>St Kitts &amp; Nevis Inc.</t>
+  </si>
+  <si>
+    <t>Suriname Inc.</t>
+  </si>
+  <si>
+    <t>Samoa Inc.</t>
+  </si>
+  <si>
+    <t>Congo (Republic of) Inc.</t>
+  </si>
+  <si>
+    <t>Solomon Islands Inc.</t>
+  </si>
+  <si>
+    <t>Equatorial Guinea Inc.</t>
+  </si>
+  <si>
+    <t>Afghanistan Inc.</t>
+  </si>
+  <si>
+    <t>Cameroon Inc.</t>
+  </si>
+  <si>
+    <t>Central African Republic Inc.</t>
+  </si>
+  <si>
     <t>Chad Inc.</t>
   </si>
   <si>
-    <t>Central African Republic Inc.</t>
-[...80 lines deleted...]
-    <t>Solomon Islands Inc.</t>
+    <t>Cape Verde Inc.</t>
+  </si>
+  <si>
+    <t>Belize Inc.</t>
+  </si>
+  <si>
+    <t>Dominica Inc.</t>
+  </si>
+  <si>
+    <t>Antigua &amp; Barbuda Inc.</t>
+  </si>
+  <si>
+    <t>Maldives Inc.</t>
+  </si>
+  <si>
+    <t>Lesotho Inc.</t>
+  </si>
+  <si>
+    <t>Liberia Inc.</t>
+  </si>
+  <si>
+    <t>Kiribati Inc.</t>
+  </si>
+  <si>
+    <t>Grenada Inc.</t>
+  </si>
+  <si>
+    <t>Tanzania Inc.</t>
   </si>
   <si>
     <t>San Marino Inc.</t>
   </si>
   <si>
-    <t>Zimbabwe Inc.</t>
+    <t>Seychelles Inc.</t>
+  </si>
+  <si>
+    <t>Tonga Inc.</t>
   </si>
   <si>
     <t>Vanuatu Inc.</t>
   </si>
   <si>
-    <t>Tonga Inc.</t>
-[...7 lines deleted...]
-  <si>
     <t>Sierra Leone Inc.</t>
   </si>
   <si>
-    <t>Maldives Inc.</t>
-[...17 lines deleted...]
-    <t>Dominica Inc.</t>
+    <t>South Sudan Inc.</t>
+  </si>
+  <si>
+    <t>Yemen Inc.</t>
+  </si>
+  <si>
+    <t>Tuvalu Inc.</t>
+  </si>
+  <si>
+    <t>St Vincent &amp; the Grenadines Inc.</t>
+  </si>
+  <si>
+    <t>Sudan Inc.</t>
+  </si>
+  <si>
+    <t>Somalia Inc.</t>
+  </si>
+  <si>
+    <t>Sao Tome &amp; Principe Inc.</t>
+  </si>
+  <si>
+    <t>Palau Inc.</t>
+  </si>
+  <si>
+    <t>Nauru Inc.</t>
+  </si>
+  <si>
+    <t>Marshall Islands Inc.</t>
+  </si>
+  <si>
+    <t>Malawi Inc.</t>
+  </si>
+  <si>
+    <t>Micronesia (Fed States) Inc.</t>
+  </si>
+  <si>
+    <t>Others</t>
+  </si>
+  <si>
+    <t>Eritrea Inc.</t>
+  </si>
+  <si>
+    <t>Burundi Inc.</t>
   </si>
   <si>
     <t>Djibouti Inc.</t>
   </si>
   <si>
-    <t>Antigua &amp; Barbuda Inc.</t>
-[...8 lines deleted...]
-    <t>Burundi Inc.</t>
+    <t>Gambia Inc.</t>
   </si>
   <si>
     <t>Cuba Inc.</t>
   </si>
   <si>
-    <t>Gambia Inc.</t>
+    <t>Andorra Inc.</t>
   </si>
   <si>
     <t>Comoros Inc.</t>
-  </si>
-[...40 lines deleted...]
-    <t>Palau Inc.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1001,54 +1001,54 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2">
         <v>251</v>
       </c>
       <c r="C2">
         <v>358</v>
       </c>
       <c r="D2">
-        <v>11832</v>
+        <v>11862</v>
       </c>
       <c r="E2">
-        <v>12441</v>
+        <v>12471</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
         <v>4159</v>
       </c>
       <c r="C3">
         <v>2933</v>
       </c>
       <c r="D3">
         <v>599</v>
       </c>
       <c r="E3">
         <v>7691</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
         <v>1231</v>
@@ -1066,108 +1066,108 @@
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
         <v>259</v>
       </c>
       <c r="C5">
         <v>2393</v>
       </c>
       <c r="D5">
         <v>103</v>
       </c>
       <c r="E5">
         <v>2756</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
         <v>89</v>
       </c>
       <c r="C6">
-        <v>1986</v>
+        <v>2089</v>
       </c>
       <c r="D6">
         <v>100</v>
       </c>
       <c r="E6">
-        <v>2174</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7">
         <v>379</v>
       </c>
       <c r="C7">
         <v>1260</v>
       </c>
       <c r="D7">
         <v>456</v>
       </c>
       <c r="E7">
         <v>2095</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8">
         <v>124</v>
       </c>
       <c r="C8">
         <v>18</v>
       </c>
       <c r="D8">
         <v>1952</v>
       </c>
       <c r="E8">
         <v>2094</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>12</v>
       </c>
       <c r="B9">
         <v>457</v>
       </c>
       <c r="C9">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="D9">
         <v>463</v>
       </c>
       <c r="E9">
-        <v>1997</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10">
         <v>62</v>
       </c>
       <c r="C10">
         <v>401</v>
       </c>
       <c r="D10">
         <v>1188</v>
       </c>
       <c r="E10">
         <v>1651</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11">
         <v>416</v>
@@ -1363,54 +1363,54 @@
       </c>
       <c r="B23">
         <v>116</v>
       </c>
       <c r="C23">
         <v>116</v>
       </c>
       <c r="D23">
         <v>351</v>
       </c>
       <c r="E23">
         <v>583</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>27</v>
       </c>
       <c r="B24">
         <v>174</v>
       </c>
       <c r="C24">
         <v>360</v>
       </c>
       <c r="D24">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="E24">
-        <v>554</v>
+        <v>569</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25">
         <v>372</v>
       </c>
       <c r="C25">
         <v>2</v>
       </c>
       <c r="D25">
         <v>86</v>
       </c>
       <c r="E25">
         <v>460</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>29</v>
       </c>
       <c r="B26">
         <v>354</v>
@@ -1507,60 +1507,60 @@
         <v>329</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>35</v>
       </c>
       <c r="B32">
         <v>48</v>
       </c>
       <c r="C32">
         <v>175</v>
       </c>
       <c r="D32">
         <v>46</v>
       </c>
       <c r="E32">
         <v>269</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>36</v>
       </c>
       <c r="B33">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="C33">
         <v>3</v>
       </c>
       <c r="D33">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="E33">
-        <v>254</v>
+        <v>268</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>37</v>
       </c>
       <c r="B34">
         <v>219</v>
       </c>
       <c r="C34">
         <v>20</v>
       </c>
       <c r="D34">
         <v>11</v>
       </c>
       <c r="E34">
         <v>251</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
         <v>38</v>
       </c>
       <c r="B35">
         <v>231</v>
@@ -1592,68 +1592,68 @@
         <v>191</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
         <v>40</v>
       </c>
       <c r="B37">
         <v>107</v>
       </c>
       <c r="C37">
         <v>2</v>
       </c>
       <c r="D37">
         <v>65</v>
       </c>
       <c r="E37">
         <v>174</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>41</v>
       </c>
       <c r="B38">
-        <v>155</v>
+        <v>99</v>
+      </c>
+      <c r="C38">
+        <v>68</v>
       </c>
       <c r="E38">
-        <v>155</v>
+        <v>167</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>42</v>
       </c>
       <c r="B39">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>155</v>
       </c>
       <c r="E39">
-        <v>149</v>
+        <v>155</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>43</v>
       </c>
       <c r="B40">
         <v>11</v>
       </c>
       <c r="C40">
         <v>104</v>
       </c>
       <c r="D40">
         <v>25</v>
       </c>
       <c r="E40">
         <v>140</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>44</v>
       </c>
       <c r="B41">
         <v>83</v>
@@ -1712,452 +1712,458 @@
       <c r="E44">
         <v>124</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>48</v>
       </c>
       <c r="B45">
         <v>78</v>
       </c>
       <c r="C45">
         <v>28</v>
       </c>
       <c r="E45">
         <v>106</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
         <v>49</v>
       </c>
       <c r="B46">
         <v>100</v>
       </c>
+      <c r="C46">
+        <v>3</v>
+      </c>
       <c r="E46">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
         <v>50</v>
       </c>
       <c r="B47">
         <v>69</v>
       </c>
       <c r="D47">
         <v>28</v>
       </c>
       <c r="E47">
         <v>97</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>51</v>
       </c>
       <c r="B48">
         <v>82</v>
       </c>
       <c r="C48">
         <v>13</v>
       </c>
       <c r="E48">
         <v>95</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>52</v>
       </c>
       <c r="B49">
-        <v>81</v>
+        <v>19</v>
       </c>
       <c r="C49">
-        <v>13</v>
+        <v>53</v>
+      </c>
+      <c r="D49">
+        <v>22</v>
       </c>
       <c r="E49">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>53</v>
       </c>
       <c r="B50">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="C50">
-        <v>53</v>
+        <v>3</v>
       </c>
       <c r="D50">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="E50">
-        <v>94</v>
+        <v>92</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>54</v>
       </c>
       <c r="B51">
         <v>83</v>
       </c>
       <c r="C51">
         <v>3</v>
       </c>
       <c r="E51">
         <v>86</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
         <v>55</v>
       </c>
       <c r="B52">
-        <v>33</v>
+        <v>78</v>
       </c>
       <c r="C52">
-        <v>50</v>
+        <v>6</v>
       </c>
       <c r="E52">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>56</v>
       </c>
       <c r="B53">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="C53">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="E53">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>57</v>
       </c>
       <c r="B54">
         <v>29</v>
       </c>
       <c r="D54">
         <v>52</v>
       </c>
       <c r="E54">
         <v>81</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
         <v>58</v>
       </c>
       <c r="B55">
-        <v>80</v>
+        <v>69</v>
+      </c>
+      <c r="C55">
+        <v>12</v>
       </c>
       <c r="E55">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
         <v>59</v>
       </c>
       <c r="B56">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E56">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>60</v>
       </c>
       <c r="B57">
-        <v>37</v>
+        <v>3</v>
       </c>
       <c r="C57">
-        <v>3</v>
+        <v>68</v>
       </c>
       <c r="D57">
-        <v>34</v>
+        <v>3</v>
       </c>
       <c r="E57">
         <v>74</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>61</v>
       </c>
       <c r="B58">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>72</v>
       </c>
       <c r="E58">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
         <v>62</v>
       </c>
       <c r="B59">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="E59">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>63</v>
       </c>
       <c r="B60">
-        <v>72</v>
+        <v>67</v>
+      </c>
+      <c r="C60">
+        <v>3</v>
       </c>
       <c r="E60">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" t="s">
         <v>64</v>
       </c>
       <c r="B61">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E61">
-        <v>71</v>
+        <v>69</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
         <v>65</v>
       </c>
       <c r="B62">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>68</v>
       </c>
       <c r="E62">
-        <v>70</v>
+        <v>68</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>66</v>
       </c>
       <c r="B63">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E63">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>67</v>
       </c>
       <c r="B64">
-        <v>68</v>
+        <v>49</v>
+      </c>
+      <c r="C64">
+        <v>2</v>
+      </c>
+      <c r="D64">
+        <v>17</v>
       </c>
       <c r="E64">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>68</v>
       </c>
       <c r="B65">
-        <v>68</v>
+        <v>63</v>
+      </c>
+      <c r="C65">
+        <v>4</v>
       </c>
       <c r="E65">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>69</v>
       </c>
       <c r="B66">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C66">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D66">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E66">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>70</v>
       </c>
       <c r="B67">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="C67">
-        <v>4</v>
+        <v>18</v>
+      </c>
+      <c r="D67">
+        <v>1</v>
       </c>
       <c r="E67">
-        <v>67</v>
+        <v>64</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
         <v>71</v>
       </c>
       <c r="B68">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C68">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="E68">
-        <v>64</v>
+        <v>59</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>72</v>
       </c>
       <c r="B69">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="C69">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="E69">
-        <v>59</v>
+        <v>52</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
         <v>73</v>
       </c>
       <c r="B70">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="C70">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="E70">
-        <v>52</v>
+        <v>49</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
         <v>74</v>
       </c>
       <c r="B71">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C71">
-        <v>10</v>
+        <v>1</v>
+      </c>
+      <c r="D71">
+        <v>2</v>
       </c>
       <c r="E71">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
         <v>75</v>
       </c>
       <c r="B72">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="C72">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>46</v>
       </c>
       <c r="E72">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
         <v>76</v>
       </c>
       <c r="B73">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="C73">
         <v>46</v>
       </c>
       <c r="E73">
         <v>46</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
         <v>77</v>
       </c>
       <c r="B74">
-        <v>46</v>
+        <v>22</v>
+      </c>
+      <c r="C74">
+        <v>3</v>
+      </c>
+      <c r="D74">
+        <v>18</v>
       </c>
       <c r="E74">
-        <v>46</v>
+        <v>43</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
         <v>78</v>
       </c>
       <c r="B75">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="E75">
         <v>40</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
         <v>79</v>
       </c>
       <c r="B76">
         <v>5</v>
       </c>
       <c r="C76">
         <v>19</v>
       </c>
       <c r="D76">
         <v>13</v>
       </c>
       <c r="E76">
         <v>36</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" t="s">
         <v>80</v>
@@ -2239,1300 +2245,1303 @@
         <v>27</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
         <v>86</v>
       </c>
       <c r="B83">
         <v>11</v>
       </c>
       <c r="C83">
         <v>8</v>
       </c>
       <c r="D83">
         <v>3</v>
       </c>
       <c r="E83">
         <v>22</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
         <v>87</v>
       </c>
       <c r="B84">
-        <v>17</v>
+        <v>5</v>
+      </c>
+      <c r="C84">
+        <v>13</v>
       </c>
       <c r="D84">
         <v>4</v>
       </c>
       <c r="E84">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
         <v>88</v>
       </c>
       <c r="B85">
         <v>19</v>
       </c>
       <c r="D85">
         <v>2</v>
       </c>
       <c r="E85">
         <v>21</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
         <v>89</v>
       </c>
       <c r="B86">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D86">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E86">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" t="s">
         <v>90</v>
       </c>
       <c r="B87">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C87">
         <v>4</v>
       </c>
       <c r="E87">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
         <v>91</v>
       </c>
       <c r="B88">
-        <v>6</v>
+        <v>1</v>
+      </c>
+      <c r="C88">
+        <v>18</v>
       </c>
       <c r="D88">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="E88">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
         <v>92</v>
       </c>
       <c r="B89">
-        <v>15</v>
+        <v>6</v>
+      </c>
+      <c r="D89">
+        <v>12</v>
       </c>
       <c r="E89">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
         <v>93</v>
       </c>
       <c r="B90">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>1</v>
+      </c>
+      <c r="C90">
+        <v>16</v>
       </c>
       <c r="E90">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
         <v>94</v>
       </c>
       <c r="B91">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D91">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="E91">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
         <v>95</v>
       </c>
       <c r="B92">
-        <v>14</v>
+        <v>0</v>
+      </c>
+      <c r="C92">
+        <v>6</v>
+      </c>
+      <c r="D92">
+        <v>9</v>
       </c>
       <c r="E92">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
         <v>96</v>
       </c>
       <c r="B93">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="E93">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
         <v>97</v>
       </c>
       <c r="B94">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="E94">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
         <v>98</v>
       </c>
       <c r="B95">
-        <v>10</v>
+        <v>8</v>
+      </c>
+      <c r="C95">
+        <v>3</v>
       </c>
       <c r="D95">
         <v>2</v>
       </c>
       <c r="E95">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" t="s">
         <v>99</v>
       </c>
       <c r="B96">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="D96">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E96">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
         <v>100</v>
       </c>
       <c r="B97">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D97">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E97">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
         <v>101</v>
       </c>
       <c r="B98">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C98">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D98">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E98">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
         <v>102</v>
       </c>
       <c r="B99">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D99">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="E99">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
         <v>103</v>
       </c>
       <c r="B100">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="C100">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D100">
         <v>1</v>
       </c>
       <c r="E100">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" t="s">
         <v>104</v>
       </c>
       <c r="B101">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C101">
         <v>4</v>
       </c>
-      <c r="D101">
-[...1 lines deleted...]
-      </c>
       <c r="E101">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" t="s">
         <v>105</v>
       </c>
       <c r="B102">
-        <v>10</v>
+        <v>2</v>
+      </c>
+      <c r="C102">
+        <v>1</v>
+      </c>
+      <c r="D102">
+        <v>9</v>
       </c>
       <c r="E102">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" t="s">
         <v>106</v>
       </c>
       <c r="B103">
         <v>10</v>
       </c>
       <c r="E103">
         <v>10</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
         <v>107</v>
       </c>
       <c r="B104">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="E104">
         <v>10</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" t="s">
         <v>108</v>
       </c>
       <c r="B105">
-        <v>8</v>
+        <v>4</v>
+      </c>
+      <c r="C105">
+        <v>5</v>
+      </c>
+      <c r="D105">
+        <v>1</v>
       </c>
       <c r="E105">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
         <v>109</v>
       </c>
       <c r="B106">
         <v>9</v>
       </c>
       <c r="E106">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
         <v>110</v>
       </c>
       <c r="B107">
-        <v>9</v>
+        <v>4</v>
+      </c>
+      <c r="C107">
+        <v>3</v>
+      </c>
+      <c r="D107">
+        <v>2</v>
       </c>
       <c r="E107">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
         <v>111</v>
       </c>
       <c r="B108">
         <v>9</v>
       </c>
       <c r="E108">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
         <v>112</v>
       </c>
       <c r="B109">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="E109">
         <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
         <v>113</v>
       </c>
       <c r="B110">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E110">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
         <v>114</v>
       </c>
       <c r="B111">
-        <v>7</v>
+        <v>5</v>
+      </c>
+      <c r="C111">
+        <v>2</v>
+      </c>
+      <c r="D111">
+        <v>1</v>
       </c>
       <c r="E111">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
         <v>115</v>
       </c>
       <c r="B112">
         <v>7</v>
       </c>
       <c r="E112">
         <v>7</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
         <v>116</v>
       </c>
       <c r="B113">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="E113">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
         <v>117</v>
       </c>
       <c r="B114">
-        <v>6</v>
+        <v>4</v>
+      </c>
+      <c r="D114">
+        <v>3</v>
       </c>
       <c r="E114">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
         <v>118</v>
       </c>
       <c r="B115">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>0</v>
+      </c>
+      <c r="C115">
+        <v>6</v>
       </c>
       <c r="E115">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
         <v>119</v>
       </c>
       <c r="B116">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="C116">
         <v>6</v>
+      </c>
+      <c r="D116">
+        <v>1</v>
       </c>
       <c r="E116">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" t="s">
         <v>120</v>
       </c>
       <c r="B117">
         <v>6</v>
       </c>
       <c r="C117">
         <v>1</v>
       </c>
       <c r="E117">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" t="s">
         <v>121</v>
       </c>
       <c r="B118">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D118">
         <v>1</v>
       </c>
       <c r="E118">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" t="s">
         <v>122</v>
       </c>
       <c r="B119">
         <v>2</v>
       </c>
       <c r="D119">
         <v>4</v>
       </c>
       <c r="E119">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" t="s">
         <v>123</v>
       </c>
       <c r="B120">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D120">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E120">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" t="s">
         <v>124</v>
       </c>
       <c r="B121">
-        <v>5</v>
+        <v>3</v>
+      </c>
+      <c r="D121">
+        <v>2</v>
       </c>
       <c r="E121">
         <v>5</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" t="s">
         <v>125</v>
       </c>
       <c r="B122">
         <v>2</v>
       </c>
       <c r="D122">
         <v>4</v>
       </c>
       <c r="E122">
         <v>5</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" t="s">
         <v>126</v>
       </c>
       <c r="B123">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="C123">
+        <v>4</v>
       </c>
       <c r="D123">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E123">
         <v>5</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" t="s">
         <v>127</v>
       </c>
       <c r="B124">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E124">
         <v>5</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
         <v>128</v>
       </c>
       <c r="B125">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="C125">
         <v>4</v>
       </c>
       <c r="D125">
         <v>1</v>
       </c>
       <c r="E125">
         <v>5</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" t="s">
         <v>129</v>
       </c>
       <c r="B126">
-        <v>5</v>
+        <v>2</v>
+      </c>
+      <c r="D126">
+        <v>4</v>
       </c>
       <c r="E126">
         <v>5</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" t="s">
         <v>130</v>
       </c>
       <c r="B127">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E127">
         <v>5</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" t="s">
         <v>131</v>
       </c>
       <c r="B128">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E128">
         <v>4</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" t="s">
         <v>132</v>
       </c>
       <c r="B129">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>1</v>
+      </c>
+      <c r="C129">
+        <v>3</v>
       </c>
       <c r="E129">
         <v>4</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" t="s">
         <v>133</v>
       </c>
       <c r="B130">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="C130">
+        <v>1</v>
       </c>
       <c r="E130">
         <v>4</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" t="s">
         <v>134</v>
       </c>
       <c r="B131">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="D131">
+        <v>4</v>
       </c>
       <c r="E131">
         <v>4</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" t="s">
         <v>135</v>
       </c>
       <c r="B132">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C132">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E132">
         <v>4</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" t="s">
         <v>136</v>
       </c>
       <c r="B133">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>0</v>
+      </c>
+      <c r="D133">
+        <v>4</v>
       </c>
       <c r="E133">
         <v>4</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" t="s">
         <v>137</v>
       </c>
       <c r="B134">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="D134">
+        <v>2</v>
       </c>
       <c r="E134">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" t="s">
         <v>138</v>
       </c>
       <c r="B135">
         <v>3</v>
       </c>
       <c r="E135">
         <v>3</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
         <v>139</v>
       </c>
       <c r="B136">
-        <v>3</v>
+        <v>0</v>
+      </c>
+      <c r="C136">
+        <v>1</v>
+      </c>
+      <c r="D136">
+        <v>2</v>
       </c>
       <c r="E136">
         <v>3</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
         <v>140</v>
       </c>
       <c r="B137">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="C137">
+        <v>1</v>
       </c>
       <c r="E137">
         <v>3</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" t="s">
         <v>141</v>
       </c>
       <c r="B138">
         <v>3</v>
       </c>
       <c r="E138">
         <v>3</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" t="s">
         <v>142</v>
       </c>
       <c r="B139">
-        <v>3</v>
+        <v>0</v>
+      </c>
+      <c r="C139">
+        <v>1</v>
+      </c>
+      <c r="D139">
+        <v>2</v>
       </c>
       <c r="E139">
         <v>3</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" t="s">
         <v>143</v>
       </c>
       <c r="B140">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E140">
         <v>3</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" t="s">
         <v>144</v>
       </c>
       <c r="B141">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E141">
         <v>3</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" t="s">
         <v>145</v>
       </c>
       <c r="B142">
         <v>3</v>
       </c>
       <c r="E142">
         <v>3</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" t="s">
         <v>146</v>
       </c>
       <c r="B143">
         <v>3</v>
       </c>
       <c r="E143">
         <v>3</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" t="s">
         <v>147</v>
       </c>
       <c r="B144">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E144">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" t="s">
         <v>148</v>
       </c>
       <c r="B145">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E145">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" t="s">
         <v>149</v>
       </c>
       <c r="B146">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E146">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" t="s">
         <v>150</v>
       </c>
       <c r="B147">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E147">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" t="s">
         <v>151</v>
       </c>
       <c r="B148">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="C148">
+        <v>1</v>
       </c>
       <c r="E148">
         <v>2</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" t="s">
         <v>152</v>
       </c>
       <c r="B149">
         <v>2</v>
       </c>
       <c r="E149">
         <v>2</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" t="s">
         <v>153</v>
       </c>
       <c r="B150">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="C150">
+        <v>1</v>
       </c>
       <c r="E150">
         <v>2</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" t="s">
         <v>154</v>
       </c>
       <c r="B151">
+        <v>0</v>
+      </c>
+      <c r="C151">
         <v>2</v>
       </c>
       <c r="E151">
         <v>2</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" t="s">
         <v>155</v>
       </c>
       <c r="B152">
         <v>2</v>
       </c>
       <c r="E152">
         <v>2</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
         <v>156</v>
       </c>
       <c r="B153">
         <v>0</v>
       </c>
-      <c r="D153">
+      <c r="C153">
         <v>2</v>
       </c>
       <c r="E153">
         <v>2</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" t="s">
         <v>157</v>
       </c>
       <c r="B154">
-        <v>2</v>
+        <v>0</v>
+      </c>
+      <c r="C154">
+        <v>1</v>
+      </c>
+      <c r="D154">
+        <v>1</v>
       </c>
       <c r="E154">
         <v>2</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" t="s">
         <v>158</v>
       </c>
       <c r="B155">
         <v>2</v>
       </c>
       <c r="E155">
         <v>2</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" t="s">
         <v>159</v>
       </c>
       <c r="B156">
-        <v>2</v>
+        <v>0</v>
+      </c>
+      <c r="C156">
+        <v>1</v>
+      </c>
+      <c r="D156">
+        <v>1</v>
       </c>
       <c r="E156">
         <v>2</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" t="s">
         <v>160</v>
       </c>
       <c r="B157">
         <v>2</v>
       </c>
       <c r="E157">
         <v>2</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" t="s">
         <v>161</v>
       </c>
       <c r="B158">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="C158">
         <v>1</v>
       </c>
       <c r="D158">
         <v>1</v>
       </c>
       <c r="E158">
         <v>2</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" t="s">
         <v>162</v>
       </c>
       <c r="B159">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="C159">
         <v>2</v>
       </c>
       <c r="E159">
         <v>2</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" t="s">
         <v>163</v>
       </c>
       <c r="B160">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E160">
         <v>2</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" t="s">
         <v>164</v>
       </c>
       <c r="B161">
         <v>2</v>
       </c>
       <c r="E161">
         <v>2</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" t="s">
         <v>165</v>
       </c>
       <c r="B162">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E162">
         <v>2</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
         <v>166</v>
       </c>
       <c r="B163">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E163">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
         <v>167</v>
       </c>
       <c r="B164">
         <v>1</v>
       </c>
       <c r="E164">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" t="s">
         <v>168</v>
       </c>
       <c r="B165">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E165">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
         <v>169</v>
       </c>
       <c r="B166">
+        <v>0</v>
+      </c>
+      <c r="C166">
         <v>1</v>
       </c>
       <c r="E166">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
         <v>170</v>
       </c>
       <c r="B167">
         <v>0</v>
       </c>
-      <c r="D167">
+      <c r="C167">
         <v>1</v>
       </c>
       <c r="E167">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
         <v>171</v>
       </c>
       <c r="B168">
         <v>1</v>
       </c>
+      <c r="D168">
+        <v>1</v>
+      </c>
       <c r="E168">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
         <v>172</v>
       </c>
       <c r="B169">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E169">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" t="s">
         <v>173</v>
       </c>
       <c r="B170">
         <v>1</v>
       </c>
-      <c r="D170">
-[...1 lines deleted...]
-      </c>
       <c r="E170">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" t="s">
         <v>174</v>
       </c>
       <c r="B171">
+        <v>0</v>
+      </c>
+      <c r="C171">
         <v>1</v>
       </c>
       <c r="E171">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" t="s">
         <v>175</v>
       </c>
       <c r="B172">
+        <v>0</v>
+      </c>
+      <c r="C172">
         <v>1</v>
       </c>
       <c r="E172">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" t="s">
         <v>176</v>
       </c>
       <c r="B173">
         <v>0</v>
       </c>
-      <c r="C173">
+      <c r="D173">
         <v>1</v>
       </c>
       <c r="E173">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" t="s">
         <v>177</v>
       </c>
       <c r="B174">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="C174">
         <v>1</v>
       </c>
       <c r="E174">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" t="s">
         <v>178</v>
       </c>
       <c r="B175">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E175">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" t="s">
         <v>179</v>
       </c>
       <c r="B176">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="C176">
         <v>1</v>
       </c>
       <c r="E176">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" t="s">
         <v>180</v>
       </c>
       <c r="B177">
         <v>1</v>
       </c>
       <c r="E177">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" t="s">
         <v>181</v>
       </c>
       <c r="B178">
         <v>0</v>
       </c>
-      <c r="C178">
-[...1 lines deleted...]
-      </c>
       <c r="E178">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" t="s">
         <v>182</v>
       </c>
       <c r="B179">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" t="s">
         <v>183</v>
       </c>
       <c r="B180">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" t="s">
         <v>184</v>
       </c>
       <c r="B181">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" t="s">
         <v>185</v>
       </c>
       <c r="B182">
         <v>0</v>
       </c>