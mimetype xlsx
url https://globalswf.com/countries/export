--- v1 (2025-11-27)
+++ v2 (2025-12-26)
@@ -44,624 +44,624 @@
   <si>
     <t>SWFs ($b)</t>
   </si>
   <si>
     <t>PPFs ($b)</t>
   </si>
   <si>
     <t>Total ($b)</t>
   </si>
   <si>
     <t>USA Inc.</t>
   </si>
   <si>
     <t>China Inc.</t>
   </si>
   <si>
     <t>Japan Inc.</t>
   </si>
   <si>
     <t>UAE Inc.</t>
   </si>
   <si>
     <t>Norway Inc.</t>
   </si>
   <si>
+    <t>Saudi Arabia Inc.</t>
+  </si>
+  <si>
     <t>Singapore Inc.</t>
   </si>
   <si>
     <t>Canada Inc.</t>
   </si>
   <si>
-    <t>Saudi Arabia Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Australia Inc.</t>
   </si>
   <si>
     <t>South Korea Inc.</t>
   </si>
   <si>
     <t>Netherlands Inc.</t>
   </si>
   <si>
+    <t>India Inc.</t>
+  </si>
+  <si>
+    <t>Switzerland Inc.</t>
+  </si>
+  <si>
     <t>Kuwait Inc.</t>
   </si>
   <si>
-    <t>Switzerland Inc.</t>
-[...2 lines deleted...]
-    <t>India Inc.</t>
+    <t>Russia Inc.</t>
   </si>
   <si>
     <t>Taiwan Inc.</t>
   </si>
   <si>
     <t>UK Inc.</t>
   </si>
   <si>
-    <t>Russia Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Germany Inc.</t>
   </si>
   <si>
     <t>Denmark Inc.</t>
   </si>
   <si>
     <t>Qatar Inc.</t>
   </si>
   <si>
     <t>Sweden Inc.</t>
   </si>
   <si>
     <t>Malaysia Inc.</t>
   </si>
   <si>
-    <t>Turkey Inc.</t>
+    <t>Turkiye Inc.</t>
+  </si>
+  <si>
+    <t>France Inc.</t>
+  </si>
+  <si>
+    <t>Italy Inc.</t>
   </si>
   <si>
     <t>Brazil Inc.</t>
   </si>
   <si>
-    <t>France Inc.</t>
+    <t>Thailand Inc.</t>
   </si>
   <si>
     <t>Indonesia Inc.</t>
   </si>
   <si>
-    <t>Thailand Inc.</t>
-[...2 lines deleted...]
-    <t>Italy Inc.</t>
+    <t>Israel Inc.</t>
   </si>
   <si>
     <t>Finland Inc.</t>
   </si>
   <si>
-    <t>Israel Inc.</t>
+    <t>Poland Inc.</t>
   </si>
   <si>
     <t>Kazakhstan Inc.</t>
   </si>
   <si>
     <t>South Africa Inc.</t>
   </si>
   <si>
-    <t>Poland Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Mexico Inc.</t>
   </si>
   <si>
+    <t>Philippines Inc.</t>
+  </si>
+  <si>
+    <t>Czech Republic Inc.</t>
+  </si>
+  <si>
+    <t>Libya Inc.</t>
+  </si>
+  <si>
     <t>Spain Inc.</t>
   </si>
   <si>
-    <t>Philippines Inc.</t>
-[...7 lines deleted...]
-  <si>
     <t>Azerbaijan Inc.</t>
   </si>
   <si>
     <t>Vietnam Inc.</t>
   </si>
   <si>
+    <t>Argentina Inc.</t>
+  </si>
+  <si>
+    <t>Iraq Inc.</t>
+  </si>
+  <si>
+    <t>Oman Inc.</t>
+  </si>
+  <si>
+    <t>Peru Inc.</t>
+  </si>
+  <si>
+    <t>Morocco Inc.</t>
+  </si>
+  <si>
     <t>Austria Inc.</t>
   </si>
   <si>
     <t>Portugal Inc.</t>
   </si>
   <si>
+    <t>New Zealand Inc.</t>
+  </si>
+  <si>
+    <t>Romania Inc.</t>
+  </si>
+  <si>
+    <t>Brunei Inc.</t>
+  </si>
+  <si>
     <t>Belgium Inc.</t>
   </si>
   <si>
+    <t>Colombia Inc.</t>
+  </si>
+  <si>
+    <t>Uzbekistan Inc.</t>
+  </si>
+  <si>
+    <t>Egypt Inc.</t>
+  </si>
+  <si>
+    <t>Ukraine Inc.</t>
+  </si>
+  <si>
+    <t>Nigeria Inc.</t>
+  </si>
+  <si>
+    <t>Chile Inc.</t>
+  </si>
+  <si>
+    <t>Iran Inc.</t>
+  </si>
+  <si>
+    <t>Bulgaria Inc.</t>
+  </si>
+  <si>
+    <t>Lebanon Inc.</t>
+  </si>
+  <si>
     <t>Ireland Inc.</t>
   </si>
   <si>
-    <t>Iraq Inc.</t>
+    <t>Hungary Inc.</t>
+  </si>
+  <si>
+    <t>Ethiopia Inc.</t>
+  </si>
+  <si>
+    <t>Jordan Inc.</t>
+  </si>
+  <si>
+    <t>Algeria Inc.</t>
+  </si>
+  <si>
+    <t>Greece Inc.</t>
   </si>
   <si>
     <t>Luxembourg Inc.</t>
   </si>
   <si>
-    <t>Greece Inc.</t>
-[...17 lines deleted...]
-    <t>Argentina Inc.</t>
+    <t>Trinidad &amp; Tobago Inc.</t>
+  </si>
+  <si>
+    <t>Bahrain Inc.</t>
+  </si>
+  <si>
+    <t>Guatemala Inc.</t>
+  </si>
+  <si>
+    <t>Bangladesh Inc.</t>
+  </si>
+  <si>
+    <t>Serbia Inc.</t>
+  </si>
+  <si>
+    <t>Cambodia Inc.</t>
+  </si>
+  <si>
+    <t>Pakistan Inc.</t>
+  </si>
+  <si>
+    <t>Nepal Inc.</t>
+  </si>
+  <si>
+    <t>Slovakia Inc.</t>
+  </si>
+  <si>
+    <t>Uruguay Inc.</t>
+  </si>
+  <si>
+    <t>Zambia Inc.</t>
   </si>
   <si>
     <t>Slovenia Inc.</t>
   </si>
   <si>
-    <t>Slovakia Inc.</t>
-[...2 lines deleted...]
-    <t>Brunei Inc.</t>
+    <t>Timor Leste Inc.</t>
+  </si>
+  <si>
+    <t>Angola Inc.</t>
+  </si>
+  <si>
+    <t>Sri Lanka Inc.</t>
+  </si>
+  <si>
+    <t>Zimbabwe Inc.</t>
+  </si>
+  <si>
+    <t>Costa Rica Inc.</t>
+  </si>
+  <si>
+    <t>Botswana Inc.</t>
+  </si>
+  <si>
+    <t>Iceland Inc.</t>
+  </si>
+  <si>
+    <t>Dominican Republic Inc.</t>
+  </si>
+  <si>
+    <t>Ghana Inc.</t>
+  </si>
+  <si>
+    <t>Tunisia Inc.</t>
+  </si>
+  <si>
+    <t>Venezuela Inc.</t>
+  </si>
+  <si>
+    <t>Kenya Inc.</t>
+  </si>
+  <si>
+    <t>Mongolia Inc.</t>
+  </si>
+  <si>
+    <t>Myanmar Inc.</t>
   </si>
   <si>
     <t>Lithuania Inc.</t>
   </si>
   <si>
+    <t>Mauritius Inc.</t>
+  </si>
+  <si>
+    <t>Namibia Inc.</t>
+  </si>
+  <si>
     <t>Latvia Inc.</t>
   </si>
   <si>
     <t>Malta Inc.</t>
   </si>
   <si>
+    <t>Fiji Inc.</t>
+  </si>
+  <si>
+    <t>Ecuador Inc.</t>
+  </si>
+  <si>
+    <t>Honduras Inc.</t>
+  </si>
+  <si>
+    <t>Turkmenistan Inc.</t>
+  </si>
+  <si>
+    <t>Paraguay Inc.</t>
+  </si>
+  <si>
     <t>Croatia Inc.</t>
   </si>
   <si>
     <t>Cyprus Inc.</t>
   </si>
   <si>
+    <t>DRC Inc.</t>
+  </si>
+  <si>
+    <t>Bosnia Inc.</t>
+  </si>
+  <si>
     <t>Estonia Inc.</t>
   </si>
   <si>
-    <t>Egypt Inc.</t>
-[...125 lines deleted...]
-    <t>DRC Inc.</t>
+    <t>Belarus Inc.</t>
   </si>
   <si>
     <t>Georgia Inc.</t>
   </si>
   <si>
-    <t>Belarus Inc.</t>
-[...7 lines deleted...]
-  <si>
     <t>Kyrgyzstan Inc.</t>
   </si>
   <si>
-    <t>Honduras Inc.</t>
+    <t>Uganda Inc.</t>
   </si>
   <si>
     <t>Albania Inc.</t>
   </si>
   <si>
-    <t>Uganda Inc.</t>
+    <t>Armenia Inc.</t>
+  </si>
+  <si>
+    <t>Jamaica Inc.</t>
+  </si>
+  <si>
+    <t>Nicaragua Inc.</t>
+  </si>
+  <si>
+    <t>Kosovo Inc.</t>
   </si>
   <si>
     <t>Monaco Inc.</t>
   </si>
   <si>
-    <t>Nicaragua Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Moldova Inc.</t>
   </si>
   <si>
-    <t>Jamaica Inc.</t>
-[...5 lines deleted...]
-    <t>Armenia Inc.</t>
+    <t>North Macedonia Inc.</t>
+  </si>
+  <si>
+    <t>Laos Inc.</t>
   </si>
   <si>
     <t>Bahamas Inc.</t>
   </si>
   <si>
     <t>Barbados Inc.</t>
   </si>
   <si>
     <t>Bhutan Inc.</t>
   </si>
   <si>
+    <t>Tajikistan Inc.</t>
+  </si>
+  <si>
+    <t>Rwanda Inc.</t>
+  </si>
+  <si>
+    <t>Senegal Inc.</t>
+  </si>
+  <si>
+    <t>Papua New Guinea Inc.</t>
+  </si>
+  <si>
+    <t>Mozambique Inc.</t>
+  </si>
+  <si>
+    <t>Guyana Inc.</t>
+  </si>
+  <si>
+    <t>North Korea Inc.</t>
+  </si>
+  <si>
+    <t>Liechtenstein Inc.</t>
+  </si>
+  <si>
     <t>Bolivia Inc.</t>
   </si>
   <si>
-    <t>Tajikistan Inc.</t>
-[...26 lines deleted...]
-    <t>Rwanda Inc.</t>
+    <t>Gabon Inc.</t>
+  </si>
+  <si>
+    <t>Côte d'Ivoire Inc.</t>
+  </si>
+  <si>
+    <t>Eswatini Inc.</t>
+  </si>
+  <si>
+    <t>Burkina Faso Inc.</t>
+  </si>
+  <si>
+    <t>Benin Inc.</t>
+  </si>
+  <si>
+    <t>El Salvador Inc.</t>
   </si>
   <si>
     <t>Togo Inc.</t>
   </si>
   <si>
     <t>St Lucia Inc.</t>
   </si>
   <si>
-    <t>Gabon Inc.</t>
-[...14 lines deleted...]
-    <t>El Salvador Inc.</t>
+    <t>Guinea Bissau Inc.</t>
   </si>
   <si>
     <t>Mali Inc.</t>
   </si>
   <si>
-    <t>Guinea Bissau Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Haiti Inc.</t>
   </si>
   <si>
     <t>Madagascar Inc.</t>
   </si>
   <si>
     <t>Niger Inc.</t>
   </si>
   <si>
+    <t>Montenegro Inc.</t>
+  </si>
+  <si>
+    <t>Guinea Inc.</t>
+  </si>
+  <si>
     <t>Palestine Inc.</t>
   </si>
   <si>
-    <t>Montenegro Inc.</t>
-[...4 lines deleted...]
-  <si>
     <t>Panama Inc.</t>
   </si>
   <si>
     <t>Mauritania Inc.</t>
   </si>
   <si>
+    <t>Equatorial Guinea Inc.</t>
+  </si>
+  <si>
+    <t>Afghanistan Inc.</t>
+  </si>
+  <si>
+    <t>Cameroon Inc.</t>
+  </si>
+  <si>
+    <t>Central African Republic Inc.</t>
+  </si>
+  <si>
+    <t>Chad Inc.</t>
+  </si>
+  <si>
+    <t>Samoa Inc.</t>
+  </si>
+  <si>
+    <t>Congo (Republic of) Inc.</t>
+  </si>
+  <si>
+    <t>Solomon Islands Inc.</t>
+  </si>
+  <si>
     <t>Syria Inc.</t>
   </si>
   <si>
     <t>St Kitts &amp; Nevis Inc.</t>
   </si>
   <si>
     <t>Suriname Inc.</t>
   </si>
   <si>
-    <t>Samoa Inc.</t>
-[...20 lines deleted...]
-    <t>Chad Inc.</t>
+    <t>Tonga Inc.</t>
+  </si>
+  <si>
+    <t>Tanzania Inc.</t>
+  </si>
+  <si>
+    <t>Seychelles Inc.</t>
+  </si>
+  <si>
+    <t>Vanuatu Inc.</t>
+  </si>
+  <si>
+    <t>Sierra Leone Inc.</t>
+  </si>
+  <si>
+    <t>San Marino Inc.</t>
+  </si>
+  <si>
+    <t>Lesotho Inc.</t>
+  </si>
+  <si>
+    <t>Liberia Inc.</t>
+  </si>
+  <si>
+    <t>Grenada Inc.</t>
+  </si>
+  <si>
+    <t>Kiribati Inc.</t>
+  </si>
+  <si>
+    <t>Maldives Inc.</t>
   </si>
   <si>
     <t>Cape Verde Inc.</t>
   </si>
   <si>
     <t>Belize Inc.</t>
   </si>
   <si>
     <t>Dominica Inc.</t>
   </si>
   <si>
     <t>Antigua &amp; Barbuda Inc.</t>
   </si>
   <si>
-    <t>Maldives Inc.</t>
-[...29 lines deleted...]
-    <t>Sierra Leone Inc.</t>
+    <t>Eritrea Inc.</t>
+  </si>
+  <si>
+    <t>Burundi Inc.</t>
+  </si>
+  <si>
+    <t>Djibouti Inc.</t>
+  </si>
+  <si>
+    <t>Gambia Inc.</t>
+  </si>
+  <si>
+    <t>Cuba Inc.</t>
+  </si>
+  <si>
+    <t>Andorra Inc.</t>
+  </si>
+  <si>
+    <t>Comoros Inc.</t>
+  </si>
+  <si>
+    <t>Nauru Inc.</t>
+  </si>
+  <si>
+    <t>Others</t>
+  </si>
+  <si>
+    <t>Micronesia (Fed States) Inc.</t>
+  </si>
+  <si>
+    <t>Marshall Islands Inc.</t>
+  </si>
+  <si>
+    <t>Malawi Inc.</t>
   </si>
   <si>
     <t>South Sudan Inc.</t>
   </si>
   <si>
     <t>Yemen Inc.</t>
   </si>
   <si>
     <t>Tuvalu Inc.</t>
   </si>
   <si>
     <t>St Vincent &amp; the Grenadines Inc.</t>
   </si>
   <si>
     <t>Sudan Inc.</t>
   </si>
   <si>
     <t>Somalia Inc.</t>
   </si>
   <si>
     <t>Sao Tome &amp; Principe Inc.</t>
   </si>
   <si>
     <t>Palau Inc.</t>
-  </si>
-[...34 lines deleted...]
-    <t>Comoros Inc.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -995,2101 +995,2104 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="C2">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="D2">
-        <v>11862</v>
+        <v>12587</v>
       </c>
       <c r="E2">
-        <v>12471</v>
+        <v>13205</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
-        <v>4159</v>
+        <v>4287</v>
       </c>
       <c r="C3">
-        <v>2933</v>
+        <v>3281</v>
       </c>
       <c r="D3">
-        <v>599</v>
+        <v>652</v>
       </c>
       <c r="E3">
-        <v>7691</v>
+        <v>8220</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
-        <v>1231</v>
+        <v>1341</v>
       </c>
       <c r="C4">
         <v>12</v>
       </c>
       <c r="D4">
-        <v>2359</v>
+        <v>2495</v>
       </c>
       <c r="E4">
-        <v>3602</v>
+        <v>3848</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
-        <v>259</v>
+        <v>274</v>
       </c>
       <c r="C5">
-        <v>2393</v>
+        <v>2544</v>
       </c>
       <c r="D5">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="E5">
-        <v>2756</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
-        <v>89</v>
+        <v>75</v>
       </c>
       <c r="C6">
         <v>2089</v>
       </c>
       <c r="D6">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="E6">
-        <v>2278</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7">
-        <v>379</v>
+        <v>442</v>
       </c>
       <c r="C7">
-        <v>1260</v>
+        <v>1281</v>
       </c>
       <c r="D7">
-        <v>456</v>
+        <v>463</v>
       </c>
       <c r="E7">
-        <v>2095</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8">
-        <v>124</v>
+        <v>400</v>
       </c>
       <c r="C8">
-        <v>18</v>
+        <v>1260</v>
       </c>
       <c r="D8">
-        <v>1952</v>
+        <v>504</v>
       </c>
       <c r="E8">
-        <v>2094</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>12</v>
       </c>
       <c r="B9">
-        <v>457</v>
+        <v>127</v>
       </c>
       <c r="C9">
-        <v>1077</v>
+        <v>18</v>
       </c>
       <c r="D9">
-        <v>463</v>
+        <v>1982</v>
       </c>
       <c r="E9">
-        <v>1998</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="C10">
-        <v>401</v>
+        <v>445</v>
       </c>
       <c r="D10">
-        <v>1188</v>
+        <v>1252</v>
       </c>
       <c r="E10">
-        <v>1651</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11">
-        <v>416</v>
+        <v>431</v>
       </c>
       <c r="C11">
         <v>217</v>
       </c>
       <c r="D11">
-        <v>1018</v>
+        <v>1093</v>
       </c>
       <c r="E11">
-        <v>1650</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12">
-        <v>141</v>
+        <v>125</v>
       </c>
       <c r="D12">
-        <v>1127</v>
+        <v>1153</v>
       </c>
       <c r="E12">
-        <v>1268</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13">
-        <v>47</v>
+        <v>687</v>
       </c>
       <c r="C13">
-        <v>1011</v>
+        <v>13</v>
       </c>
       <c r="D13">
-        <v>137</v>
+        <v>518</v>
       </c>
       <c r="E13">
-        <v>1195</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>17</v>
       </c>
       <c r="B14">
-        <v>950</v>
+        <v>1054</v>
       </c>
       <c r="D14">
-        <v>148</v>
+        <v>163</v>
       </c>
       <c r="E14">
-        <v>1098</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15">
-        <v>639</v>
+        <v>47</v>
       </c>
       <c r="C15">
-        <v>13</v>
+        <v>1011</v>
       </c>
       <c r="D15">
-        <v>408</v>
+        <v>159</v>
       </c>
       <c r="E15">
-        <v>1060</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>19</v>
       </c>
       <c r="B16">
-        <v>578</v>
+        <v>742</v>
       </c>
       <c r="C16">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>263</v>
+        <v>203</v>
       </c>
       <c r="E16">
-        <v>880</v>
+        <v>945</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17">
-        <v>195</v>
+        <v>600</v>
       </c>
       <c r="C17">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="D17">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E17">
-        <v>841</v>
+        <v>934</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18">
-        <v>633</v>
+        <v>223</v>
       </c>
       <c r="C18">
-        <v>145</v>
+        <v>52</v>
+      </c>
+      <c r="D18">
+        <v>636</v>
       </c>
       <c r="E18">
-        <v>778</v>
+        <v>911</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19">
-        <v>411</v>
+        <v>565</v>
       </c>
       <c r="C19">
         <v>26</v>
       </c>
       <c r="D19">
         <v>222</v>
       </c>
       <c r="E19">
-        <v>659</v>
+        <v>813</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C20">
         <v>10</v>
       </c>
       <c r="D20">
-        <v>548</v>
+        <v>588</v>
       </c>
       <c r="E20">
-        <v>657</v>
+        <v>702</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>24</v>
       </c>
       <c r="B21">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="C21">
-        <v>524</v>
+        <v>580</v>
       </c>
       <c r="D21">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E21">
-        <v>614</v>
+        <v>689</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>25</v>
       </c>
       <c r="B22">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D22">
-        <v>518</v>
+        <v>580</v>
       </c>
       <c r="E22">
-        <v>583</v>
+        <v>643</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>26</v>
       </c>
       <c r="B23">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="C23">
         <v>116</v>
       </c>
       <c r="D23">
-        <v>351</v>
+        <v>397</v>
       </c>
       <c r="E23">
-        <v>583</v>
+        <v>637</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>27</v>
       </c>
       <c r="B24">
-        <v>174</v>
+        <v>186</v>
       </c>
       <c r="C24">
         <v>360</v>
       </c>
       <c r="D24">
         <v>34</v>
       </c>
       <c r="E24">
-        <v>569</v>
+        <v>581</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25">
-        <v>372</v>
+        <v>425</v>
       </c>
       <c r="C25">
-        <v>2</v>
+        <v>81</v>
       </c>
       <c r="D25">
-        <v>86</v>
+        <v>13</v>
       </c>
       <c r="E25">
-        <v>460</v>
+        <v>519</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>29</v>
       </c>
       <c r="B26">
-        <v>354</v>
+        <v>430</v>
       </c>
       <c r="C26">
-        <v>82</v>
+        <v>12</v>
       </c>
       <c r="D26">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E26">
-        <v>449</v>
+        <v>471</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>30</v>
       </c>
       <c r="B27">
-        <v>156</v>
+        <v>361</v>
       </c>
       <c r="C27">
-        <v>183</v>
+        <v>2</v>
       </c>
       <c r="D27">
-        <v>63</v>
+        <v>83</v>
       </c>
       <c r="E27">
-        <v>402</v>
+        <v>446</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>31</v>
       </c>
       <c r="B28">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="D28">
-        <v>119</v>
+        <v>134</v>
       </c>
       <c r="E28">
-        <v>387</v>
+        <v>406</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>32</v>
       </c>
       <c r="B29">
-        <v>330</v>
+        <v>150</v>
       </c>
       <c r="C29">
-        <v>11</v>
+        <v>183</v>
       </c>
       <c r="D29">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="E29">
-        <v>370</v>
+        <v>403</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>33</v>
       </c>
       <c r="B30">
-        <v>84</v>
+        <v>231</v>
       </c>
       <c r="C30">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D30">
-        <v>258</v>
+        <v>100</v>
       </c>
       <c r="E30">
-        <v>349</v>
+        <v>333</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>34</v>
       </c>
       <c r="B31">
-        <v>227</v>
+        <v>28</v>
       </c>
       <c r="C31">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D31">
-        <v>100</v>
+        <v>270</v>
       </c>
       <c r="E31">
-        <v>329</v>
+        <v>305</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>35</v>
       </c>
       <c r="B32">
-        <v>48</v>
+        <v>265</v>
       </c>
       <c r="C32">
-        <v>175</v>
+        <v>20</v>
       </c>
       <c r="D32">
-        <v>46</v>
+        <v>11</v>
       </c>
       <c r="E32">
-        <v>269</v>
+        <v>297</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>36</v>
       </c>
       <c r="B33">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="C33">
-        <v>3</v>
+        <v>180</v>
       </c>
       <c r="D33">
-        <v>195</v>
+        <v>46</v>
       </c>
       <c r="E33">
-        <v>268</v>
+        <v>286</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>37</v>
       </c>
       <c r="B34">
-        <v>219</v>
+        <v>70</v>
       </c>
       <c r="C34">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="D34">
-        <v>11</v>
+        <v>195</v>
       </c>
       <c r="E34">
-        <v>251</v>
+        <v>268</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
         <v>38</v>
       </c>
       <c r="B35">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="C35">
         <v>5</v>
       </c>
       <c r="D35">
         <v>4</v>
       </c>
       <c r="E35">
-        <v>239</v>
+        <v>258</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
         <v>39</v>
       </c>
       <c r="B36">
-        <v>173</v>
+        <v>111</v>
       </c>
       <c r="C36">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="D36">
-        <v>5</v>
+        <v>66</v>
       </c>
       <c r="E36">
-        <v>191</v>
+        <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
         <v>40</v>
       </c>
       <c r="B37">
-        <v>107</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>173</v>
       </c>
       <c r="E37">
-        <v>174</v>
+        <v>173</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>41</v>
       </c>
       <c r="B38">
         <v>99</v>
       </c>
       <c r="C38">
         <v>68</v>
       </c>
       <c r="E38">
         <v>167</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>42</v>
       </c>
       <c r="B39">
-        <v>155</v>
+        <v>135</v>
+      </c>
+      <c r="C39">
+        <v>12</v>
+      </c>
+      <c r="D39">
+        <v>5</v>
       </c>
       <c r="E39">
-        <v>155</v>
+        <v>152</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>43</v>
       </c>
       <c r="B40">
         <v>11</v>
       </c>
       <c r="C40">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D40">
         <v>25</v>
       </c>
       <c r="E40">
-        <v>140</v>
+        <v>149</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>44</v>
       </c>
       <c r="B41">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C41">
         <v>8</v>
       </c>
       <c r="D41">
         <v>46</v>
       </c>
       <c r="E41">
-        <v>137</v>
+        <v>135</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
         <v>45</v>
       </c>
       <c r="B42">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="D42">
-        <v>1</v>
+        <v>77</v>
       </c>
       <c r="E42">
-        <v>134</v>
+        <v>119</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
         <v>46</v>
       </c>
       <c r="B43">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>98</v>
+      </c>
+      <c r="C43">
+        <v>3</v>
       </c>
       <c r="E43">
-        <v>126</v>
+        <v>101</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>47</v>
       </c>
       <c r="B44">
-        <v>108</v>
+        <v>19</v>
       </c>
       <c r="C44">
-        <v>16</v>
+        <v>53</v>
+      </c>
+      <c r="D44">
+        <v>27</v>
       </c>
       <c r="E44">
-        <v>124</v>
+        <v>99</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>48</v>
       </c>
       <c r="B45">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="C45">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="E45">
-        <v>106</v>
+        <v>95</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
         <v>49</v>
       </c>
       <c r="B46">
-        <v>100</v>
+        <v>46</v>
       </c>
       <c r="C46">
         <v>3</v>
       </c>
+      <c r="D46">
+        <v>43</v>
+      </c>
       <c r="E46">
-        <v>103</v>
+        <v>92</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
         <v>50</v>
       </c>
       <c r="B47">
-        <v>69</v>
+        <v>59</v>
+      </c>
+      <c r="C47">
+        <v>31</v>
       </c>
       <c r="D47">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="E47">
-        <v>97</v>
+        <v>91</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>51</v>
       </c>
       <c r="B48">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>71</v>
+      </c>
+      <c r="D48">
+        <v>19</v>
       </c>
       <c r="E48">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>52</v>
       </c>
       <c r="B49">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="C49">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E49">
-        <v>94</v>
+        <v>85</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>53</v>
       </c>
       <c r="B50">
-        <v>46</v>
+        <v>77</v>
       </c>
       <c r="C50">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>6</v>
       </c>
       <c r="E50">
-        <v>92</v>
+        <v>83</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>54</v>
       </c>
       <c r="B51">
-        <v>83</v>
+        <v>3</v>
       </c>
       <c r="C51">
+        <v>76</v>
+      </c>
+      <c r="D51">
         <v>3</v>
       </c>
       <c r="E51">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
         <v>55</v>
       </c>
       <c r="B52">
+        <v>62</v>
+      </c>
+      <c r="C52">
+        <v>16</v>
+      </c>
+      <c r="E52">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>56</v>
       </c>
       <c r="B53">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="C53">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="E53">
-        <v>83</v>
+        <v>70</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>57</v>
       </c>
       <c r="B54">
-        <v>29</v>
+        <v>49</v>
+      </c>
+      <c r="C54">
+        <v>18</v>
       </c>
       <c r="D54">
-        <v>52</v>
+        <v>1</v>
       </c>
       <c r="E54">
-        <v>81</v>
+        <v>68</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
         <v>58</v>
       </c>
       <c r="B55">
-        <v>69</v>
+        <v>49</v>
       </c>
       <c r="C55">
-        <v>12</v>
+        <v>2</v>
+      </c>
+      <c r="D55">
+        <v>17</v>
       </c>
       <c r="E55">
-        <v>81</v>
+        <v>67</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
         <v>59</v>
       </c>
       <c r="B56">
-        <v>80</v>
+        <v>55</v>
+      </c>
+      <c r="C56">
+        <v>10</v>
       </c>
       <c r="E56">
-        <v>80</v>
+        <v>65</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>60</v>
       </c>
       <c r="B57">
-        <v>3</v>
+        <v>43</v>
       </c>
       <c r="C57">
-        <v>68</v>
+        <v>3</v>
       </c>
       <c r="D57">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="E57">
-        <v>74</v>
+        <v>64</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>61</v>
       </c>
       <c r="B58">
-        <v>72</v>
+        <v>49</v>
+      </c>
+      <c r="C58">
+        <v>14</v>
       </c>
       <c r="E58">
-        <v>72</v>
+        <v>63</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
         <v>62</v>
       </c>
       <c r="B59">
-        <v>71</v>
+        <v>34</v>
+      </c>
+      <c r="C59">
+        <v>27</v>
       </c>
       <c r="E59">
-        <v>71</v>
+        <v>60</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>63</v>
       </c>
       <c r="B60">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="C60">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="D60">
+        <v>2</v>
       </c>
       <c r="E60">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" t="s">
         <v>64</v>
       </c>
       <c r="B61">
-        <v>69</v>
+        <v>49</v>
       </c>
       <c r="E61">
-        <v>69</v>
+        <v>49</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
         <v>65</v>
       </c>
       <c r="B62">
-        <v>68</v>
+        <v>20</v>
+      </c>
+      <c r="C62">
+        <v>28</v>
       </c>
       <c r="E62">
-        <v>68</v>
+        <v>48</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>66</v>
       </c>
       <c r="B63">
-        <v>68</v>
+        <v>48</v>
       </c>
       <c r="E63">
-        <v>68</v>
+        <v>48</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>67</v>
       </c>
       <c r="B64">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="C64">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="E64">
-        <v>67</v>
+        <v>46</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>68</v>
       </c>
       <c r="B65">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="C65">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="D65">
+        <v>18</v>
       </c>
       <c r="E65">
-        <v>67</v>
+        <v>45</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>69</v>
       </c>
       <c r="B66">
-        <v>43</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="E66">
-        <v>64</v>
+        <v>40</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>70</v>
       </c>
       <c r="B67">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="C67">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="E67">
-        <v>64</v>
+        <v>39</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
         <v>71</v>
       </c>
       <c r="B68">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="C68">
-        <v>13</v>
+        <v>1</v>
+      </c>
+      <c r="D68">
+        <v>28</v>
       </c>
       <c r="E68">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>72</v>
       </c>
       <c r="B69">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="C69">
-        <v>27</v>
+        <v>6</v>
+      </c>
+      <c r="D69">
+        <v>24</v>
       </c>
       <c r="E69">
-        <v>52</v>
+        <v>36</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
         <v>73</v>
       </c>
       <c r="B70">
-        <v>39</v>
+        <v>5</v>
       </c>
       <c r="C70">
-        <v>10</v>
+        <v>19</v>
+      </c>
+      <c r="D70">
+        <v>13</v>
       </c>
       <c r="E70">
-        <v>49</v>
+        <v>36</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
         <v>74</v>
       </c>
       <c r="B71">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="D71">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E71">
-        <v>47</v>
+        <v>35</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
         <v>75</v>
       </c>
       <c r="B72">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="C72">
-        <v>46</v>
+        <v>3</v>
       </c>
       <c r="E72">
-        <v>46</v>
+        <v>34</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
         <v>76</v>
       </c>
       <c r="B73">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="E73">
-        <v>46</v>
+        <v>34</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
         <v>77</v>
       </c>
       <c r="B74">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="D74">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="E74">
-        <v>43</v>
+        <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
         <v>78</v>
       </c>
       <c r="B75">
-        <v>40</v>
+        <v>15</v>
+      </c>
+      <c r="C75">
+        <v>8</v>
+      </c>
+      <c r="D75">
+        <v>3</v>
       </c>
       <c r="E75">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
         <v>79</v>
       </c>
       <c r="B76">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D76">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="E76">
-        <v>36</v>
+        <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" t="s">
         <v>80</v>
       </c>
       <c r="B77">
-        <v>6</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E77">
-        <v>36</v>
+        <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" t="s">
         <v>81</v>
       </c>
       <c r="B78">
-        <v>34</v>
+        <v>21</v>
+      </c>
+      <c r="D78">
+        <v>2</v>
       </c>
       <c r="E78">
-        <v>34</v>
+        <v>23</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" t="s">
         <v>82</v>
       </c>
       <c r="B79">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="C79">
-        <v>3</v>
+        <v>13</v>
+      </c>
+      <c r="D79">
+        <v>4</v>
       </c>
       <c r="E79">
-        <v>29</v>
+        <v>22</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" t="s">
         <v>83</v>
       </c>
       <c r="B80">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>9</v>
+      </c>
+      <c r="C80">
+        <v>12</v>
       </c>
       <c r="E80">
-        <v>28</v>
+        <v>21</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" t="s">
         <v>84</v>
       </c>
       <c r="B81">
-        <v>28</v>
+        <v>1</v>
+      </c>
+      <c r="C81">
+        <v>18</v>
+      </c>
+      <c r="D81">
+        <v>1</v>
       </c>
       <c r="E81">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" t="s">
         <v>85</v>
       </c>
       <c r="B82">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>16</v>
+      </c>
+      <c r="C82">
+        <v>4</v>
       </c>
       <c r="E82">
-        <v>27</v>
+        <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
         <v>86</v>
       </c>
       <c r="B83">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D83">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="E83">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
         <v>87</v>
       </c>
       <c r="B84">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C84">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="E84">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
         <v>88</v>
       </c>
       <c r="B85">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="E85">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
         <v>89</v>
       </c>
       <c r="B86">
-        <v>17</v>
+        <v>0</v>
+      </c>
+      <c r="C86">
+        <v>6</v>
       </c>
       <c r="D86">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="E86">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" t="s">
         <v>90</v>
       </c>
       <c r="B87">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>7</v>
+      </c>
+      <c r="D87">
+        <v>8</v>
       </c>
       <c r="E87">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
         <v>91</v>
       </c>
       <c r="B88">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="E88">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
         <v>92</v>
       </c>
       <c r="B89">
-        <v>6</v>
+        <v>8</v>
+      </c>
+      <c r="C89">
+        <v>3</v>
       </c>
       <c r="D89">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="E89">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
         <v>93</v>
       </c>
       <c r="B90">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="C90">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="E90">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
         <v>94</v>
       </c>
       <c r="B91">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E91">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
         <v>95</v>
       </c>
       <c r="B92">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="D92">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="E92">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
         <v>96</v>
       </c>
       <c r="B93">
-        <v>15</v>
+        <v>6</v>
+      </c>
+      <c r="C93">
+        <v>5</v>
+      </c>
+      <c r="D93">
+        <v>1</v>
       </c>
       <c r="E93">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
         <v>97</v>
       </c>
       <c r="B94">
-        <v>14</v>
+        <v>7</v>
+      </c>
+      <c r="D94">
+        <v>5</v>
       </c>
       <c r="E94">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
         <v>98</v>
       </c>
       <c r="B95">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="E95">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" t="s">
         <v>99</v>
       </c>
       <c r="B96">
-        <v>11</v>
+        <v>10</v>
+      </c>
+      <c r="C96">
+        <v>1</v>
       </c>
       <c r="D96">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E96">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
         <v>100</v>
       </c>
       <c r="B97">
         <v>3</v>
       </c>
       <c r="D97">
         <v>10</v>
       </c>
       <c r="E97">
         <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
         <v>101</v>
       </c>
       <c r="B98">
-        <v>10</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="E98">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
         <v>102</v>
       </c>
       <c r="B99">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>8</v>
+      </c>
+      <c r="C99">
+        <v>3</v>
       </c>
       <c r="E99">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
         <v>103</v>
       </c>
       <c r="B100">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="C100">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D100">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E100">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" t="s">
         <v>104</v>
       </c>
       <c r="B101">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="E101">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" t="s">
         <v>105</v>
       </c>
       <c r="B102">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E102">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" t="s">
         <v>106</v>
       </c>
       <c r="B103">
-        <v>10</v>
+        <v>4</v>
+      </c>
+      <c r="C103">
+        <v>5</v>
+      </c>
+      <c r="D103">
+        <v>1</v>
       </c>
       <c r="E103">
         <v>10</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
         <v>107</v>
       </c>
       <c r="B104">
         <v>10</v>
       </c>
       <c r="E104">
         <v>10</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" t="s">
         <v>108</v>
       </c>
       <c r="B105">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E105">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
         <v>109</v>
       </c>
       <c r="B106">
         <v>9</v>
       </c>
       <c r="E106">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
         <v>110</v>
       </c>
       <c r="B107">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="E107">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
         <v>111</v>
       </c>
       <c r="B108">
         <v>9</v>
       </c>
       <c r="E108">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
         <v>112</v>
       </c>
       <c r="B109">
         <v>9</v>
       </c>
       <c r="E109">
         <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
         <v>113</v>
       </c>
       <c r="B110">
         <v>9</v>
       </c>
       <c r="E110">
         <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
         <v>114</v>
       </c>
       <c r="B111">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C111">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D111">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E111">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
         <v>115</v>
       </c>
       <c r="B112">
-        <v>7</v>
+        <v>5</v>
+      </c>
+      <c r="C112">
+        <v>2</v>
+      </c>
+      <c r="D112">
+        <v>1</v>
       </c>
       <c r="E112">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
         <v>116</v>
       </c>
       <c r="B113">
-        <v>7</v>
+        <v>4</v>
+      </c>
+      <c r="D113">
+        <v>3</v>
       </c>
       <c r="E113">
         <v>7</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
         <v>117</v>
       </c>
       <c r="B114">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E114">
         <v>7</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
         <v>118</v>
       </c>
       <c r="B115">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>4</v>
+      </c>
+      <c r="D115">
+        <v>2</v>
       </c>
       <c r="E115">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
         <v>119</v>
       </c>
       <c r="B116">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D116">
         <v>1</v>
       </c>
       <c r="E116">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" t="s">
         <v>120</v>
       </c>
       <c r="B117">
         <v>6</v>
       </c>
-      <c r="C117">
+      <c r="D117">
         <v>1</v>
       </c>
       <c r="E117">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" t="s">
         <v>121</v>
       </c>
       <c r="B118">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D118">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E118">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" t="s">
         <v>122</v>
       </c>
       <c r="B119">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>0</v>
+      </c>
+      <c r="C119">
+        <v>6</v>
       </c>
       <c r="E119">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" t="s">
         <v>123</v>
       </c>
       <c r="B120">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>6</v>
+      </c>
+      <c r="C120">
+        <v>1</v>
       </c>
       <c r="E120">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" t="s">
         <v>124</v>
       </c>
       <c r="B121">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E121">
         <v>5</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" t="s">
         <v>125</v>
       </c>
       <c r="B122">
         <v>2</v>
       </c>
       <c r="D122">
         <v>4</v>
       </c>
       <c r="E122">
         <v>5</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" t="s">
         <v>126</v>
       </c>
       <c r="B123">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D123">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E123">
         <v>5</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" t="s">
         <v>127</v>
       </c>
       <c r="B124">
-        <v>5</v>
+        <v>2</v>
+      </c>
+      <c r="D124">
+        <v>4</v>
       </c>
       <c r="E124">
         <v>5</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
         <v>128</v>
       </c>
       <c r="B125">
+        <v>1</v>
+      </c>
+      <c r="C125">
         <v>4</v>
       </c>
       <c r="D125">
         <v>1</v>
       </c>
       <c r="E125">
         <v>5</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" t="s">
         <v>129</v>
       </c>
       <c r="B126">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D126">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E126">
         <v>5</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" t="s">
         <v>130</v>
       </c>
       <c r="B127">
-        <v>5</v>
+        <v>2</v>
+      </c>
+      <c r="D127">
+        <v>2</v>
       </c>
       <c r="E127">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" t="s">
         <v>131</v>
       </c>
       <c r="B128">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="C128">
+        <v>1</v>
       </c>
       <c r="E128">
         <v>4</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" t="s">
         <v>132</v>
       </c>
       <c r="B129">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>0</v>
+      </c>
+      <c r="D129">
+        <v>4</v>
       </c>
       <c r="E129">
         <v>4</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" t="s">
         <v>133</v>
       </c>
       <c r="B130">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E130">
         <v>4</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" t="s">
         <v>134</v>
       </c>
       <c r="B131">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>1</v>
+      </c>
+      <c r="C131">
+        <v>3</v>
       </c>
       <c r="E131">
         <v>4</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" t="s">
         <v>135</v>
       </c>
       <c r="B132">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C132">
         <v>1</v>
       </c>
       <c r="E132">
         <v>4</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" t="s">
         <v>136</v>
       </c>
       <c r="B133">
         <v>0</v>
       </c>
       <c r="D133">
         <v>4</v>
       </c>
       <c r="E133">
         <v>4</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" t="s">
         <v>137</v>
       </c>
       <c r="B134">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E134">
         <v>4</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" t="s">
         <v>138</v>
       </c>
       <c r="B135">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="C135">
+        <v>1</v>
       </c>
       <c r="E135">
         <v>3</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
         <v>139</v>
       </c>
       <c r="B136">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E136">
         <v>3</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
         <v>140</v>
       </c>
       <c r="B137">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C137">
         <v>1</v>
+      </c>
+      <c r="D137">
+        <v>2</v>
       </c>
       <c r="E137">
         <v>3</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" t="s">
         <v>141</v>
       </c>
       <c r="B138">
         <v>3</v>
       </c>
       <c r="E138">
         <v>3</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" t="s">
         <v>142</v>
       </c>
       <c r="B139">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E139">
         <v>3</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" t="s">
         <v>143</v>
       </c>
       <c r="B140">
         <v>3</v>
       </c>
       <c r="E140">
         <v>3</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" t="s">
         <v>144</v>
       </c>
       <c r="B141">
         <v>3</v>
       </c>
       <c r="E141">
         <v>3</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" t="s">
         <v>145</v>
       </c>
       <c r="B142">
-        <v>3</v>
+        <v>0</v>
+      </c>
+      <c r="C142">
+        <v>1</v>
+      </c>
+      <c r="D142">
+        <v>2</v>
       </c>
       <c r="E142">
         <v>3</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" t="s">
         <v>146</v>
       </c>
       <c r="B143">
         <v>3</v>
       </c>
       <c r="E143">
         <v>3</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" t="s">
         <v>147</v>
       </c>
       <c r="B144">
         <v>3</v>
       </c>
       <c r="E144">
         <v>3</v>
@@ -3111,426 +3114,426 @@
         <v>149</v>
       </c>
       <c r="B146">
         <v>3</v>
       </c>
       <c r="E146">
         <v>3</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" t="s">
         <v>150</v>
       </c>
       <c r="B147">
         <v>3</v>
       </c>
       <c r="E147">
         <v>3</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" t="s">
         <v>151</v>
       </c>
       <c r="B148">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E148">
         <v>2</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" t="s">
         <v>152</v>
       </c>
       <c r="B149">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="C149">
+        <v>1</v>
       </c>
       <c r="E149">
         <v>2</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" t="s">
         <v>153</v>
       </c>
       <c r="B150">
         <v>1</v>
       </c>
       <c r="C150">
         <v>1</v>
       </c>
       <c r="E150">
         <v>2</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" t="s">
         <v>154</v>
       </c>
       <c r="B151">
         <v>0</v>
       </c>
       <c r="C151">
         <v>2</v>
       </c>
       <c r="E151">
         <v>2</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" t="s">
         <v>155</v>
       </c>
       <c r="B152">
         <v>2</v>
       </c>
       <c r="E152">
         <v>2</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
         <v>156</v>
       </c>
       <c r="B153">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="C153">
         <v>2</v>
       </c>
       <c r="E153">
         <v>2</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" t="s">
         <v>157</v>
       </c>
       <c r="B154">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E154">
         <v>2</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" t="s">
         <v>158</v>
       </c>
       <c r="B155">
         <v>2</v>
       </c>
       <c r="E155">
         <v>2</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" t="s">
         <v>159</v>
       </c>
       <c r="B156">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E156">
         <v>2</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" t="s">
         <v>160</v>
       </c>
       <c r="B157">
         <v>2</v>
       </c>
       <c r="E157">
         <v>2</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" t="s">
         <v>161</v>
       </c>
       <c r="B158">
+        <v>0</v>
+      </c>
+      <c r="C158">
         <v>1</v>
       </c>
       <c r="D158">
         <v>1</v>
       </c>
       <c r="E158">
         <v>2</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" t="s">
         <v>162</v>
       </c>
       <c r="B159">
         <v>2</v>
       </c>
       <c r="E159">
         <v>2</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" t="s">
         <v>163</v>
       </c>
       <c r="B160">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="D160">
+        <v>1</v>
       </c>
       <c r="E160">
         <v>2</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" t="s">
         <v>164</v>
       </c>
       <c r="B161">
+        <v>0</v>
+      </c>
+      <c r="C161">
         <v>2</v>
       </c>
       <c r="E161">
         <v>2</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" t="s">
         <v>165</v>
       </c>
       <c r="B162">
-        <v>2</v>
+        <v>0</v>
+      </c>
+      <c r="C162">
+        <v>1</v>
+      </c>
+      <c r="D162">
+        <v>1</v>
       </c>
       <c r="E162">
         <v>2</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
         <v>166</v>
       </c>
       <c r="B163">
         <v>2</v>
       </c>
       <c r="E163">
         <v>2</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
         <v>167</v>
       </c>
       <c r="B164">
         <v>1</v>
       </c>
       <c r="E164">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" t="s">
         <v>168</v>
       </c>
       <c r="B165">
         <v>0</v>
       </c>
+      <c r="D165">
+        <v>1</v>
+      </c>
       <c r="E165">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
         <v>169</v>
       </c>
       <c r="B166">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="C166">
         <v>1</v>
       </c>
       <c r="E166">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
         <v>170</v>
       </c>
       <c r="B167">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="C167">
         <v>1</v>
       </c>
       <c r="E167">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
         <v>171</v>
       </c>
       <c r="B168">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E168">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
         <v>172</v>
       </c>
       <c r="B169">
         <v>1</v>
       </c>
       <c r="E169">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" t="s">
         <v>173</v>
       </c>
       <c r="B170">
         <v>1</v>
       </c>
       <c r="E170">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" t="s">
         <v>174</v>
       </c>
       <c r="B171">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="C171">
         <v>1</v>
       </c>
       <c r="E171">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" t="s">
         <v>175</v>
       </c>
       <c r="B172">
         <v>0</v>
       </c>
       <c r="C172">
         <v>1</v>
       </c>
       <c r="E172">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" t="s">
         <v>176</v>
       </c>
       <c r="B173">
         <v>0</v>
       </c>
-      <c r="D173">
+      <c r="C173">
         <v>1</v>
       </c>
       <c r="E173">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" t="s">
         <v>177</v>
       </c>
       <c r="B174">
         <v>1</v>
       </c>
+      <c r="D174">
+        <v>1</v>
+      </c>
       <c r="E174">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" t="s">
         <v>178</v>
       </c>
       <c r="B175">
         <v>1</v>
       </c>
       <c r="E175">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" t="s">
         <v>179</v>
       </c>
       <c r="B176">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E176">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" t="s">
         <v>180</v>
       </c>
       <c r="B177">
+        <v>0</v>
+      </c>
+      <c r="C177">
         <v>1</v>
       </c>
       <c r="E177">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" t="s">
         <v>181</v>
       </c>
       <c r="B178">
         <v>0</v>
+      </c>
+      <c r="C178">
+        <v>1</v>
       </c>
       <c r="E178">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" t="s">
         <v>182</v>
       </c>
       <c r="B179">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" t="s">
         <v>183</v>
       </c>
       <c r="B180">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" t="s">
         <v>184</v>
       </c>