--- v2 (2025-12-26)
+++ v3 (2026-01-16)
@@ -71,125 +71,125 @@
   <si>
     <t>Singapore Inc.</t>
   </si>
   <si>
     <t>Canada Inc.</t>
   </si>
   <si>
     <t>Australia Inc.</t>
   </si>
   <si>
     <t>South Korea Inc.</t>
   </si>
   <si>
     <t>Netherlands Inc.</t>
   </si>
   <si>
     <t>India Inc.</t>
   </si>
   <si>
     <t>Switzerland Inc.</t>
   </si>
   <si>
     <t>Kuwait Inc.</t>
   </si>
   <si>
+    <t>UK Inc.</t>
+  </si>
+  <si>
     <t>Russia Inc.</t>
   </si>
   <si>
     <t>Taiwan Inc.</t>
   </si>
   <si>
-    <t>UK Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Germany Inc.</t>
   </si>
   <si>
     <t>Denmark Inc.</t>
   </si>
   <si>
     <t>Qatar Inc.</t>
   </si>
   <si>
+    <t>Malaysia Inc.</t>
+  </si>
+  <si>
     <t>Sweden Inc.</t>
   </si>
   <si>
-    <t>Malaysia Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Turkiye Inc.</t>
   </si>
   <si>
     <t>France Inc.</t>
   </si>
   <si>
     <t>Italy Inc.</t>
   </si>
   <si>
     <t>Brazil Inc.</t>
   </si>
   <si>
     <t>Thailand Inc.</t>
   </si>
   <si>
     <t>Indonesia Inc.</t>
   </si>
   <si>
     <t>Israel Inc.</t>
   </si>
   <si>
+    <t>Poland Inc.</t>
+  </si>
+  <si>
+    <t>Kazakhstan Inc.</t>
+  </si>
+  <si>
+    <t>South Africa Inc.</t>
+  </si>
+  <si>
+    <t>Mexico Inc.</t>
+  </si>
+  <si>
+    <t>Philippines Inc.</t>
+  </si>
+  <si>
+    <t>Czech Republic Inc.</t>
+  </si>
+  <si>
+    <t>Libya Inc.</t>
+  </si>
+  <si>
+    <t>Spain Inc.</t>
+  </si>
+  <si>
+    <t>Azerbaijan Inc.</t>
+  </si>
+  <si>
     <t>Finland Inc.</t>
   </si>
   <si>
-    <t>Poland Inc.</t>
-[...25 lines deleted...]
-  <si>
     <t>Vietnam Inc.</t>
   </si>
   <si>
     <t>Argentina Inc.</t>
   </si>
   <si>
     <t>Iraq Inc.</t>
   </si>
   <si>
     <t>Oman Inc.</t>
   </si>
   <si>
     <t>Peru Inc.</t>
   </si>
   <si>
     <t>Morocco Inc.</t>
   </si>
   <si>
     <t>Austria Inc.</t>
   </si>
   <si>
     <t>Portugal Inc.</t>
   </si>
   <si>
     <t>New Zealand Inc.</t>
@@ -311,155 +311,158 @@
   <si>
     <t>Dominican Republic Inc.</t>
   </si>
   <si>
     <t>Ghana Inc.</t>
   </si>
   <si>
     <t>Tunisia Inc.</t>
   </si>
   <si>
     <t>Venezuela Inc.</t>
   </si>
   <si>
     <t>Kenya Inc.</t>
   </si>
   <si>
     <t>Mongolia Inc.</t>
   </si>
   <si>
     <t>Myanmar Inc.</t>
   </si>
   <si>
     <t>Lithuania Inc.</t>
   </si>
   <si>
+    <t>Namibia Inc.</t>
+  </si>
+  <si>
+    <t>Latvia Inc.</t>
+  </si>
+  <si>
+    <t>Malta Inc.</t>
+  </si>
+  <si>
+    <t>Fiji Inc.</t>
+  </si>
+  <si>
+    <t>Ecuador Inc.</t>
+  </si>
+  <si>
+    <t>Georgia Inc.</t>
+  </si>
+  <si>
     <t>Mauritius Inc.</t>
   </si>
   <si>
-    <t>Namibia Inc.</t>
-[...13 lines deleted...]
-  <si>
     <t>Honduras Inc.</t>
   </si>
   <si>
     <t>Turkmenistan Inc.</t>
   </si>
   <si>
     <t>Paraguay Inc.</t>
   </si>
   <si>
     <t>Croatia Inc.</t>
   </si>
   <si>
     <t>Cyprus Inc.</t>
   </si>
   <si>
     <t>DRC Inc.</t>
   </si>
   <si>
     <t>Bosnia Inc.</t>
   </si>
   <si>
     <t>Estonia Inc.</t>
   </si>
   <si>
     <t>Belarus Inc.</t>
   </si>
   <si>
-    <t>Georgia Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Kyrgyzstan Inc.</t>
   </si>
   <si>
+    <t>Monaco Inc.</t>
+  </si>
+  <si>
     <t>Uganda Inc.</t>
   </si>
   <si>
     <t>Albania Inc.</t>
   </si>
   <si>
     <t>Armenia Inc.</t>
   </si>
   <si>
     <t>Jamaica Inc.</t>
   </si>
   <si>
     <t>Nicaragua Inc.</t>
   </si>
   <si>
     <t>Kosovo Inc.</t>
   </si>
   <si>
-    <t>Monaco Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Moldova Inc.</t>
   </si>
   <si>
     <t>North Macedonia Inc.</t>
   </si>
   <si>
     <t>Laos Inc.</t>
   </si>
   <si>
     <t>Bahamas Inc.</t>
   </si>
   <si>
     <t>Barbados Inc.</t>
   </si>
   <si>
     <t>Bhutan Inc.</t>
   </si>
   <si>
     <t>Tajikistan Inc.</t>
   </si>
   <si>
     <t>Rwanda Inc.</t>
   </si>
   <si>
     <t>Senegal Inc.</t>
   </si>
   <si>
     <t>Papua New Guinea Inc.</t>
   </si>
   <si>
     <t>Mozambique Inc.</t>
   </si>
   <si>
+    <t>Panama Inc.</t>
+  </si>
+  <si>
     <t>Guyana Inc.</t>
   </si>
   <si>
     <t>North Korea Inc.</t>
   </si>
   <si>
     <t>Liechtenstein Inc.</t>
   </si>
   <si>
     <t>Bolivia Inc.</t>
   </si>
   <si>
     <t>Gabon Inc.</t>
   </si>
   <si>
     <t>Côte d'Ivoire Inc.</t>
   </si>
   <si>
     <t>Eswatini Inc.</t>
   </si>
   <si>
     <t>Burkina Faso Inc.</t>
   </si>
   <si>
     <t>Benin Inc.</t>
@@ -474,53 +477,50 @@
     <t>St Lucia Inc.</t>
   </si>
   <si>
     <t>Guinea Bissau Inc.</t>
   </si>
   <si>
     <t>Mali Inc.</t>
   </si>
   <si>
     <t>Haiti Inc.</t>
   </si>
   <si>
     <t>Madagascar Inc.</t>
   </si>
   <si>
     <t>Niger Inc.</t>
   </si>
   <si>
     <t>Montenegro Inc.</t>
   </si>
   <si>
     <t>Guinea Inc.</t>
   </si>
   <si>
     <t>Palestine Inc.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Panama Inc.</t>
   </si>
   <si>
     <t>Mauritania Inc.</t>
   </si>
   <si>
     <t>Equatorial Guinea Inc.</t>
   </si>
   <si>
     <t>Afghanistan Inc.</t>
   </si>
   <si>
     <t>Cameroon Inc.</t>
   </si>
   <si>
     <t>Central African Republic Inc.</t>
   </si>
   <si>
     <t>Chad Inc.</t>
   </si>
   <si>
     <t>Samoa Inc.</t>
   </si>
   <si>
     <t>Congo (Republic of) Inc.</t>
   </si>
@@ -998,108 +998,108 @@
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2">
         <v>256</v>
       </c>
       <c r="C2">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D2">
-        <v>12587</v>
+        <v>12593</v>
       </c>
       <c r="E2">
-        <v>13205</v>
+        <v>13212</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
         <v>4287</v>
       </c>
       <c r="C3">
-        <v>3281</v>
+        <v>3538</v>
       </c>
       <c r="D3">
         <v>652</v>
       </c>
       <c r="E3">
-        <v>8220</v>
+        <v>8477</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
         <v>1341</v>
       </c>
       <c r="C4">
         <v>12</v>
       </c>
       <c r="D4">
         <v>2495</v>
       </c>
       <c r="E4">
         <v>3848</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
         <v>274</v>
       </c>
       <c r="C5">
-        <v>2544</v>
+        <v>2556</v>
       </c>
       <c r="D5">
         <v>113</v>
       </c>
       <c r="E5">
-        <v>2931</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
         <v>75</v>
       </c>
       <c r="C6">
         <v>2089</v>
       </c>
       <c r="D6">
         <v>107</v>
       </c>
       <c r="E6">
         <v>2272</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7">
         <v>442</v>
@@ -1227,91 +1227,91 @@
         <v>1217</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15">
         <v>47</v>
       </c>
       <c r="C15">
         <v>1011</v>
       </c>
       <c r="D15">
         <v>159</v>
       </c>
       <c r="E15">
         <v>1216</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>19</v>
       </c>
       <c r="B16">
-        <v>742</v>
+        <v>223</v>
       </c>
       <c r="C16">
-        <v>203</v>
+        <v>52</v>
+      </c>
+      <c r="D16">
+        <v>726</v>
       </c>
       <c r="E16">
-        <v>945</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17">
-        <v>600</v>
+        <v>742</v>
       </c>
       <c r="C17">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>203</v>
       </c>
       <c r="E17">
-        <v>934</v>
+        <v>945</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18">
-        <v>223</v>
+        <v>600</v>
       </c>
       <c r="C18">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="D18">
-        <v>636</v>
+        <v>294</v>
       </c>
       <c r="E18">
-        <v>911</v>
+        <v>934</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19">
         <v>565</v>
       </c>
       <c r="C19">
         <v>26</v>
       </c>
       <c r="D19">
         <v>222</v>
       </c>
       <c r="E19">
         <v>813</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20">
         <v>104</v>
@@ -1326,74 +1326,74 @@
         <v>702</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>24</v>
       </c>
       <c r="B21">
         <v>72</v>
       </c>
       <c r="C21">
         <v>580</v>
       </c>
       <c r="D21">
         <v>37</v>
       </c>
       <c r="E21">
         <v>689</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>25</v>
       </c>
       <c r="B22">
-        <v>63</v>
+        <v>124</v>
+      </c>
+      <c r="C22">
+        <v>116</v>
       </c>
       <c r="D22">
-        <v>580</v>
+        <v>397</v>
       </c>
       <c r="E22">
-        <v>643</v>
+        <v>637</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>26</v>
       </c>
       <c r="B23">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>63</v>
       </c>
       <c r="D23">
-        <v>397</v>
+        <v>518</v>
       </c>
       <c r="E23">
-        <v>637</v>
+        <v>581</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>27</v>
       </c>
       <c r="B24">
         <v>186</v>
       </c>
       <c r="C24">
         <v>360</v>
       </c>
       <c r="D24">
         <v>34</v>
       </c>
       <c r="E24">
         <v>581</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25">
         <v>425</v>
@@ -1473,204 +1473,204 @@
         <v>403</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>33</v>
       </c>
       <c r="B30">
         <v>231</v>
       </c>
       <c r="C30">
         <v>2</v>
       </c>
       <c r="D30">
         <v>100</v>
       </c>
       <c r="E30">
         <v>333</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>34</v>
       </c>
       <c r="B31">
-        <v>28</v>
+        <v>265</v>
       </c>
       <c r="C31">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="D31">
-        <v>270</v>
+        <v>11</v>
       </c>
       <c r="E31">
-        <v>305</v>
+        <v>297</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>35</v>
       </c>
       <c r="B32">
-        <v>265</v>
+        <v>60</v>
       </c>
       <c r="C32">
-        <v>20</v>
+        <v>180</v>
       </c>
       <c r="D32">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="E32">
-        <v>297</v>
+        <v>286</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>36</v>
       </c>
       <c r="B33">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="C33">
-        <v>180</v>
+        <v>3</v>
       </c>
       <c r="D33">
-        <v>46</v>
+        <v>195</v>
       </c>
       <c r="E33">
-        <v>286</v>
+        <v>268</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>37</v>
       </c>
       <c r="B34">
-        <v>70</v>
+        <v>250</v>
       </c>
       <c r="C34">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D34">
-        <v>195</v>
+        <v>4</v>
       </c>
       <c r="E34">
-        <v>268</v>
+        <v>258</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
         <v>38</v>
       </c>
       <c r="B35">
-        <v>250</v>
+        <v>111</v>
       </c>
       <c r="C35">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D35">
-        <v>4</v>
+        <v>66</v>
       </c>
       <c r="E35">
-        <v>258</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
         <v>39</v>
       </c>
       <c r="B36">
-        <v>111</v>
-[...5 lines deleted...]
-        <v>66</v>
+        <v>173</v>
       </c>
       <c r="E36">
-        <v>180</v>
+        <v>173</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
         <v>40</v>
       </c>
       <c r="B37">
-        <v>173</v>
+        <v>99</v>
+      </c>
+      <c r="C37">
+        <v>68</v>
       </c>
       <c r="E37">
-        <v>173</v>
+        <v>167</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>41</v>
       </c>
       <c r="B38">
-        <v>99</v>
+        <v>135</v>
       </c>
       <c r="C38">
-        <v>68</v>
+        <v>12</v>
+      </c>
+      <c r="D38">
+        <v>5</v>
       </c>
       <c r="E38">
-        <v>167</v>
+        <v>152</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>42</v>
       </c>
       <c r="B39">
-        <v>135</v>
+        <v>11</v>
       </c>
       <c r="C39">
-        <v>12</v>
+        <v>113</v>
       </c>
       <c r="D39">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="E39">
-        <v>152</v>
+        <v>149</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>43</v>
       </c>
       <c r="B40">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="C40">
-        <v>113</v>
+        <v>7</v>
       </c>
       <c r="D40">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="E40">
-        <v>149</v>
+        <v>147</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>44</v>
       </c>
       <c r="B41">
         <v>81</v>
       </c>
       <c r="C41">
         <v>8</v>
       </c>
       <c r="D41">
         <v>46</v>
       </c>
       <c r="E41">
         <v>135</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
         <v>45</v>
       </c>
       <c r="B42">
         <v>42</v>
@@ -2395,216 +2395,219 @@
         <v>13</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
         <v>95</v>
       </c>
       <c r="B92">
         <v>11</v>
       </c>
       <c r="D92">
         <v>2</v>
       </c>
       <c r="E92">
         <v>13</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
         <v>96</v>
       </c>
       <c r="B93">
         <v>6</v>
       </c>
       <c r="C93">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D93">
         <v>1</v>
       </c>
       <c r="E93">
         <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
         <v>97</v>
       </c>
       <c r="B94">
         <v>7</v>
       </c>
       <c r="D94">
         <v>5</v>
       </c>
       <c r="E94">
         <v>12</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
         <v>98</v>
       </c>
       <c r="B95">
         <v>12</v>
       </c>
       <c r="E95">
         <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" t="s">
         <v>99</v>
       </c>
       <c r="B96">
+        <v>3</v>
+      </c>
+      <c r="D96">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
       <c r="E96">
         <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
         <v>100</v>
       </c>
       <c r="B97">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E97">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
         <v>101</v>
       </c>
       <c r="B98">
-        <v>11</v>
+        <v>8</v>
+      </c>
+      <c r="C98">
+        <v>3</v>
       </c>
       <c r="E98">
         <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
         <v>102</v>
       </c>
       <c r="B99">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="C99">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="D99">
+        <v>9</v>
       </c>
       <c r="E99">
         <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
         <v>103</v>
       </c>
       <c r="B100">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E100">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" t="s">
         <v>104</v>
       </c>
       <c r="B101">
-        <v>10</v>
+        <v>4</v>
+      </c>
+      <c r="C101">
+        <v>3</v>
+      </c>
+      <c r="D101">
+        <v>3</v>
       </c>
       <c r="E101">
         <v>10</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" t="s">
         <v>105</v>
       </c>
       <c r="B102">
         <v>10</v>
       </c>
+      <c r="D102">
+        <v>1</v>
+      </c>
       <c r="E102">
         <v>10</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" t="s">
         <v>106</v>
       </c>
       <c r="B103">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="E103">
         <v>10</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
         <v>107</v>
       </c>
       <c r="B104">
-        <v>10</v>
+        <v>4</v>
+      </c>
+      <c r="C104">
+        <v>5</v>
+      </c>
+      <c r="D104">
+        <v>1</v>
       </c>
       <c r="E104">
         <v>10</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" t="s">
         <v>108</v>
       </c>
       <c r="B105">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E105">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
         <v>109</v>
       </c>
       <c r="B106">
         <v>9</v>
       </c>
       <c r="E106">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
         <v>110</v>
       </c>
       <c r="B107">
         <v>9</v>
       </c>
       <c r="E107">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:5">
@@ -2623,169 +2626,163 @@
         <v>112</v>
       </c>
       <c r="B109">
         <v>9</v>
       </c>
       <c r="E109">
         <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
         <v>113</v>
       </c>
       <c r="B110">
         <v>9</v>
       </c>
       <c r="E110">
         <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
         <v>114</v>
       </c>
       <c r="B111">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="E111">
         <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
         <v>115</v>
       </c>
       <c r="B112">
         <v>5</v>
       </c>
       <c r="C112">
         <v>2</v>
       </c>
       <c r="D112">
         <v>1</v>
       </c>
       <c r="E112">
         <v>8</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
         <v>116</v>
       </c>
       <c r="B113">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>0</v>
+      </c>
+      <c r="C113">
+        <v>8</v>
       </c>
       <c r="E113">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
         <v>117</v>
       </c>
       <c r="B114">
-        <v>7</v>
+        <v>4</v>
+      </c>
+      <c r="D114">
+        <v>3</v>
       </c>
       <c r="E114">
         <v>7</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
         <v>118</v>
       </c>
       <c r="B115">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="E115">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
         <v>119</v>
       </c>
       <c r="B116">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D116">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E116">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" t="s">
         <v>120</v>
       </c>
       <c r="B117">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D117">
         <v>1</v>
       </c>
       <c r="E117">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" t="s">
         <v>121</v>
       </c>
       <c r="B118">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D118">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E118">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" t="s">
         <v>122</v>
       </c>
       <c r="B119">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>2</v>
+      </c>
+      <c r="D119">
+        <v>4</v>
       </c>
       <c r="E119">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" t="s">
         <v>123</v>
       </c>
       <c r="B120">
         <v>6</v>
       </c>
       <c r="C120">
         <v>1</v>
       </c>
       <c r="E120">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" t="s">
         <v>124</v>
       </c>
       <c r="B121">
         <v>5</v>
@@ -2903,207 +2900,210 @@
         <v>0</v>
       </c>
       <c r="D129">
         <v>4</v>
       </c>
       <c r="E129">
         <v>4</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" t="s">
         <v>133</v>
       </c>
       <c r="B130">
         <v>4</v>
       </c>
       <c r="E130">
         <v>4</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" t="s">
         <v>134</v>
       </c>
       <c r="B131">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C131">
         <v>3</v>
       </c>
       <c r="E131">
         <v>4</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" t="s">
         <v>135</v>
       </c>
       <c r="B132">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C132">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E132">
         <v>4</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" t="s">
         <v>136</v>
       </c>
       <c r="B133">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="C133">
+        <v>1</v>
       </c>
       <c r="E133">
         <v>4</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" t="s">
         <v>137</v>
       </c>
       <c r="B134">
-        <v>3</v>
+        <v>0</v>
+      </c>
+      <c r="D134">
+        <v>4</v>
       </c>
       <c r="E134">
         <v>4</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" t="s">
         <v>138</v>
       </c>
       <c r="B135">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E135">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
         <v>139</v>
       </c>
       <c r="B136">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="C136">
+        <v>1</v>
       </c>
       <c r="E136">
         <v>3</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
         <v>140</v>
       </c>
       <c r="B137">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E137">
         <v>3</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" t="s">
         <v>141</v>
       </c>
       <c r="B138">
-        <v>3</v>
+        <v>0</v>
+      </c>
+      <c r="C138">
+        <v>1</v>
+      </c>
+      <c r="D138">
+        <v>2</v>
       </c>
       <c r="E138">
         <v>3</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" t="s">
         <v>142</v>
       </c>
       <c r="B139">
         <v>3</v>
       </c>
       <c r="E139">
         <v>3</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" t="s">
         <v>143</v>
       </c>
       <c r="B140">
         <v>3</v>
       </c>
       <c r="E140">
         <v>3</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" t="s">
         <v>144</v>
       </c>
       <c r="B141">
         <v>3</v>
       </c>
       <c r="E141">
         <v>3</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" t="s">
         <v>145</v>
       </c>
       <c r="B142">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E142">
         <v>3</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" t="s">
         <v>146</v>
       </c>
       <c r="B143">
-        <v>3</v>
+        <v>0</v>
+      </c>
+      <c r="C143">
+        <v>1</v>
+      </c>
+      <c r="D143">
+        <v>2</v>
       </c>
       <c r="E143">
         <v>3</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" t="s">
         <v>147</v>
       </c>
       <c r="B144">
         <v>3</v>
       </c>
       <c r="E144">
         <v>3</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" t="s">
         <v>148</v>
       </c>
       <c r="B145">
         <v>3</v>
       </c>
       <c r="E145">
         <v>3</v>
@@ -3114,93 +3114,90 @@
         <v>149</v>
       </c>
       <c r="B146">
         <v>3</v>
       </c>
       <c r="E146">
         <v>3</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" t="s">
         <v>150</v>
       </c>
       <c r="B147">
         <v>3</v>
       </c>
       <c r="E147">
         <v>3</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" t="s">
         <v>151</v>
       </c>
       <c r="B148">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E148">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" t="s">
         <v>152</v>
       </c>
       <c r="B149">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E149">
         <v>2</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" t="s">
         <v>153</v>
       </c>
       <c r="B150">
         <v>1</v>
       </c>
       <c r="C150">
         <v>1</v>
       </c>
       <c r="E150">
         <v>2</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" t="s">
         <v>154</v>
       </c>
       <c r="B151">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C151">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E151">
         <v>2</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" t="s">
         <v>155</v>
       </c>
       <c r="B152">
         <v>2</v>
       </c>
       <c r="E152">
         <v>2</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
         <v>156</v>
       </c>
       <c r="B153">
         <v>2</v>
       </c>
       <c r="E153">
         <v>2</v>