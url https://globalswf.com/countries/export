--- v3 (2026-01-16)
+++ v4 (2026-03-20)
@@ -74,191 +74,191 @@
   <si>
     <t>Canada Inc.</t>
   </si>
   <si>
     <t>Australia Inc.</t>
   </si>
   <si>
     <t>South Korea Inc.</t>
   </si>
   <si>
     <t>Netherlands Inc.</t>
   </si>
   <si>
     <t>India Inc.</t>
   </si>
   <si>
     <t>Switzerland Inc.</t>
   </si>
   <si>
     <t>Kuwait Inc.</t>
   </si>
   <si>
     <t>UK Inc.</t>
   </si>
   <si>
+    <t>Taiwan Inc.</t>
+  </si>
+  <si>
     <t>Russia Inc.</t>
   </si>
   <si>
-    <t>Taiwan Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Germany Inc.</t>
   </si>
   <si>
     <t>Denmark Inc.</t>
   </si>
   <si>
     <t>Qatar Inc.</t>
   </si>
   <si>
     <t>Malaysia Inc.</t>
   </si>
   <si>
     <t>Sweden Inc.</t>
   </si>
   <si>
     <t>Turkiye Inc.</t>
   </si>
   <si>
     <t>France Inc.</t>
   </si>
   <si>
     <t>Italy Inc.</t>
   </si>
   <si>
+    <t>Indonesia Inc.</t>
+  </si>
+  <si>
     <t>Brazil Inc.</t>
   </si>
   <si>
     <t>Thailand Inc.</t>
   </si>
   <si>
-    <t>Indonesia Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Israel Inc.</t>
   </si>
   <si>
     <t>Poland Inc.</t>
   </si>
   <si>
     <t>Kazakhstan Inc.</t>
   </si>
   <si>
     <t>South Africa Inc.</t>
   </si>
   <si>
     <t>Mexico Inc.</t>
   </si>
   <si>
     <t>Philippines Inc.</t>
   </si>
   <si>
     <t>Czech Republic Inc.</t>
   </si>
   <si>
     <t>Libya Inc.</t>
   </si>
   <si>
+    <t>Azerbaijan Inc.</t>
+  </si>
+  <si>
     <t>Spain Inc.</t>
   </si>
   <si>
-    <t>Azerbaijan Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Finland Inc.</t>
   </si>
   <si>
     <t>Vietnam Inc.</t>
   </si>
   <si>
     <t>Argentina Inc.</t>
   </si>
   <si>
     <t>Iraq Inc.</t>
   </si>
   <si>
     <t>Oman Inc.</t>
   </si>
   <si>
     <t>Peru Inc.</t>
   </si>
   <si>
+    <t>Austria Inc.</t>
+  </si>
+  <si>
     <t>Morocco Inc.</t>
   </si>
   <si>
-    <t>Austria Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Portugal Inc.</t>
   </si>
   <si>
     <t>New Zealand Inc.</t>
   </si>
   <si>
     <t>Romania Inc.</t>
   </si>
   <si>
     <t>Brunei Inc.</t>
   </si>
   <si>
     <t>Belgium Inc.</t>
   </si>
   <si>
     <t>Colombia Inc.</t>
   </si>
   <si>
     <t>Uzbekistan Inc.</t>
   </si>
   <si>
     <t>Egypt Inc.</t>
   </si>
   <si>
     <t>Ukraine Inc.</t>
   </si>
   <si>
     <t>Nigeria Inc.</t>
   </si>
   <si>
     <t>Chile Inc.</t>
   </si>
   <si>
     <t>Iran Inc.</t>
   </si>
   <si>
     <t>Bulgaria Inc.</t>
   </si>
   <si>
     <t>Lebanon Inc.</t>
   </si>
   <si>
+    <t>Hungary Inc.</t>
+  </si>
+  <si>
     <t>Ireland Inc.</t>
   </si>
   <si>
-    <t>Hungary Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Ethiopia Inc.</t>
   </si>
   <si>
     <t>Jordan Inc.</t>
   </si>
   <si>
     <t>Algeria Inc.</t>
   </si>
   <si>
     <t>Greece Inc.</t>
   </si>
   <si>
     <t>Luxembourg Inc.</t>
   </si>
   <si>
     <t>Trinidad &amp; Tobago Inc.</t>
   </si>
   <si>
     <t>Bahrain Inc.</t>
   </si>
   <si>
     <t>Guatemala Inc.</t>
   </si>
   <si>
     <t>Bangladesh Inc.</t>
@@ -290,378 +290,378 @@
   <si>
     <t>Timor Leste Inc.</t>
   </si>
   <si>
     <t>Angola Inc.</t>
   </si>
   <si>
     <t>Sri Lanka Inc.</t>
   </si>
   <si>
     <t>Zimbabwe Inc.</t>
   </si>
   <si>
     <t>Costa Rica Inc.</t>
   </si>
   <si>
     <t>Botswana Inc.</t>
   </si>
   <si>
     <t>Iceland Inc.</t>
   </si>
   <si>
     <t>Dominican Republic Inc.</t>
   </si>
   <si>
+    <t>Venezuela Inc.</t>
+  </si>
+  <si>
+    <t>Tunisia Inc.</t>
+  </si>
+  <si>
     <t>Ghana Inc.</t>
   </si>
   <si>
-    <t>Tunisia Inc.</t>
-[...4 lines deleted...]
-  <si>
     <t>Kenya Inc.</t>
   </si>
   <si>
     <t>Mongolia Inc.</t>
   </si>
   <si>
     <t>Myanmar Inc.</t>
   </si>
   <si>
     <t>Lithuania Inc.</t>
   </si>
   <si>
     <t>Namibia Inc.</t>
   </si>
   <si>
     <t>Latvia Inc.</t>
   </si>
   <si>
     <t>Malta Inc.</t>
   </si>
   <si>
     <t>Fiji Inc.</t>
   </si>
   <si>
+    <t>Georgia Inc.</t>
+  </si>
+  <si>
     <t>Ecuador Inc.</t>
   </si>
   <si>
-    <t>Georgia Inc.</t>
+    <t>Honduras Inc.</t>
   </si>
   <si>
     <t>Mauritius Inc.</t>
   </si>
   <si>
-    <t>Honduras Inc.</t>
+    <t>Paraguay Inc.</t>
   </si>
   <si>
     <t>Turkmenistan Inc.</t>
   </si>
   <si>
-    <t>Paraguay Inc.</t>
+    <t>DRC Inc.</t>
+  </si>
+  <si>
+    <t>Cyprus Inc.</t>
+  </si>
+  <si>
+    <t>Bosnia Inc.</t>
   </si>
   <si>
     <t>Croatia Inc.</t>
   </si>
   <si>
-    <t>Cyprus Inc.</t>
-[...5 lines deleted...]
-    <t>Bosnia Inc.</t>
+    <t>Belarus Inc.</t>
   </si>
   <si>
     <t>Estonia Inc.</t>
   </si>
   <si>
-    <t>Belarus Inc.</t>
+    <t>Albania Inc.</t>
   </si>
   <si>
     <t>Kyrgyzstan Inc.</t>
   </si>
   <si>
     <t>Monaco Inc.</t>
   </si>
   <si>
     <t>Uganda Inc.</t>
   </si>
   <si>
-    <t>Albania Inc.</t>
+    <t>Jamaica Inc.</t>
+  </si>
+  <si>
+    <t>Nicaragua Inc.</t>
+  </si>
+  <si>
+    <t>Moldova Inc.</t>
+  </si>
+  <si>
+    <t>Kosovo Inc.</t>
+  </si>
+  <si>
+    <t>Bhutan Inc.</t>
   </si>
   <si>
     <t>Armenia Inc.</t>
   </si>
   <si>
-    <t>Jamaica Inc.</t>
-[...8 lines deleted...]
-    <t>Moldova Inc.</t>
+    <t>Barbados Inc.</t>
+  </si>
+  <si>
+    <t>Bahamas Inc.</t>
+  </si>
+  <si>
+    <t>Tajikistan Inc.</t>
   </si>
   <si>
     <t>North Macedonia Inc.</t>
   </si>
   <si>
     <t>Laos Inc.</t>
   </si>
   <si>
-    <t>Bahamas Inc.</t>
-[...8 lines deleted...]
-    <t>Tajikistan Inc.</t>
+    <t>North Korea Inc.</t>
+  </si>
+  <si>
+    <t>Mozambique Inc.</t>
+  </si>
+  <si>
+    <t>Liechtenstein Inc.</t>
+  </si>
+  <si>
+    <t>Guyana Inc.</t>
+  </si>
+  <si>
+    <t>Bolivia Inc.</t>
+  </si>
+  <si>
+    <t>Panama Inc.</t>
+  </si>
+  <si>
+    <t>Papua New Guinea Inc.</t>
   </si>
   <si>
     <t>Rwanda Inc.</t>
   </si>
   <si>
     <t>Senegal Inc.</t>
   </si>
   <si>
-    <t>Papua New Guinea Inc.</t>
-[...17 lines deleted...]
-    <t>Bolivia Inc.</t>
+    <t>St Lucia Inc.</t>
+  </si>
+  <si>
+    <t>Togo Inc.</t>
+  </si>
+  <si>
+    <t>Guinea Bissau Inc.</t>
+  </si>
+  <si>
+    <t>Mali Inc.</t>
+  </si>
+  <si>
+    <t>Haiti Inc.</t>
+  </si>
+  <si>
+    <t>Madagascar Inc.</t>
+  </si>
+  <si>
+    <t>Niger Inc.</t>
+  </si>
+  <si>
+    <t>Eswatini Inc.</t>
+  </si>
+  <si>
+    <t>Côte d'Ivoire Inc.</t>
   </si>
   <si>
     <t>Gabon Inc.</t>
   </si>
   <si>
-    <t>Côte d'Ivoire Inc.</t>
-[...2 lines deleted...]
-    <t>Eswatini Inc.</t>
+    <t>El Salvador Inc.</t>
   </si>
   <si>
     <t>Burkina Faso Inc.</t>
   </si>
   <si>
     <t>Benin Inc.</t>
   </si>
   <si>
-    <t>El Salvador Inc.</t>
-[...20 lines deleted...]
-    <t>Niger Inc.</t>
+    <t>Afghanistan Inc.</t>
+  </si>
+  <si>
+    <t>Equatorial Guinea Inc.</t>
+  </si>
+  <si>
+    <t>Cameroon Inc.</t>
+  </si>
+  <si>
+    <t>Central African Republic Inc.</t>
+  </si>
+  <si>
+    <t>Chad Inc.</t>
+  </si>
+  <si>
+    <t>St Kitts &amp; Nevis Inc.</t>
+  </si>
+  <si>
+    <t>Congo (Republic of) Inc.</t>
+  </si>
+  <si>
+    <t>Suriname Inc.</t>
+  </si>
+  <si>
+    <t>Syria Inc.</t>
+  </si>
+  <si>
+    <t>Solomon Islands Inc.</t>
+  </si>
+  <si>
+    <t>Samoa Inc.</t>
+  </si>
+  <si>
+    <t>Mauritania Inc.</t>
+  </si>
+  <si>
+    <t>Palestine Inc.</t>
+  </si>
+  <si>
+    <t>Guinea Inc.</t>
   </si>
   <si>
     <t>Montenegro Inc.</t>
   </si>
   <si>
-    <t>Guinea Inc.</t>
-[...38 lines deleted...]
-    <t>Suriname Inc.</t>
+    <t>Lesotho Inc.</t>
+  </si>
+  <si>
+    <t>Liberia Inc.</t>
+  </si>
+  <si>
+    <t>Kiribati Inc.</t>
+  </si>
+  <si>
+    <t>Maldives Inc.</t>
+  </si>
+  <si>
+    <t>Grenada Inc.</t>
+  </si>
+  <si>
+    <t>Antigua &amp; Barbuda Inc.</t>
+  </si>
+  <si>
+    <t>Belize Inc.</t>
+  </si>
+  <si>
+    <t>Dominica Inc.</t>
+  </si>
+  <si>
+    <t>Cape Verde Inc.</t>
+  </si>
+  <si>
+    <t>Vanuatu Inc.</t>
+  </si>
+  <si>
+    <t>Sierra Leone Inc.</t>
+  </si>
+  <si>
+    <t>Tanzania Inc.</t>
+  </si>
+  <si>
+    <t>San Marino Inc.</t>
   </si>
   <si>
     <t>Tonga Inc.</t>
   </si>
   <si>
-    <t>Tanzania Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Seychelles Inc.</t>
   </si>
   <si>
-    <t>Vanuatu Inc.</t>
-[...32 lines deleted...]
-    <t>Antigua &amp; Barbuda Inc.</t>
+    <t>Yemen Inc.</t>
+  </si>
+  <si>
+    <t>Palau Inc.</t>
+  </si>
+  <si>
+    <t>Somalia Inc.</t>
+  </si>
+  <si>
+    <t>South Sudan Inc.</t>
+  </si>
+  <si>
+    <t>Sudan Inc.</t>
+  </si>
+  <si>
+    <t>St Vincent &amp; the Grenadines Inc.</t>
+  </si>
+  <si>
+    <t>Sao Tome &amp; Principe Inc.</t>
+  </si>
+  <si>
+    <t>Tuvalu Inc.</t>
   </si>
   <si>
     <t>Eritrea Inc.</t>
   </si>
   <si>
+    <t>Comoros Inc.</t>
+  </si>
+  <si>
     <t>Burundi Inc.</t>
   </si>
   <si>
     <t>Djibouti Inc.</t>
   </si>
   <si>
+    <t>Cuba Inc.</t>
+  </si>
+  <si>
     <t>Gambia Inc.</t>
   </si>
   <si>
-    <t>Cuba Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Andorra Inc.</t>
   </si>
   <si>
-    <t>Comoros Inc.</t>
+    <t>Micronesia (Fed States) Inc.</t>
   </si>
   <si>
     <t>Nauru Inc.</t>
   </si>
   <si>
+    <t>Malawi Inc.</t>
+  </si>
+  <si>
+    <t>Marshall Islands Inc.</t>
+  </si>
+  <si>
     <t>Others</t>
-  </si>
-[...31 lines deleted...]
-    <t>Palau Inc.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -998,210 +998,210 @@
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2">
         <v>256</v>
       </c>
       <c r="C2">
-        <v>363</v>
+        <v>379</v>
       </c>
       <c r="D2">
-        <v>12593</v>
+        <v>12636</v>
       </c>
       <c r="E2">
-        <v>13212</v>
+        <v>13270</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
         <v>4287</v>
       </c>
       <c r="C3">
-        <v>3538</v>
+        <v>3528</v>
       </c>
       <c r="D3">
         <v>652</v>
       </c>
       <c r="E3">
-        <v>8477</v>
+        <v>8467</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
         <v>1341</v>
       </c>
       <c r="C4">
         <v>12</v>
       </c>
       <c r="D4">
-        <v>2495</v>
+        <v>2502</v>
       </c>
       <c r="E4">
-        <v>3848</v>
+        <v>3856</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
         <v>274</v>
       </c>
       <c r="C5">
-        <v>2556</v>
+        <v>2695</v>
       </c>
       <c r="D5">
         <v>113</v>
       </c>
       <c r="E5">
-        <v>2943</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
         <v>75</v>
       </c>
       <c r="C6">
-        <v>2089</v>
+        <v>2159</v>
       </c>
       <c r="D6">
         <v>107</v>
       </c>
       <c r="E6">
-        <v>2272</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7">
         <v>442</v>
       </c>
       <c r="C7">
         <v>1281</v>
       </c>
       <c r="D7">
         <v>463</v>
       </c>
       <c r="E7">
         <v>2187</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8">
         <v>400</v>
       </c>
       <c r="C8">
         <v>1260</v>
       </c>
       <c r="D8">
         <v>504</v>
       </c>
       <c r="E8">
         <v>2164</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>12</v>
       </c>
       <c r="B9">
         <v>127</v>
       </c>
       <c r="C9">
         <v>18</v>
       </c>
       <c r="D9">
-        <v>1982</v>
+        <v>2012</v>
       </c>
       <c r="E9">
-        <v>2127</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10">
         <v>72</v>
       </c>
       <c r="C10">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="D10">
-        <v>1252</v>
+        <v>1286</v>
       </c>
       <c r="E10">
-        <v>1770</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11">
         <v>431</v>
       </c>
       <c r="C11">
-        <v>217</v>
+        <v>242</v>
       </c>
       <c r="D11">
-        <v>1093</v>
+        <v>1134</v>
       </c>
       <c r="E11">
-        <v>1740</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12">
         <v>125</v>
       </c>
       <c r="D12">
         <v>1153</v>
       </c>
       <c r="E12">
         <v>1277</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13">
         <v>687</v>
       </c>
       <c r="C13">
         <v>13</v>
@@ -1230,320 +1230,320 @@
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15">
         <v>47</v>
       </c>
       <c r="C15">
         <v>1011</v>
       </c>
       <c r="D15">
         <v>159</v>
       </c>
       <c r="E15">
         <v>1216</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>19</v>
       </c>
       <c r="B16">
         <v>223</v>
       </c>
       <c r="C16">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="D16">
         <v>726</v>
       </c>
       <c r="E16">
-        <v>1001</v>
+        <v>997</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17">
-        <v>742</v>
+        <v>600</v>
       </c>
       <c r="C17">
-        <v>203</v>
+        <v>65</v>
+      </c>
+      <c r="D17">
+        <v>296</v>
       </c>
       <c r="E17">
-        <v>945</v>
+        <v>961</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18">
-        <v>600</v>
+        <v>742</v>
       </c>
       <c r="C18">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>206</v>
       </c>
       <c r="E18">
-        <v>934</v>
+        <v>948</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19">
         <v>565</v>
       </c>
       <c r="C19">
         <v>26</v>
       </c>
       <c r="D19">
         <v>222</v>
       </c>
       <c r="E19">
         <v>813</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20">
         <v>104</v>
       </c>
       <c r="C20">
         <v>10</v>
       </c>
       <c r="D20">
         <v>588</v>
       </c>
       <c r="E20">
         <v>702</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>24</v>
       </c>
       <c r="B21">
         <v>72</v>
       </c>
       <c r="C21">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="D21">
         <v>37</v>
       </c>
       <c r="E21">
-        <v>689</v>
+        <v>695</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>25</v>
       </c>
       <c r="B22">
         <v>124</v>
       </c>
       <c r="C22">
         <v>116</v>
       </c>
       <c r="D22">
-        <v>397</v>
+        <v>420</v>
       </c>
       <c r="E22">
-        <v>637</v>
+        <v>660</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>26</v>
       </c>
       <c r="B23">
         <v>63</v>
       </c>
       <c r="D23">
-        <v>518</v>
+        <v>537</v>
       </c>
       <c r="E23">
-        <v>581</v>
+        <v>600</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>27</v>
       </c>
       <c r="B24">
         <v>186</v>
       </c>
       <c r="C24">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D24">
         <v>34</v>
       </c>
       <c r="E24">
         <v>581</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25">
         <v>425</v>
       </c>
       <c r="C25">
         <v>81</v>
       </c>
       <c r="D25">
         <v>13</v>
       </c>
       <c r="E25">
         <v>519</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>29</v>
       </c>
       <c r="B26">
         <v>430</v>
       </c>
       <c r="C26">
         <v>12</v>
       </c>
       <c r="D26">
         <v>29</v>
       </c>
       <c r="E26">
         <v>471</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>30</v>
       </c>
       <c r="B27">
-        <v>361</v>
+        <v>150</v>
       </c>
       <c r="C27">
-        <v>2</v>
+        <v>239</v>
       </c>
       <c r="D27">
-        <v>83</v>
+        <v>70</v>
       </c>
       <c r="E27">
-        <v>446</v>
+        <v>460</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>31</v>
       </c>
       <c r="B28">
-        <v>272</v>
+        <v>361</v>
+      </c>
+      <c r="C28">
+        <v>2</v>
       </c>
       <c r="D28">
-        <v>134</v>
+        <v>83</v>
       </c>
       <c r="E28">
-        <v>406</v>
+        <v>446</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>32</v>
       </c>
       <c r="B29">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>272</v>
       </c>
       <c r="D29">
-        <v>70</v>
+        <v>134</v>
       </c>
       <c r="E29">
-        <v>403</v>
+        <v>406</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>33</v>
       </c>
       <c r="B30">
         <v>231</v>
       </c>
       <c r="C30">
         <v>2</v>
       </c>
       <c r="D30">
         <v>100</v>
       </c>
       <c r="E30">
         <v>333</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>34</v>
       </c>
       <c r="B31">
         <v>265</v>
       </c>
       <c r="C31">
         <v>20</v>
       </c>
       <c r="D31">
         <v>11</v>
       </c>
       <c r="E31">
         <v>297</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>35</v>
       </c>
       <c r="B32">
         <v>60</v>
       </c>
       <c r="C32">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="D32">
         <v>46</v>
       </c>
       <c r="E32">
-        <v>286</v>
+        <v>293</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>36</v>
       </c>
       <c r="B33">
         <v>70</v>
       </c>
       <c r="C33">
         <v>3</v>
       </c>
       <c r="D33">
         <v>195</v>
       </c>
       <c r="E33">
         <v>268</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>37</v>
       </c>
       <c r="B34">
         <v>250</v>
@@ -1583,94 +1583,94 @@
         <v>173</v>
       </c>
       <c r="E36">
         <v>173</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
         <v>40</v>
       </c>
       <c r="B37">
         <v>99</v>
       </c>
       <c r="C37">
         <v>68</v>
       </c>
       <c r="E37">
         <v>167</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>41</v>
       </c>
       <c r="B38">
-        <v>135</v>
+        <v>11</v>
       </c>
       <c r="C38">
-        <v>12</v>
+        <v>116</v>
       </c>
       <c r="D38">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="E38">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>42</v>
       </c>
       <c r="B39">
-        <v>11</v>
+        <v>135</v>
       </c>
       <c r="C39">
-        <v>113</v>
+        <v>12</v>
       </c>
       <c r="D39">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="E39">
-        <v>149</v>
+        <v>152</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>43</v>
       </c>
       <c r="B40">
         <v>28</v>
       </c>
       <c r="C40">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D40">
         <v>112</v>
       </c>
       <c r="E40">
-        <v>147</v>
+        <v>151</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>44</v>
       </c>
       <c r="B41">
         <v>81</v>
       </c>
       <c r="C41">
         <v>8</v>
       </c>
       <c r="D41">
         <v>46</v>
       </c>
       <c r="E41">
         <v>135</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
         <v>45</v>
       </c>
       <c r="B42">
         <v>42</v>
@@ -1710,105 +1710,105 @@
         <v>27</v>
       </c>
       <c r="E44">
         <v>99</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>48</v>
       </c>
       <c r="B45">
         <v>91</v>
       </c>
       <c r="C45">
         <v>3</v>
       </c>
       <c r="E45">
         <v>95</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
         <v>49</v>
       </c>
       <c r="B46">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="C46">
-        <v>3</v>
+        <v>31</v>
       </c>
       <c r="D46">
-        <v>43</v>
+        <v>1</v>
       </c>
       <c r="E46">
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
         <v>50</v>
       </c>
       <c r="B47">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="C47">
-        <v>31</v>
+        <v>2</v>
       </c>
       <c r="D47">
-        <v>1</v>
+        <v>43</v>
       </c>
       <c r="E47">
         <v>91</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>51</v>
       </c>
       <c r="B48">
         <v>71</v>
       </c>
       <c r="D48">
         <v>19</v>
       </c>
       <c r="E48">
         <v>90</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>52</v>
       </c>
       <c r="B49">
         <v>33</v>
       </c>
       <c r="C49">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E49">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>53</v>
       </c>
       <c r="B50">
         <v>77</v>
       </c>
       <c r="C50">
         <v>6</v>
       </c>
       <c r="E50">
         <v>83</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>54</v>
       </c>
       <c r="B51">
         <v>3</v>
       </c>
       <c r="C51">
         <v>76</v>
@@ -1952,65 +1952,65 @@
         <v>1</v>
       </c>
       <c r="D60">
         <v>2</v>
       </c>
       <c r="E60">
         <v>50</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" t="s">
         <v>64</v>
       </c>
       <c r="B61">
         <v>49</v>
       </c>
       <c r="E61">
         <v>49</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
         <v>65</v>
       </c>
       <c r="B62">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="E62">
         <v>48</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>66</v>
       </c>
       <c r="B63">
-        <v>48</v>
+        <v>20</v>
+      </c>
+      <c r="C63">
+        <v>28</v>
       </c>
       <c r="E63">
         <v>48</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>67</v>
       </c>
       <c r="B64">
         <v>0</v>
       </c>
       <c r="C64">
         <v>46</v>
       </c>
       <c r="E64">
         <v>46</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>68</v>
       </c>
       <c r="B65">
         <v>25</v>
@@ -2336,82 +2336,82 @@
         <v>7</v>
       </c>
       <c r="D87">
         <v>8</v>
       </c>
       <c r="E87">
         <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
         <v>91</v>
       </c>
       <c r="B88">
         <v>14</v>
       </c>
       <c r="E88">
         <v>14</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
         <v>92</v>
       </c>
       <c r="B89">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="E89">
         <v>13</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
         <v>93</v>
       </c>
       <c r="B90">
         <v>8</v>
       </c>
       <c r="C90">
         <v>4</v>
       </c>
       <c r="E90">
         <v>13</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
         <v>94</v>
       </c>
       <c r="B91">
-        <v>13</v>
+        <v>8</v>
+      </c>
+      <c r="C91">
+        <v>3</v>
+      </c>
+      <c r="D91">
+        <v>2</v>
       </c>
       <c r="E91">
         <v>13</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
         <v>95</v>
       </c>
       <c r="B92">
         <v>11</v>
       </c>
       <c r="D92">
         <v>2</v>
       </c>
       <c r="E92">
         <v>13</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
         <v>96</v>
       </c>
       <c r="B93">
         <v>6</v>
@@ -2490,121 +2490,121 @@
         <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
         <v>102</v>
       </c>
       <c r="B99">
         <v>2</v>
       </c>
       <c r="C99">
         <v>1</v>
       </c>
       <c r="D99">
         <v>9</v>
       </c>
       <c r="E99">
         <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
         <v>103</v>
       </c>
       <c r="B100">
-        <v>10</v>
+        <v>4</v>
+      </c>
+      <c r="C100">
+        <v>3</v>
+      </c>
+      <c r="D100">
+        <v>3</v>
       </c>
       <c r="E100">
         <v>10</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" t="s">
         <v>104</v>
       </c>
       <c r="B101">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="E101">
         <v>10</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" t="s">
         <v>105</v>
       </c>
       <c r="B102">
         <v>10</v>
       </c>
-      <c r="D102">
-[...1 lines deleted...]
-      </c>
       <c r="E102">
         <v>10</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" t="s">
         <v>106</v>
       </c>
       <c r="B103">
         <v>10</v>
       </c>
+      <c r="D103">
+        <v>1</v>
+      </c>
       <c r="E103">
         <v>10</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
         <v>107</v>
       </c>
       <c r="B104">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="E104">
         <v>10</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" t="s">
         <v>108</v>
       </c>
       <c r="B105">
-        <v>10</v>
+        <v>4</v>
+      </c>
+      <c r="C105">
+        <v>5</v>
+      </c>
+      <c r="D105">
+        <v>1</v>
       </c>
       <c r="E105">
         <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
         <v>109</v>
       </c>
       <c r="B106">
         <v>9</v>
       </c>
       <c r="E106">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
         <v>110</v>
       </c>
       <c r="B107">
         <v>9</v>
       </c>
       <c r="E107">
         <v>9</v>
@@ -2637,412 +2637,412 @@
         <v>113</v>
       </c>
       <c r="B110">
         <v>9</v>
       </c>
       <c r="E110">
         <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
         <v>114</v>
       </c>
       <c r="B111">
         <v>9</v>
       </c>
       <c r="E111">
         <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
         <v>115</v>
       </c>
       <c r="B112">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C112">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="D112">
         <v>1</v>
       </c>
       <c r="E112">
         <v>8</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
         <v>116</v>
       </c>
       <c r="B113">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="C113">
-        <v>8</v>
+        <v>2</v>
+      </c>
+      <c r="D113">
+        <v>1</v>
       </c>
       <c r="E113">
         <v>8</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
         <v>117</v>
       </c>
       <c r="B114">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>0</v>
+      </c>
+      <c r="C114">
+        <v>8</v>
       </c>
       <c r="E114">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
         <v>118</v>
       </c>
       <c r="B115">
-        <v>7</v>
+        <v>4</v>
+      </c>
+      <c r="D115">
+        <v>3</v>
       </c>
       <c r="E115">
         <v>7</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
         <v>119</v>
       </c>
       <c r="B116">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D116">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E116">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" t="s">
         <v>120</v>
       </c>
       <c r="B117">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D117">
         <v>1</v>
       </c>
       <c r="E117">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" t="s">
         <v>121</v>
       </c>
       <c r="B118">
         <v>6</v>
       </c>
-      <c r="D118">
+      <c r="C118">
         <v>1</v>
       </c>
       <c r="E118">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" t="s">
         <v>122</v>
       </c>
       <c r="B119">
         <v>2</v>
       </c>
       <c r="D119">
         <v>4</v>
       </c>
       <c r="E119">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" t="s">
         <v>123</v>
       </c>
       <c r="B120">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="C120">
+        <v>5</v>
+      </c>
+      <c r="D120">
         <v>1</v>
       </c>
       <c r="E120">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" t="s">
         <v>124</v>
       </c>
       <c r="B121">
-        <v>5</v>
+        <v>4</v>
+      </c>
+      <c r="D121">
+        <v>2</v>
       </c>
       <c r="E121">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" t="s">
         <v>125</v>
       </c>
       <c r="B122">
         <v>2</v>
       </c>
       <c r="D122">
         <v>4</v>
       </c>
       <c r="E122">
         <v>5</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" t="s">
         <v>126</v>
       </c>
       <c r="B123">
         <v>3</v>
       </c>
       <c r="D123">
         <v>2</v>
       </c>
       <c r="E123">
         <v>5</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" t="s">
         <v>127</v>
       </c>
       <c r="B124">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D124">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E124">
         <v>5</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
         <v>128</v>
       </c>
       <c r="B125">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E125">
         <v>5</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" t="s">
         <v>129</v>
       </c>
       <c r="B126">
+        <v>2</v>
+      </c>
+      <c r="D126">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="E126">
         <v>5</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" t="s">
         <v>130</v>
       </c>
       <c r="B127">
         <v>2</v>
       </c>
-      <c r="D127">
-        <v>2</v>
+      <c r="C127">
+        <v>1</v>
       </c>
       <c r="E127">
         <v>4</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" t="s">
         <v>131</v>
       </c>
       <c r="B128">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E128">
         <v>4</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" t="s">
         <v>132</v>
       </c>
       <c r="B129">
         <v>0</v>
       </c>
       <c r="D129">
         <v>4</v>
       </c>
       <c r="E129">
         <v>4</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" t="s">
         <v>133</v>
       </c>
       <c r="B130">
-        <v>4</v>
+        <v>1</v>
+      </c>
+      <c r="C130">
+        <v>3</v>
       </c>
       <c r="E130">
         <v>4</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" t="s">
         <v>134</v>
       </c>
       <c r="B131">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="C131">
         <v>3</v>
       </c>
       <c r="E131">
         <v>4</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" t="s">
         <v>135</v>
       </c>
       <c r="B132">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C132">
         <v>3</v>
       </c>
       <c r="E132">
         <v>4</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" t="s">
         <v>136</v>
       </c>
       <c r="B133">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="D133">
+        <v>4</v>
       </c>
       <c r="E133">
         <v>4</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" t="s">
         <v>137</v>
       </c>
       <c r="B134">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D134">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E134">
         <v>4</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" t="s">
         <v>138</v>
       </c>
       <c r="B135">
         <v>3</v>
       </c>
+      <c r="C135">
+        <v>1</v>
+      </c>
       <c r="E135">
         <v>4</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
         <v>139</v>
       </c>
       <c r="B136">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C136">
         <v>1</v>
+      </c>
+      <c r="D136">
+        <v>2</v>
       </c>
       <c r="E136">
         <v>3</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
         <v>140</v>
       </c>
       <c r="B137">
         <v>3</v>
       </c>
       <c r="E137">
         <v>3</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" t="s">
         <v>141</v>
       </c>
       <c r="B138">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E138">
         <v>3</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" t="s">
         <v>142</v>
       </c>
       <c r="B139">
         <v>3</v>
       </c>
       <c r="E139">
         <v>3</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" t="s">
         <v>143</v>
       </c>
       <c r="B140">
         <v>3</v>
       </c>
       <c r="E140">
         <v>3</v>
@@ -3081,455 +3081,461 @@
         <v>1</v>
       </c>
       <c r="D143">
         <v>2</v>
       </c>
       <c r="E143">
         <v>3</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" t="s">
         <v>147</v>
       </c>
       <c r="B144">
         <v>3</v>
       </c>
       <c r="E144">
         <v>3</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" t="s">
         <v>148</v>
       </c>
       <c r="B145">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="C145">
+        <v>1</v>
       </c>
       <c r="E145">
         <v>3</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" t="s">
         <v>149</v>
       </c>
       <c r="B146">
         <v>3</v>
       </c>
       <c r="E146">
         <v>3</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" t="s">
         <v>150</v>
       </c>
       <c r="B147">
         <v>3</v>
       </c>
       <c r="E147">
         <v>3</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" t="s">
         <v>151</v>
       </c>
       <c r="B148">
         <v>3</v>
       </c>
+      <c r="C148">
+        <v>1</v>
+      </c>
       <c r="E148">
         <v>3</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" t="s">
         <v>152</v>
       </c>
       <c r="B149">
         <v>2</v>
       </c>
       <c r="E149">
         <v>2</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" t="s">
         <v>153</v>
       </c>
       <c r="B150">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E150">
         <v>2</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" t="s">
         <v>154</v>
       </c>
       <c r="B151">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E151">
         <v>2</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" t="s">
         <v>155</v>
       </c>
       <c r="B152">
         <v>2</v>
       </c>
       <c r="E152">
         <v>2</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
         <v>156</v>
       </c>
       <c r="B153">
         <v>2</v>
       </c>
       <c r="E153">
         <v>2</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" t="s">
         <v>157</v>
       </c>
       <c r="B154">
-        <v>2</v>
+        <v>0</v>
+      </c>
+      <c r="C154">
+        <v>1</v>
+      </c>
+      <c r="D154">
+        <v>1</v>
       </c>
       <c r="E154">
         <v>2</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" t="s">
         <v>158</v>
       </c>
       <c r="B155">
         <v>2</v>
       </c>
       <c r="E155">
         <v>2</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" t="s">
         <v>159</v>
       </c>
       <c r="B156">
         <v>2</v>
       </c>
       <c r="E156">
         <v>2</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" t="s">
         <v>160</v>
       </c>
       <c r="B157">
+        <v>0</v>
+      </c>
+      <c r="C157">
         <v>2</v>
       </c>
       <c r="E157">
         <v>2</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" t="s">
         <v>161</v>
       </c>
       <c r="B158">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="C158">
         <v>1</v>
       </c>
       <c r="D158">
         <v>1</v>
       </c>
       <c r="E158">
         <v>2</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" t="s">
         <v>162</v>
       </c>
       <c r="B159">
-        <v>2</v>
+        <v>0</v>
+      </c>
+      <c r="C159">
+        <v>1</v>
+      </c>
+      <c r="D159">
+        <v>1</v>
       </c>
       <c r="E159">
         <v>2</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" t="s">
         <v>163</v>
       </c>
       <c r="B160">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E160">
         <v>2</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" t="s">
         <v>164</v>
       </c>
       <c r="B161">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C161">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E161">
         <v>2</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" t="s">
         <v>165</v>
       </c>
       <c r="B162">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C162">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D162">
         <v>1</v>
       </c>
       <c r="E162">
         <v>2</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
         <v>166</v>
       </c>
       <c r="B163">
         <v>2</v>
       </c>
       <c r="E163">
         <v>2</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
         <v>167</v>
       </c>
       <c r="B164">
         <v>1</v>
       </c>
       <c r="E164">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" t="s">
         <v>168</v>
       </c>
       <c r="B165">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="D165">
         <v>1</v>
       </c>
       <c r="E165">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
         <v>169</v>
       </c>
       <c r="B166">
+        <v>0</v>
+      </c>
+      <c r="C166">
         <v>1</v>
       </c>
       <c r="E166">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
         <v>170</v>
       </c>
       <c r="B167">
         <v>1</v>
       </c>
+      <c r="D167">
+        <v>1</v>
+      </c>
       <c r="E167">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
         <v>171</v>
       </c>
       <c r="B168">
         <v>0</v>
       </c>
+      <c r="C168">
+        <v>1</v>
+      </c>
       <c r="E168">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
         <v>172</v>
       </c>
       <c r="B169">
+        <v>0</v>
+      </c>
+      <c r="C169">
         <v>1</v>
       </c>
       <c r="E169">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" t="s">
         <v>173</v>
       </c>
       <c r="B170">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E170">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" t="s">
         <v>174</v>
       </c>
       <c r="B171">
+        <v>0</v>
+      </c>
+      <c r="C171">
         <v>1</v>
       </c>
       <c r="E171">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" t="s">
         <v>175</v>
       </c>
       <c r="B172">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="C172">
         <v>1</v>
       </c>
       <c r="E172">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" t="s">
         <v>176</v>
       </c>
       <c r="B173">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="C173">
         <v>1</v>
       </c>
       <c r="E173">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" t="s">
         <v>177</v>
       </c>
       <c r="B174">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E174">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" t="s">
         <v>178</v>
       </c>
       <c r="B175">
+        <v>0</v>
+      </c>
+      <c r="D175">
         <v>1</v>
       </c>
       <c r="E175">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" t="s">
         <v>179</v>
       </c>
       <c r="B176">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E176">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" t="s">
         <v>180</v>
       </c>
       <c r="B177">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="C177">
         <v>1</v>
       </c>
       <c r="E177">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" t="s">
         <v>181</v>
       </c>
       <c r="B178">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="C178">
         <v>1</v>
       </c>
       <c r="E178">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" t="s">
         <v>182</v>
       </c>
       <c r="B179">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" t="s">
         <v>183</v>
       </c>
       <c r="B180">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" t="s">
         <v>184</v>